--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -253,119 +253,93 @@
     <t>https://attack.mitre.org/tactics/TA0028</t>
   </si>
   <si>
     <t>https://attack.mitre.org/tactics/TA0029</t>
   </si>
   <si>
     <t>17 October 2018</t>
   </si>
   <si>
     <t>27 January 2020</t>
   </si>
   <si>
     <t>25 April 2025</t>
   </si>
   <si>
     <t>mobile-attack</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -632,411 +606,411 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0035" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0037" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0031" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0030" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0032" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0041" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0036" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0034" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0027" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0033" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0028" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/tactics/TA0029" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>33</v>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>69</v>
       </c>
       <c r="G2" t="s">
         <v>71</v>
       </c>
       <c r="H2" t="s">
         <v>72</v>
       </c>
       <c r="I2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>34</v>
       </c>
       <c r="D3" t="s">
         <v>46</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F3" t="s">
         <v>69</v>
       </c>
       <c r="G3" t="s">
         <v>71</v>
       </c>
       <c r="H3" t="s">
         <v>72</v>
       </c>
       <c r="I3" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>47</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F4" t="s">
         <v>69</v>
       </c>
       <c r="G4" t="s">
         <v>71</v>
       </c>
       <c r="H4" t="s">
         <v>72</v>
       </c>
       <c r="I4" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
         <v>48</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>60</v>
       </c>
       <c r="F5" t="s">
         <v>69</v>
       </c>
       <c r="G5" t="s">
         <v>71</v>
       </c>
       <c r="H5" t="s">
         <v>72</v>
       </c>
       <c r="I5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s">
         <v>37</v>
       </c>
       <c r="D6" t="s">
         <v>49</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>69</v>
       </c>
       <c r="G6" t="s">
         <v>71</v>
       </c>
       <c r="H6" t="s">
         <v>72</v>
       </c>
       <c r="I6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>26</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F7" t="s">
         <v>70</v>
       </c>
       <c r="G7" t="s">
         <v>71</v>
       </c>
       <c r="H7" t="s">
         <v>72</v>
       </c>
       <c r="I7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>51</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F8" t="s">
         <v>69</v>
       </c>
       <c r="G8" t="s">
         <v>71</v>
       </c>
       <c r="H8" t="s">
         <v>72</v>
       </c>
       <c r="I8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F9" t="s">
         <v>69</v>
       </c>
       <c r="G9" t="s">
         <v>71</v>
       </c>
       <c r="H9" t="s">
         <v>72</v>
       </c>
       <c r="I9" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>53</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F10" t="s">
         <v>69</v>
       </c>
       <c r="G10" t="s">
         <v>71</v>
       </c>
       <c r="H10" t="s">
         <v>72</v>
       </c>
       <c r="I10" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="s">
         <v>54</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F11" t="s">
         <v>69</v>
       </c>
       <c r="G11" t="s">
         <v>71</v>
       </c>
       <c r="H11" t="s">
         <v>72</v>
       </c>
       <c r="I11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="F12" t="s">
         <v>69</v>
       </c>
       <c r="G12" t="s">
         <v>71</v>
       </c>
       <c r="H12" t="s">
         <v>72</v>
       </c>
       <c r="I12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>32</v>
       </c>
       <c r="C13" t="s">
         <v>44</v>
       </c>
       <c r="D13" t="s">
         <v>56</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>68</v>
       </c>
       <c r="F13" t="s">
         <v>69</v>
       </c>
       <c r="G13" t="s">
         <v>71</v>
       </c>
       <c r="H13" t="s">
         <v>72</v>
       </c>
       <c r="I13" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="E4" r:id="rId3"/>
     <hyperlink ref="E5" r:id="rId4"/>
     <hyperlink ref="E6" r:id="rId5"/>
     <hyperlink ref="E7" r:id="rId6"/>
     <hyperlink ref="E8" r:id="rId7"/>
     <hyperlink ref="E9" r:id="rId8"/>