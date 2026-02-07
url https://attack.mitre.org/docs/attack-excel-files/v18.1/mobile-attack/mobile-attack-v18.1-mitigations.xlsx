--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -312,51 +312,51 @@
   <si>
     <t>mobile-attack</t>
   </si>
   <si>
     <t>enterprise-attack,mobile-attack</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
   <si>
     <t>1.2</t>
   </si>
   <si>
     <t>(Citation: IETF-PKCE),(Citation: iOS Universal Links),(Citation: Android App Links),(Citation: Nightwatch screencap April 2016)</t>
   </si>
   <si>
     <t>(Citation: Android Notification Listeners),(Citation: Samsung Keyboards)</t>
   </si>
   <si>
     <t>(Citation: CSRIC-WG1-FinalReport),(Citation: CSRIC5-WG10-FinalReport)</t>
   </si>
   <si>
     <t>(Citation: Android-VerifiedBoot)</t>
   </si>
   <si>
-    <t>(Citation: app_hibernation),(Citation: Android 10 Limitations to Hiding App Icons),(Citation: TelephonyManager),(Citation: Android Changes to System Broadcasts),(Citation: Android 10 Execute),(Citation: Android-TrustedCA),(Citation: Android 12 Features),(Citation: Android Package Visibility),(Citation: Android 10 Privacy Changes),(Citation: Android Capture Sensor 2019),(Citation: Elcomsoft-iOSRestricted),(Citation: GoogleIO2016),(Citation: LauncherApps getActivityList),(Citation: Symantec-iOSProfile2),(Citation: Trend Micro iOS URL Hijacking)</t>
+    <t>(Citation: Android 10 Limitations to Hiding App Icons),(Citation: GoogleIO2016),(Citation: Symantec-iOSProfile2),(Citation: Android 12 Features),(Citation: Android 10 Execute),(Citation: Android-TrustedCA),(Citation: Trend Micro iOS URL Hijacking),(Citation: Android Package Visibility),(Citation: Elcomsoft-iOSRestricted),(Citation: TelephonyManager),(Citation: Android 10 Privacy Changes),(Citation: app_hibernation),(Citation: LauncherApps getActivityList),(Citation: Android Changes to System Broadcasts),(Citation: Android Capture Sensor 2019)</t>
   </si>
   <si>
     <t>(Citation: SMS KitKat)</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
@@ -2418,119 +2418,93 @@
     <t>https://www.symantec.com/connect/blogs/apple-ios-103-finally-battles-malicious-profiles</t>
   </si>
   <si>
     <t>https://developer.android.com/reference/android/telephony/TelephonyManager.html</t>
   </si>
   <si>
     <t>https://web.archive.org/web/20211023221110/https://blog.trendmicro.com/trendlabs-security-intelligence/ios-url-scheme-susceptible-to-hijacking/</t>
   </si>
   <si>
     <t>https://developer.android.com/topic/performance/app-hibernation</t>
   </si>
   <si>
     <t>https://developer.apple.com/ios/universal-links/</t>
   </si>
   <si>
     <t>https://techcrunch.com/2016/06/14/apple-will-require-https-connections-for-ios-apps-by-the-end-of-2016/</t>
   </si>
   <si>
     <t>https://developer.android.com/training/articles/security-config.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2801,542 +2775,542 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1058" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1013" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1002" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1010" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1059" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1009" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1012" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1014" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1003" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1001" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1006" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/mitigations/M1011" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/about/versions/10/behavior-changes-all" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://source.android.com/setup/start/android-10-release" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/about/versions/10/privacy/changes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/about/versions/12/features" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/training/app-links/verify-site-associations" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/about/versions/pie/android-9.0-changes-all" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/guide/components/broadcasts" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/reference/android/app/admin/DevicePolicyManager" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/training/package-visibility" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://android-developers.googleblog.com/2016/07/changes-to-trusted-certificate.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://source.android.com/security/verifiedboot/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200330012714/https://www.fcc.gov/files/csric5-wg10-finalreport031517pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.elcomsoft.com/2018/09/ios-12-enhances-usb-restricted-mode/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=XZzLjllizYs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tools.ietf.org/html/rfc7636" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/reference/kotlin/android/content/pm/LauncherApps" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wwws.nightwatchcybersecurity.com/2016/04/13/research-securing-android-applications-from-screen-capture/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://android-developers.googleblog.com/2013/10/getting-your-sms-apps-ready-for-kitkat.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20201112021547/https://support.samsungknox.com/hc/en-us/articles/360001485027-3rd-party-keyboards-must-be-whitelisted-" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/connect/blogs/apple-ios-103-finally-battles-malicious-profiles" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/reference/android/telephony/TelephonyManager.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20211023221110/https://blog.trendmicro.com/trendlabs-security-intelligence/ios-url-scheme-susceptible-to-hijacking/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/topic/performance/app-hibernation" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.apple.com/ios/universal-links/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techcrunch.com/2016/06/14/apple-will-require-https-connections-for-ios-apps-by-the-end-of-2016/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/training/articles/security-config.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200330012714/https://www.fcc.gov/files/csric5-wg10-finalreport031517pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:J14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:10">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>49</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>75</v>
       </c>
       <c r="G2" t="s">
         <v>79</v>
       </c>
       <c r="H2" t="s">
         <v>82</v>
       </c>
       <c r="I2" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>50</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F3" t="s">
         <v>76</v>
       </c>
       <c r="G3" t="s">
         <v>80</v>
       </c>
       <c r="H3" t="s">
         <v>83</v>
       </c>
       <c r="I3" t="s">
         <v>85</v>
       </c>
       <c r="J3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>51</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>64</v>
       </c>
       <c r="F4" t="s">
         <v>77</v>
       </c>
       <c r="G4" t="s">
         <v>81</v>
       </c>
       <c r="H4" t="s">
         <v>82</v>
       </c>
       <c r="I4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>39</v>
       </c>
       <c r="D5" t="s">
         <v>52</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>65</v>
       </c>
       <c r="F5" t="s">
         <v>76</v>
       </c>
       <c r="G5" t="s">
         <v>81</v>
       </c>
       <c r="H5" t="s">
         <v>82</v>
       </c>
       <c r="I5" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>53</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>78</v>
       </c>
       <c r="G6" t="s">
         <v>78</v>
       </c>
       <c r="H6" t="s">
         <v>82</v>
       </c>
       <c r="I6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>54</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>76</v>
       </c>
       <c r="G7" t="s">
         <v>81</v>
       </c>
       <c r="H7" t="s">
         <v>82</v>
       </c>
       <c r="I7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>55</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>76</v>
       </c>
       <c r="G8" t="s">
         <v>81</v>
       </c>
       <c r="H8" t="s">
         <v>82</v>
       </c>
       <c r="I8" t="s">
         <v>84</v>
       </c>
       <c r="J8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
         <v>17</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F9" t="s">
         <v>76</v>
       </c>
       <c r="G9" t="s">
         <v>79</v>
       </c>
       <c r="H9" t="s">
         <v>82</v>
       </c>
       <c r="I9" t="s">
         <v>84</v>
       </c>
       <c r="J9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>57</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F10" t="s">
         <v>76</v>
       </c>
       <c r="G10" t="s">
         <v>81</v>
       </c>
       <c r="H10" t="s">
         <v>82</v>
       </c>
       <c r="I10" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>45</v>
       </c>
       <c r="D11" t="s">
         <v>58</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>77</v>
       </c>
       <c r="G11" t="s">
         <v>81</v>
       </c>
       <c r="H11" t="s">
         <v>82</v>
       </c>
       <c r="I11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>20</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>59</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
         <v>76</v>
       </c>
       <c r="G12" t="s">
         <v>81</v>
       </c>
       <c r="H12" t="s">
         <v>82</v>
       </c>
       <c r="I12" t="s">
         <v>84</v>
       </c>
       <c r="J12" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
         <v>34</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>73</v>
       </c>
       <c r="F13" t="s">
         <v>76</v>
       </c>
       <c r="G13" t="s">
         <v>81</v>
       </c>
       <c r="H13" t="s">
         <v>82</v>
       </c>
       <c r="I13" t="s">
         <v>84</v>
       </c>
       <c r="J13" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>22</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>48</v>
       </c>
       <c r="D14" t="s">
         <v>61</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F14" t="s">
         <v>77</v>
       </c>
       <c r="G14" t="s">
         <v>81</v>
       </c>
       <c r="H14" t="s">
         <v>82</v>
       </c>
       <c r="I14" t="s">
         <v>84</v>
       </c>
       <c r="J14" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="E4" r:id="rId3"/>
     <hyperlink ref="E5" r:id="rId4"/>
     <hyperlink ref="E6" r:id="rId5"/>
     <hyperlink ref="E7" r:id="rId6"/>
     <hyperlink ref="E8" r:id="rId7"/>
     <hyperlink ref="E9" r:id="rId8"/>
     <hyperlink ref="E10" r:id="rId9"/>
     <hyperlink ref="E11" r:id="rId10"/>
     <hyperlink ref="E12" r:id="rId11"/>
     <hyperlink ref="E13" r:id="rId12"/>
     <hyperlink ref="E14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M168"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>92</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>93</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>94</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>95</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>96</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>97</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>98</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>99</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>100</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>101</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>102</v>
       </c>
       <c r="E2" t="s">
         <v>103</v>
       </c>
       <c r="F2" t="s">
         <v>104</v>
       </c>
       <c r="G2" t="s">
         <v>193</v>
       </c>
@@ -10157,362 +10131,362 @@
       </c>
       <c r="K168" t="s">
         <v>675</v>
       </c>
       <c r="L168" t="s">
         <v>706</v>
       </c>
       <c r="M168" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>709</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>710</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>711</v>
       </c>
       <c r="B2" t="s">
         <v>738</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>712</v>
       </c>
       <c r="B3" t="s">
         <v>739</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>713</v>
       </c>
       <c r="B4" t="s">
         <v>740</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>714</v>
       </c>
       <c r="B5" t="s">
         <v>741</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>715</v>
       </c>
       <c r="B6" t="s">
         <v>742</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>716</v>
       </c>
       <c r="B7" t="s">
         <v>743</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>717</v>
       </c>
       <c r="B8" t="s">
         <v>744</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>718</v>
       </c>
       <c r="B9" t="s">
         <v>745</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>719</v>
       </c>
       <c r="B10" t="s">
         <v>746</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>720</v>
       </c>
       <c r="B11" t="s">
         <v>747</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>721</v>
       </c>
       <c r="B12" t="s">
         <v>748</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>722</v>
       </c>
       <c r="B13" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>723</v>
       </c>
       <c r="B14" t="s">
         <v>749</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>724</v>
       </c>
       <c r="B15" t="s">
         <v>750</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>725</v>
       </c>
       <c r="B16" t="s">
         <v>751</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="C16" s="1" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>726</v>
       </c>
       <c r="B17" t="s">
         <v>752</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="1" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>727</v>
       </c>
       <c r="B18" t="s">
         <v>753</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="1" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>728</v>
       </c>
       <c r="B19" t="s">
         <v>754</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="1" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>729</v>
       </c>
       <c r="B20" t="s">
         <v>755</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="C20" s="1" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>730</v>
       </c>
       <c r="B21" t="s">
         <v>756</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C21" s="1" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>731</v>
       </c>
       <c r="B22" t="s">
         <v>757</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="C22" s="1" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>732</v>
       </c>
       <c r="B23" t="s">
         <v>758</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="1" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>733</v>
       </c>
       <c r="B24" t="s">
         <v>759</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C24" s="1" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>734</v>
       </c>
       <c r="B25" t="s">
         <v>760</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="C25" s="1" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>735</v>
       </c>
       <c r="B26" t="s">
         <v>761</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="1" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>736</v>
       </c>
       <c r="B27" t="s">
         <v>762</v>
       </c>
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="1" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>737</v>
       </c>
       <c r="B28" t="s">
         <v>763</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="1" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>723</v>
       </c>
       <c r="B29" t="s">
         <v>749</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="1" t="s">
         <v>775</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1" location="execute-permission"/>
     <hyperlink ref="C3" r:id="rId2" location="limitations_to_hiding_app_icons"/>
     <hyperlink ref="C4" r:id="rId3" location="clipboard-data"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6" location="bg-sensor-access"/>
     <hyperlink ref="C8" r:id="rId7" location="changes-system-broadcasts"/>
     <hyperlink ref="C9" r:id="rId8" location="setPermittedCrossProfileNotificationListeners(android.content.ComponentName,%20java.util.List%3Cjava.lang.String%3E)"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C14" r:id="rId12"/>
     <hyperlink ref="C15" r:id="rId13"/>
     <hyperlink ref="C16" r:id="rId14"/>
     <hyperlink ref="C17" r:id="rId15"/>
     <hyperlink ref="C18" r:id="rId16" location="getactivitylist"/>
     <hyperlink ref="C19" r:id="rId17"/>
     <hyperlink ref="C20" r:id="rId18"/>
     <hyperlink ref="C21" r:id="rId19"/>
     <hyperlink ref="C22" r:id="rId20"/>