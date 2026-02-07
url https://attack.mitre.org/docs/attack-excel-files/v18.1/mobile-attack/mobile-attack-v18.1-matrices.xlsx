--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -428,69 +428,61 @@
     <t>Data Encrypted for Impact</t>
   </si>
   <si>
     <t>Data Manipulation</t>
   </si>
   <si>
     <t>Endpoint Denial of Service</t>
   </si>
   <si>
     <t>Generate Traffic from Victim</t>
   </si>
   <si>
     <t>Network Denial of Service</t>
   </si>
   <si>
     <t>SMS Control</t>
   </si>
   <si>
     <t>Transmitted Data Manipulation</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -506,63 +498,60 @@
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -882,51 +871,51 @@
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="L1" s="3"/>
       <c r="M1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="N1" s="3"/>
-      <c r="O1" s="4" t="s">
+      <c r="O1" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="Q1" s="3"/>
       <c r="R1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="3"/>
       <c r="T1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="3"/>
       <c r="V1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="3"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>23</v>
@@ -971,436 +960,436 @@
         <v>126</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="M3" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N3" s="2" t="s">
         <v>88</v>
       </c>
       <c r="O3" t="s">
         <v>17</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>71</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>97</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>125</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>55</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M4" s="5"/>
+      <c r="M4" s="4"/>
       <c r="N4" s="2" t="s">
         <v>89</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>94</v>
       </c>
       <c r="R4" s="1" t="s">
         <v>109</v>
       </c>
       <c r="S4" s="2" t="s">
         <v>117</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>73</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>76</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>82</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="R5" s="5" t="s">
+      <c r="R5" s="4" t="s">
         <v>110</v>
       </c>
       <c r="S5" s="2" t="s">
         <v>118</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="I6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="K6" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>77</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>83</v>
       </c>
       <c r="P6" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="R6" s="5"/>
+      <c r="R6" s="4"/>
       <c r="S6" s="2" t="s">
         <v>119</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>130</v>
       </c>
       <c r="W6" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I7" s="5"/>
+      <c r="I7" s="4"/>
       <c r="J7" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="K7" s="5"/>
+      <c r="K7" s="4"/>
       <c r="L7" s="2" t="s">
         <v>78</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>84</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>90</v>
       </c>
       <c r="P7" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="R7" s="5"/>
+      <c r="R7" s="4"/>
       <c r="S7" s="2" t="s">
         <v>120</v>
       </c>
       <c r="V7" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="I8" s="5"/>
+      <c r="I8" s="4"/>
       <c r="J8" s="2" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>75</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>79</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>85</v>
       </c>
       <c r="P8" s="1" t="s">
         <v>72</v>
       </c>
       <c r="R8" s="1" t="s">
         <v>111</v>
       </c>
       <c r="V8" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="M9" s="5" t="s">
+      <c r="M9" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>91</v>
       </c>
       <c r="P9" s="1" t="s">
         <v>98</v>
       </c>
       <c r="R9" s="1" t="s">
         <v>112</v>
       </c>
       <c r="V9" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="5"/>
+      <c r="A10" s="4"/>
       <c r="B10" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="I10" s="4" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="M10" s="5"/>
+      <c r="M10" s="4"/>
       <c r="N10" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="P10" s="5" t="s">
+      <c r="P10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>77</v>
       </c>
       <c r="R10" s="1" t="s">
         <v>113</v>
       </c>
       <c r="V10" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="5"/>
+      <c r="A11" s="4"/>
       <c r="B11" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I11" s="5"/>
+      <c r="I11" s="4"/>
       <c r="J11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="P11" s="5"/>
+      <c r="P11" s="4"/>
       <c r="Q11" s="2" t="s">
         <v>78</v>
       </c>
       <c r="R11" s="1" t="s">
         <v>114</v>
       </c>
       <c r="V11" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:23">
-      <c r="I12" s="5"/>
+      <c r="I12" s="4"/>
       <c r="J12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="P12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="R12" s="5" t="s">
+      <c r="R12" s="4" t="s">
         <v>115</v>
       </c>
       <c r="S12" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="13" spans="1:23">
-      <c r="I13" s="5" t="s">
+      <c r="I13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="P13" s="5" t="s">
+      <c r="P13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="Q13" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="R13" s="5"/>
+      <c r="R13" s="4"/>
       <c r="S13" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:23">
-      <c r="I14" s="5"/>
+      <c r="I14" s="4"/>
       <c r="J14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="P14" s="5"/>
+      <c r="P14" s="4"/>
       <c r="Q14" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="R14" s="5"/>
+      <c r="R14" s="4"/>
       <c r="S14" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:23">
-      <c r="I15" s="5"/>
+      <c r="I15" s="4"/>
       <c r="J15" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="P15" s="5" t="s">
+      <c r="P15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="Q15" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="I16" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="P16" s="5"/>
+      <c r="P16" s="4"/>
       <c r="Q16" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="9:17">
       <c r="I17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="P17" s="5"/>
+      <c r="P17" s="4"/>
       <c r="Q17" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="9:17">
       <c r="I18" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="P18" s="5"/>
+      <c r="P18" s="4"/>
       <c r="Q18" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="9:17">
-      <c r="I19" s="5" t="s">
+      <c r="I19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="P19" s="5"/>
+      <c r="P19" s="4"/>
       <c r="Q19" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="20" spans="9:17">
-      <c r="I20" s="5"/>
+      <c r="I20" s="4"/>
       <c r="J20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="P20" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="9:17">
       <c r="I21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>41</v>
       </c>
       <c r="P21" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="9:17">
       <c r="I22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="P22" s="1" t="s">
         <v>102</v>
       </c>
@@ -1498,51 +1487,51 @@
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="L1" s="3"/>
       <c r="M1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="N1" s="3"/>
-      <c r="O1" s="4" t="s">
+      <c r="O1" t="s">
         <v>7</v>
       </c>
       <c r="P1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="Q1" s="3"/>
       <c r="R1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="S1" s="3"/>
       <c r="T1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="U1" s="3"/>
       <c r="V1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="W1" s="3"/>
     </row>
     <row r="2" spans="1:23">
       <c r="A2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>23</v>
@@ -1587,430 +1576,430 @@
         <v>126</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="M3" s="5" t="s">
+      <c r="M3" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N3" s="2" t="s">
         <v>88</v>
       </c>
       <c r="O3" t="s">
         <v>17</v>
       </c>
       <c r="P3" s="1" t="s">
         <v>71</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>97</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>125</v>
       </c>
       <c r="V3" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>55</v>
       </c>
       <c r="K4" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M4" s="5"/>
+      <c r="M4" s="4"/>
       <c r="N4" s="2" t="s">
         <v>89</v>
       </c>
       <c r="P4" s="1" t="s">
         <v>94</v>
       </c>
       <c r="R4" s="1" t="s">
         <v>109</v>
       </c>
       <c r="S4" s="2" t="s">
         <v>117</v>
       </c>
       <c r="V4" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="K5" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>77</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>82</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="R5" s="5" t="s">
+      <c r="R5" s="4" t="s">
         <v>110</v>
       </c>
       <c r="S5" s="2" t="s">
         <v>118</v>
       </c>
       <c r="V5" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="I6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="K6" s="5"/>
+      <c r="K6" s="4"/>
       <c r="L6" s="2" t="s">
         <v>78</v>
       </c>
       <c r="M6" s="1" t="s">
         <v>83</v>
       </c>
       <c r="P6" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="R6" s="5"/>
+      <c r="R6" s="4"/>
       <c r="S6" s="2" t="s">
         <v>119</v>
       </c>
       <c r="V6" s="1" t="s">
         <v>130</v>
       </c>
       <c r="W6" s="2" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I7" s="5"/>
+      <c r="I7" s="4"/>
       <c r="J7" s="2" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>75</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>79</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>84</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>90</v>
       </c>
       <c r="P7" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="R7" s="5"/>
+      <c r="R7" s="4"/>
       <c r="S7" s="2" t="s">
         <v>120</v>
       </c>
       <c r="V7" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="I8" s="5"/>
+      <c r="I8" s="4"/>
       <c r="J8" s="2" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="1" t="s">
         <v>85</v>
       </c>
       <c r="P8" s="1" t="s">
         <v>72</v>
       </c>
       <c r="R8" s="1" t="s">
         <v>111</v>
       </c>
       <c r="V8" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="M9" s="5" t="s">
+      <c r="M9" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N9" s="2" t="s">
         <v>91</v>
       </c>
       <c r="P9" s="1" t="s">
         <v>98</v>
       </c>
       <c r="R9" s="1" t="s">
         <v>112</v>
       </c>
       <c r="V9" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="5"/>
+      <c r="A10" s="4"/>
       <c r="B10" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="I10" s="4" t="s">
         <v>46</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="M10" s="5"/>
+      <c r="M10" s="4"/>
       <c r="N10" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="P10" s="5" t="s">
+      <c r="P10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="Q10" s="2" t="s">
         <v>77</v>
       </c>
       <c r="R10" s="1" t="s">
         <v>113</v>
       </c>
       <c r="V10" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="5"/>
+      <c r="A11" s="4"/>
       <c r="B11" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I11" s="5"/>
+      <c r="I11" s="4"/>
       <c r="J11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="M11" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="P11" s="5"/>
+      <c r="P11" s="4"/>
       <c r="Q11" s="2" t="s">
         <v>78</v>
       </c>
       <c r="R11" s="1" t="s">
         <v>114</v>
       </c>
       <c r="V11" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="12" spans="1:23">
-      <c r="I12" s="5"/>
+      <c r="I12" s="4"/>
       <c r="J12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="P12" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="R12" s="5" t="s">
+      <c r="R12" s="4" t="s">
         <v>115</v>
       </c>
       <c r="S12" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="13" spans="1:23">
-      <c r="I13" s="5" t="s">
+      <c r="I13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="P13" s="5" t="s">
+      <c r="P13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="Q13" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="R13" s="5"/>
+      <c r="R13" s="4"/>
       <c r="S13" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="14" spans="1:23">
-      <c r="I14" s="5"/>
+      <c r="I14" s="4"/>
       <c r="J14" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="P14" s="5"/>
+      <c r="P14" s="4"/>
       <c r="Q14" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="R14" s="5"/>
+      <c r="R14" s="4"/>
       <c r="S14" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:23">
-      <c r="I15" s="5"/>
+      <c r="I15" s="4"/>
       <c r="J15" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="P15" s="5" t="s">
+      <c r="P15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="Q15" s="2" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="I16" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="P16" s="5"/>
+      <c r="P16" s="4"/>
       <c r="Q16" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="17" spans="9:17">
       <c r="I17" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="P17" s="5"/>
+      <c r="P17" s="4"/>
       <c r="Q17" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18" spans="9:17">
       <c r="I18" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="P18" s="5"/>
+      <c r="P18" s="4"/>
       <c r="Q18" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="19" spans="9:17">
-      <c r="I19" s="5" t="s">
+      <c r="I19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="P19" s="5"/>
+      <c r="P19" s="4"/>
       <c r="Q19" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="20" spans="9:17">
-      <c r="I20" s="5"/>
+      <c r="I20" s="4"/>
       <c r="J20" s="2" t="s">
         <v>67</v>
       </c>
       <c r="P20" s="1" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="9:17">
       <c r="I21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>41</v>
       </c>
       <c r="P21" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="9:17">
       <c r="I22" s="1" t="s">
         <v>51</v>
       </c>
       <c r="P22" s="1" t="s">
         <v>102</v>
       </c>
@@ -2085,85 +2074,85 @@
     <col min="8" max="8" width="20.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="20.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="2" customWidth="1"/>
     <col min="12" max="12" width="20.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="2" customWidth="1"/>
     <col min="14" max="14" width="20.7109375" customWidth="1"/>
     <col min="15" max="15" width="20.7109375" style="1" customWidth="1"/>
     <col min="16" max="16" width="20.7109375" style="2" customWidth="1"/>
     <col min="17" max="17" width="20.7109375" style="1" customWidth="1"/>
     <col min="18" max="18" width="20.7109375" style="2" customWidth="1"/>
     <col min="19" max="19" width="20.7109375" style="1" customWidth="1"/>
     <col min="20" max="20" width="20.7109375" style="2" customWidth="1"/>
     <col min="21" max="22" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3"/>
-      <c r="E1" s="4" t="s">
+      <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="3"/>
       <c r="J1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="K1" s="3"/>
       <c r="L1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="M1" s="3"/>
-      <c r="N1" s="4" t="s">
+      <c r="N1" t="s">
         <v>7</v>
       </c>
       <c r="O1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="P1" s="3"/>
       <c r="Q1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="R1" s="3"/>
       <c r="S1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="T1" s="3"/>
-      <c r="U1" s="4" t="s">
+      <c r="U1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E2" t="s">
         <v>28</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>72</v>
       </c>
@@ -2195,319 +2184,319 @@
     <row r="3" spans="1:21">
       <c r="A3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E3" t="s">
         <v>30</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>73</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="L3" s="5" t="s">
+      <c r="L3" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>88</v>
       </c>
       <c r="N3" t="s">
         <v>17</v>
       </c>
       <c r="O3" s="1" t="s">
         <v>95</v>
       </c>
       <c r="Q3" s="1" t="s">
         <v>109</v>
       </c>
       <c r="R3" s="2" t="s">
         <v>117</v>
       </c>
       <c r="S3" s="1" t="s">
         <v>125</v>
       </c>
       <c r="U3" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="J4" s="4" t="s">
         <v>74</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="L4" s="5"/>
+      <c r="L4" s="4"/>
       <c r="M4" s="2" t="s">
         <v>89</v>
       </c>
       <c r="O4" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="Q4" s="5" t="s">
+      <c r="Q4" s="4" t="s">
         <v>110</v>
       </c>
       <c r="R4" s="2" t="s">
         <v>118</v>
       </c>
       <c r="U4" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="J5" s="5"/>
+      <c r="J5" s="4"/>
       <c r="K5" s="2" t="s">
         <v>78</v>
       </c>
       <c r="L5" s="1" t="s">
         <v>82</v>
       </c>
       <c r="O5" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="Q5" s="5"/>
+      <c r="Q5" s="4"/>
       <c r="R5" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>65</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>75</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>79</v>
       </c>
       <c r="L6" s="1" t="s">
         <v>83</v>
       </c>
       <c r="O6" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="Q6" s="5"/>
+      <c r="Q6" s="4"/>
       <c r="R6" s="2" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>66</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>84</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="O7" s="5" t="s">
+      <c r="O7" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>77</v>
       </c>
       <c r="Q7" s="1" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="L8" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="O8" s="5"/>
+      <c r="O8" s="4"/>
       <c r="P8" s="2" t="s">
         <v>78</v>
       </c>
       <c r="Q8" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="9" spans="1:21">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>52</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="L9" s="5" t="s">
+      <c r="L9" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>91</v>
       </c>
       <c r="O9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="10" spans="1:21">
-      <c r="A10" s="5"/>
+      <c r="A10" s="4"/>
       <c r="B10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>54</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="L10" s="5"/>
+      <c r="L10" s="4"/>
       <c r="M10" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="O10" s="5" t="s">
+      <c r="O10" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P10" s="2" t="s">
         <v>88</v>
       </c>
       <c r="Q10" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="11" spans="1:21">
-      <c r="A11" s="5"/>
+      <c r="A11" s="4"/>
       <c r="B11" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="O11" s="5"/>
+      <c r="O11" s="4"/>
       <c r="P11" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="Q11" s="5" t="s">
+      <c r="Q11" s="4" t="s">
         <v>115</v>
       </c>
       <c r="R11" s="2" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="12" spans="1:21">
-      <c r="O12" s="5" t="s">
+      <c r="O12" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P12" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="Q12" s="5"/>
+      <c r="Q12" s="4"/>
       <c r="R12" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="13" spans="1:21">
-      <c r="O13" s="5"/>
+      <c r="O13" s="4"/>
       <c r="P13" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="Q13" s="5"/>
+      <c r="Q13" s="4"/>
       <c r="R13" s="2" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="14" spans="1:21">
-      <c r="O14" s="5"/>
+      <c r="O14" s="4"/>
       <c r="P14" s="2" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:21">
-      <c r="O15" s="5"/>
+      <c r="O15" s="4"/>
       <c r="P15" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="16" spans="1:21">
-      <c r="O16" s="5"/>
+      <c r="O16" s="4"/>
       <c r="P16" s="2" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="17" spans="15:15">
       <c r="O17" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="18" spans="15:15">
       <c r="O18" s="1" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="A9:A11"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="L9:L10"/>