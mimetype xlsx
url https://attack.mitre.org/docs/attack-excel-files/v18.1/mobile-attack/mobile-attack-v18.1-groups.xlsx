--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -543,99 +543,99 @@
   <si>
     <t>Sittikorn Sangrattanapitak</t>
   </si>
   <si>
     <t>Drew Church, Splunk; Emily Ratliff, IBM; Richard Gold, Digital Shadows; Sébastien Ruel, CGI</t>
   </si>
   <si>
     <t>Kyaw Pyiyt Htet, @KyawPyiytHtet; Nikita Rostovcev, Group-IB</t>
   </si>
   <si>
     <t>Caio Silva; David Hughes, BT Security; Flávio Costa, @Segurança Descomplicada; Matt Brenton, Zurich Insurance Group</t>
   </si>
   <si>
     <t>Daniyal Naeem, BT Security; Marco Pedrinazzi, @pedrinazziM; Ozer Sarilar, @ozersarilar, STM</t>
   </si>
   <si>
     <t>Dragos Threat Intelligence; Hakan KARABACAK</t>
   </si>
   <si>
     <t>Aung Kyaw Min Naing, @Nolan</t>
   </si>
   <si>
     <t>Denise Tan</t>
   </si>
   <si>
-    <t>(Citation: checkpoint_hamas_android_malware),(Citation: fb_arid_viper),(Citation: welivesecurity_apt-c-23),(Citation: sentinelone_israel_hamas_war),(Citation: sophos_android_apt_spyware),(Citation: welivesecurity_apt-c-23),(Citation: checkpoint_hamas_android_malware),(Citation: sophos_android_apt_spyware),</t>
+    <t>(Citation: welivesecurity_apt-c-23),(Citation: sentinelone_israel_hamas_war),(Citation: sophos_android_apt_spyware),(Citation: fb_arid_viper),(Citation: checkpoint_hamas_android_malware),(Citation: welivesecurity_apt-c-23),(Citation: sophos_android_apt_spyware),(Citation: checkpoint_hamas_android_malware),</t>
   </si>
   <si>
     <t>(Citation: CrowdStrike-Android),,</t>
   </si>
   <si>
     <t>(Citation: MelikovBlackBerry LightSpy 2024),,</t>
   </si>
   <si>
     <t>,(Citation: blackberry_mobile_malware_apt_esp),</t>
   </si>
   <si>
     <t>(Citation: Trend Micro Bouncing Golf 2019),(Citation: Trend Micro Bouncing Golf 2019),</t>
   </si>
   <si>
     <t>(Citation: lookout_hornbill_sunbird_0221),,</t>
   </si>
   <si>
     <t>(Citation: Lookout Dark Caracal Jan 2018),(Citation: Lookout Dark Caracal Jan 2018),</t>
   </si>
   <si>
     <t>,,</t>
   </si>
   <si>
-    <t>,(Citation: Microsoft DEV-0537 Mar2022),(Citation: Krebs LAPUSS Mar2022),</t>
+    <t>,(Citation: Krebs LAPUSS Mar2022),(Citation: Microsoft DEV-0537 Mar2022),</t>
   </si>
   <si>
     <t>,(Citation: MoustachedBouncer ESET August 2023),</t>
   </si>
   <si>
     <t>(Citation: Lookout_DCHSpy_July2025),,</t>
   </si>
   <si>
     <t>,,(Citation: Talos Promethium June 2020),(Citation: Bitdefender StrongPity June 2020)</t>
   </si>
   <si>
-    <t>(Citation: CYBERWARCON CHEMISTGAMES),(Citation: mandiant_apt44_unearthing_sandworm),(Citation: GTIG_SignalAbuse_Feb2025),(Citation: Leonard TAG 2023),</t>
-[...2 lines deleted...]
-    <t>,(Citation: MSTIC Octo Tempest Operations October 2023),(Citation: CrowdStrike Scattered Spider JUL 2025),(Citation: Mandiant UNC3944 May 2025),(Citation: Mphasis SS_SIM_Swap Apr2024),(Citation: Check Point Scattered Spider JUL 2025),</t>
+    <t>(Citation: CYBERWARCON CHEMISTGAMES),(Citation: Leonard TAG 2023),(Citation: GTIG_SignalAbuse_Feb2025),(Citation: mandiant_apt44_unearthing_sandworm),</t>
+  </si>
+  <si>
+    <t>,(Citation: MSTIC Octo Tempest Operations October 2023),(Citation: CrowdStrike Scattered Spider JUL 2025),(Citation: Mphasis SS_SIM_Swap Apr2024),(Citation: Check Point Scattered Spider JUL 2025),(Citation: Mandiant UNC3944 May 2025),</t>
   </si>
   <si>
     <t>,(Citation: MSTI_StarBlizzard_Jan2025),</t>
   </si>
   <si>
     <t>(Citation: Meta Adversarial Threat Report 2022),(Citation: Meta Adversarial Threat Report 2022),</t>
   </si>
   <si>
-    <t>,(Citation: Cyfirma Bahamut),(Citation: BlackBerry Bahamut),</t>
+    <t>,(Citation: BlackBerry Bahamut),(Citation: Cyfirma Bahamut),</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
   <si>
     <t>target ref</t>
   </si>
@@ -2320,119 +2320,93 @@
     <t>https://www.fireeye.com/blog/threat-research/2018/03/iranian-threat-group-updates-ttps-in-spear-phishing-campaign.html</t>
   </si>
   <si>
     <t>https://www.symantec.com/blogs/threat-intelligence/seedworm-espionage-group</t>
   </si>
   <si>
     <t>https://www.bbc.com/news/technology-60953527</t>
   </si>
   <si>
     <t>https://www.microsoft.com/security/blog/2022/03/22/dev-0537-criminal-actor-targeting-organizations-for-data-exfiltration-and-destruction/</t>
   </si>
   <si>
     <t>https://unit42.paloaltonetworks.com/lapsus-group/</t>
   </si>
   <si>
     <t>http://download.microsoft.com/download/E/B/0/EB0F50CC-989C-4B66-B7F6-68CD3DC90DE3/Microsoft_Security_Intelligence_Report_Volume_21_English.pdf</t>
   </si>
   <si>
     <t>https://blogs.technet.microsoft.com/mmpc/2016/12/14/twin-zero-day-attacks-promethium-and-neodymium-target-individuals-in-europe/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2703,709 +2677,709 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1028" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0007" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0096" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1002" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0097" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0142" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0070" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1006" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1004" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0069" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0056" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0034" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1015" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1033" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1029" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0112" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bitdefender.com/files/News/CaseStudies/study/353/Bitdefender-Whitepaper-StrongPity-APT.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackberry.com/us/en/pdfviewer?file=/content/dam/blackberry-com/asset/enterprise/pdf/direct/report-spark-bahamut.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xoNSbm1aX_w" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.checkpoint.com/research/exposing-scattered-spider-new-indicators-highlight-growing-threat-to-enterprises-and-aviation/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/en-us/blog/crowdstrike-services-observes-scattered-spider-escalate-attacks/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/wp-content/brochures/FancyBearTracksUkrainianArtillery.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyfirma.com/outofband/apt-bahamut-attacks-indian-intelligence-operative-using-android-malware/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/russia-targeting-signal-messenger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://krebsonsecurity.com/2022/03/a-closer-look-at-the-lapsus-data-extortion-group/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.google/threat-analysis-group/ukraine-remains-russias-biggest-cyber-focus-in-2023/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.lookout.com/rs/051-ESQ-475/images/Lookout_Dark-Caracal_srr_20180118_us_v.1.0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lookout.com/threat-intelligence/article/lookout-discovers-iranian-dchsy-surveillanceware" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2023/10/25/octo-tempest-crosses-boundaries-to-facilitate-extortion-encryption-and-destruction/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2025/01/16/new-star-blizzard-spear-phishing-campaign-targets-whatsapp-accounts/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/unc3944-proactive-hardening-recommendations" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.blackberry.com/en/2024/04/lightspy-returns-renewed-espionage-campaign-targets-southern-asia-possibly-india" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://about.fb.com/wp-content/uploads/2022/04/Meta-Quarterly-Adversarial-Threat-Report_Q1-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/03/22/dev-0537-criminal-actor-targeting-organizations-for-data-exfiltration-and-destruction/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/en/eset-research/moustachedbouncer-espionage-against-foreign-diplomats-in-belarus/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mphasis.com/content/dam/mphasis-com/global/en/home/services/cybersecurity/scattered-spider-conducts-sim-swapping-attacks-12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2020/06/promethium-extends-with-strongpity3.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.trendmicro.com/trendlabs-security-intelligence/mobile-cyberespionage-campaign-bouncing-golf-affects-middle-east/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackberry.com/us/en/pdfviewer?file=/content/dam/blackberry-com/asset/enterprise/pdf/direct/mobile-malware-report.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20240226125457/https:/research.checkpoint.com/2020/hamas-android-malware-on-idf-soldiers-this-is-how-it-happened/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20231126111812/https:/about.fb.com/wp-content/uploads/2021/04/Technical-threat-report-Arid-Viper-April-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lookout.com/blog/lookout-discovers-novel-confucius-apt-android-spyware-linked-to-india-pakistan-conflict" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://services.google.com/fh/files/misc/apt44-unearthing-sandworm.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20240208234008/www.sentinelone.com/labs/the-israel-hamas-war-cyber-domain-state-sponsored-activity-of-interest/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20231208015605/https:/news.sophos.com/en-us/2021/11/23/android-apt-spyware-targeting-middle-east-victims-improves-its-capabilities/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20201123042131/www.welivesecurity.com/2020/09/30/aptc23-group-evolves-its-android-spyware/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.trendmicro.com/trendlabs-security-intelligence/mobile-cyberespionage-campaign-bouncing-golf-affects-middle-east/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribd.com/document/661837258/WINDSHIFT-summit-archive-1554718868" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://objective-see.com/blog/blog_0x3B.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://objective-see.com/blog/blog_0x3D.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-320a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/scattered-spider-attempts-to-avoid-detection-with-bring-your-own-vulnerable-driver-tactic/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/adversaries/scattered-spider/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/defending-vsphere-from-unc3944" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/unc3944-proactive-hardening-recommendations" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.microsoft.com/en-us/microsoft-365/security/intelligence/microsoft-threat-actor-naming?view=o365-worldwide" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2023/10/25/octo-tempest-crosses-boundaries-to-facilitate-extortion-encryption-and-destruction/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/analysis-of-intrusion-campaign-targeting-telecom-and-bpo-companies/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20231126111812/https:/about.fb.com/wp-content/uploads/2021/04/Technical-threat-report-Arid-Viper-April-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20240208234008/www.sentinelone.com/labs/the-israel-hamas-war-cyber-domain-state-sponsored-activity-of-interest/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20230604112435/https://research.checkpoint.com/2018/interactive-mapping-of-apt-c-23/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20201123042131/www.welivesecurity.com/2020/09/30/aptc23-group-evolves-its-android-spyware/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20231227054130/https://symantec-enterprise-blogs.security.com/blogs/threat-intelligence/mantis-palestinian-attacks" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.lookout.com/rs/051-ESQ-475/images/Lookout_Dark-Caracal_srr_20180118_us_v.1.0.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.google/threat-analysis-group/ukraine-remains-russias-biggest-cyber-focus-in-2023/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/page/file/1098481/download" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/resource/electrum/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog-assets.f-secure.com/wp-content/uploads/2019/10/15163408/BlackEnergy_Quedagh.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2016/01/ukraine-and-sandworm-team.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/meet-crowdstrikes-adversary-of-the-month-for-january-voodoo-bear/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/10/14/new-prestige-ransomware-impacts-organizations-in-ukraine-and-poland/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infosecurity-magazine.com/news/microsoft-zero-day-traced-russian/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/ncsc-supports-sandworm-advisory" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2017-2021.state.gov/the-united-states-condemns-russian-cyber-attack-against-the-country-of-georgia/index.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://services.google.com/fh/files/misc/apt44-unearthing-sandworm.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/news/uk-exposes-series-of-russian-cyber-attacks-against-olympic-and-paralympic-games" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accenture.com/t20181129T203820Z__w__/us-en/_acnmedia/PDF-90/Accenture-snakemackerel-delivers-zekapab-malware.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/bears-midst-intrusion-democratic-national-committee/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/sites/default/files/publications/JAR_16-20296A_GRIZZLY%20STEPPE-2016-1229.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2019/05/22/journey-zebrocy-land/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.welivesecurity.com/wp-content/uploads/2016/10/eset-sednit-part3.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchcenter.paloaltonetworks.com/2018/03/unit42-sofacy-uses-dealerschoice-target-european-government-agency/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-09/APT28-Center-of-Storm-2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20151022204649/https://www.fireeye.com/content/dam/fireeye-www/global/en/current-threats/pdfs/rpt-apt28.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arstechnica.com/information-technology/2018/07/from-bitly-to-x-agent-how-gru-hackers-targeted-the-2016-presidential-election/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/20/l/pawn-storm-lack-of-sophistication-as-a-strategy.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/a-slice-of-2017-sofacy-activity/83930/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/sofacy-apt-hits-high-profile-targets-with-updated-toolset/72924/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.volexity.com/blog/2024/11/22/the-nearest-neighbor-attack-how-a-russian-apt-weaponized-nearby-wi-fi-networks-for-covert-access/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchcenter.paloaltonetworks.com/2018/06/unit42-sofacy-groups-parallel-attacks/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2017/10/cyber-conflict-decoy-document.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/security/blog/2020/09/10/strontium-detecting-new-patters-credential-harvesting/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://msrc-blog.microsoft.com/2019/08/05/corporate-iot-a-path-to-intrusion/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.cnn.com/cnn/2018/images/07/13/gru.indictment.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.defense.gov/2021/Jul/01/2002753896/-1/-1/1/CSA_GRU_GLOBAL_BRUTE_FORCE_CAMPAIGN_UOO158036-21.PDF" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.defense.gov/2020/Aug/13/2002476465/-1/-1/0/CSA_DROVORUB_RUSSIAN_GRU_MALWARE_AUG_2020.PDF" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-group-4127-targets-hillary-clinton-presidential-campaign" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/iron-twilight-supports-active-measures" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-twilight" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/blogs/election-security/apt28-espionage-military-government" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forcepoint.com/blog/x-labs/bitter-targeted-attack-against-pakistan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2022/05/bitter-apt-adds-bangladesh-to-their.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/content/dam/trendmicro/global/en/research/22/a/earth-lusca-employs-sophisticated-infrastructure-varied-tools-and-techniques/technical-brief-delving-deep-an-analysis-of-earth-lusca-operations.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.recordedfuture.com/research/chinese-group-tag-22-targets-nepal-philippines-taiwan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.recordedfuture.com/hubfs/reports/cta-2023-0808.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.crowdstrike.com/rs/281-OBQ-266/images/Report2020CrowdStrikeGlobalThreatReport.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2022-02/rt-apt41-dual-operation.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2022-02/rt-apt41-dual-operation.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2022-02/rt-apt41-dual-operation.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.group-ib.com/blog/colunmtk-apt41/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-341a" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/08/15/disrupting-seaborgiums-ongoing-phishing-operations/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2023/12/07/star-blizzard-increases-sophistication-and-evasion-in-ongoing-attacks/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.google/threat-analysis-group/google-tag-coldriver-russian-phishing-malware/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/18/b/deciphering-confucius-cyberespionage-operations.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/21/h/confucius-uses-pegasus-spyware-related-lures-to-target-pakistani.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uptycs.com/blog/confucius-apt-deploys-warzone-rat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://about.fb.com/wp-content/uploads/2022/04/Meta-Quarterly-Adversarial-Threat-Report_Q1-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/en/eset-research/moustachedbouncer-espionage-against-foreign-diplomats-in-belarus/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clearskysec.com/wp-content/uploads/2018/11/MuddyWater-Operations-in-Lebanon-and-Oman.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clearskysec.com/wp-content/uploads/2019/06/Clearsky-Iranian-APT-group-%E2%80%98MuddyWater%E2%80%99-Adds-Exploits-to-Their-Arsenal.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cybercom.mil/Media/News/Article/2897570/iranian-intel-cyber-suite-of-malware-uses-open-source-tools/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/uscert/ncas/alerts/aa22-055a" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchcenter.paloaltonetworks.com/2017/11/unit42-muddying-the-water-targeted-attacks-in-the-middle-east/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2022/01/iranian-apt-muddywater-targets-turkey.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.anomali.com/blog/probable-iranian-cyber-actors-static-kitten-conducting-cyberespionage-campaign-targeting-uae-and-kuwait-government-agencies" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proofpoint.com/us/blog/threat-insight/security-brief-ta450-uses-embedded-links-pdf-attachments-latest-campaign" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/21/c/earth-vetala---muddywater-continues-to-target-organizations-in-t.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://reaqta.com/2017/11/muddywater-apt-targeting-middle-east/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/03/iranian-threat-group-updates-ttps-in-spear-phishing-campaign.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/blogs/threat-intelligence/seedworm-espionage-group" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bbc.com/news/technology-60953527" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/security/blog/2022/03/22/dev-0537-criminal-actor-targeting-organizations-for-data-exfiltration-and-destruction/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unit42.paloaltonetworks.com/lapsus-group/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.microsoft.com/download/E/B/0/EB0F50CC-989C-4B66-B7F6-68CD3DC90DE3/Microsoft_Security_Intelligence_Report_Volume_21_English.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2020/06/promethium-extends-with-strongpity3.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.technet.microsoft.com/mmpc/2016/12/14/twin-zero-day-attacks-promethium-and-neodymium-target-individuals-in-europe/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bitdefender.com/files/News/CaseStudies/study/353/Bitdefender-Whitepaper-StrongPity-APT.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>47</v>
       </c>
       <c r="D2" t="s">
         <v>64</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>98</v>
       </c>
       <c r="G2" t="s">
         <v>114</v>
       </c>
       <c r="H2" t="s">
         <v>126</v>
       </c>
       <c r="I2" t="s">
         <v>130</v>
       </c>
       <c r="J2" t="s">
         <v>139</v>
       </c>
       <c r="K2" t="s">
         <v>152</v>
       </c>
       <c r="L2" t="s">
         <v>164</v>
       </c>
       <c r="M2" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>48</v>
       </c>
       <c r="D3" t="s">
         <v>65</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>99</v>
       </c>
       <c r="G3" t="s">
         <v>115</v>
       </c>
       <c r="H3" t="s">
         <v>127</v>
       </c>
       <c r="I3" t="s">
         <v>131</v>
       </c>
       <c r="J3" t="s">
         <v>140</v>
       </c>
       <c r="K3" t="s">
         <v>153</v>
       </c>
       <c r="L3" t="s">
         <v>165</v>
       </c>
       <c r="M3" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>49</v>
       </c>
       <c r="D4" t="s">
         <v>66</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>83</v>
       </c>
       <c r="F4" t="s">
         <v>100</v>
       </c>
       <c r="G4" t="s">
         <v>116</v>
       </c>
       <c r="H4" t="s">
         <v>127</v>
       </c>
       <c r="I4" t="s">
         <v>132</v>
       </c>
       <c r="J4" t="s">
         <v>141</v>
       </c>
       <c r="K4" t="s">
         <v>154</v>
       </c>
       <c r="L4" t="s">
         <v>166</v>
       </c>
       <c r="M4" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>67</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>84</v>
       </c>
       <c r="F5" t="s">
         <v>101</v>
       </c>
       <c r="G5" t="s">
         <v>117</v>
       </c>
       <c r="H5" t="s">
         <v>127</v>
       </c>
       <c r="I5" t="s">
         <v>133</v>
       </c>
       <c r="J5" t="s">
         <v>142</v>
       </c>
       <c r="K5" t="s">
         <v>155</v>
       </c>
       <c r="M5" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>68</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>85</v>
       </c>
       <c r="F6" t="s">
         <v>102</v>
       </c>
       <c r="G6" t="s">
         <v>118</v>
       </c>
       <c r="H6" t="s">
         <v>128</v>
       </c>
       <c r="I6" t="s">
         <v>130</v>
       </c>
       <c r="M6" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>52</v>
       </c>
       <c r="D7" t="s">
         <v>69</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>103</v>
       </c>
       <c r="G7" t="s">
         <v>119</v>
       </c>
       <c r="H7" t="s">
         <v>127</v>
       </c>
       <c r="I7" t="s">
         <v>133</v>
       </c>
       <c r="J7" t="s">
         <v>143</v>
       </c>
       <c r="M7" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>53</v>
       </c>
       <c r="D8" t="s">
         <v>70</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F8" t="s">
         <v>104</v>
       </c>
       <c r="G8" t="s">
         <v>117</v>
       </c>
       <c r="H8" t="s">
         <v>127</v>
       </c>
       <c r="I8" t="s">
         <v>134</v>
       </c>
       <c r="M8" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>71</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F9" t="s">
         <v>105</v>
       </c>
       <c r="G9" t="s">
         <v>120</v>
       </c>
       <c r="H9" t="s">
         <v>127</v>
       </c>
       <c r="I9" t="s">
         <v>135</v>
       </c>
       <c r="J9" t="s">
         <v>144</v>
       </c>
       <c r="K9" t="s">
         <v>156</v>
       </c>
       <c r="M9" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10" t="s">
         <v>72</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>89</v>
       </c>
       <c r="F10" t="s">
         <v>106</v>
       </c>
       <c r="G10" t="s">
         <v>121</v>
       </c>
       <c r="H10" t="s">
         <v>127</v>
       </c>
       <c r="I10" t="s">
         <v>135</v>
       </c>
       <c r="J10" t="s">
         <v>145</v>
       </c>
       <c r="K10" t="s">
         <v>157</v>
       </c>
       <c r="L10" t="s">
         <v>167</v>
       </c>
       <c r="M10" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>39</v>
       </c>
       <c r="C11" t="s">
         <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>73</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F11" t="s">
         <v>107</v>
       </c>
       <c r="G11" t="s">
         <v>119</v>
       </c>
       <c r="H11" t="s">
         <v>127</v>
       </c>
       <c r="I11" t="s">
         <v>130</v>
       </c>
       <c r="M11" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>74</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>108</v>
       </c>
       <c r="G12" t="s">
         <v>122</v>
       </c>
       <c r="H12" t="s">
         <v>127</v>
       </c>
       <c r="I12" t="s">
         <v>136</v>
       </c>
       <c r="J12" t="s">
         <v>146</v>
       </c>
       <c r="K12" t="s">
         <v>158</v>
       </c>
       <c r="L12" t="s">
         <v>168</v>
       </c>
       <c r="M12" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>75</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>109</v>
       </c>
       <c r="G13" t="s">
         <v>123</v>
       </c>
       <c r="H13" t="s">
         <v>128</v>
       </c>
       <c r="I13" t="s">
         <v>135</v>
       </c>
       <c r="J13" t="s">
         <v>147</v>
       </c>
       <c r="K13" t="s">
         <v>159</v>
       </c>
       <c r="M13" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>76</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>99</v>
       </c>
       <c r="G14" t="s">
         <v>124</v>
       </c>
       <c r="H14" t="s">
         <v>129</v>
       </c>
       <c r="I14" t="s">
         <v>132</v>
       </c>
       <c r="J14" t="s">
         <v>148</v>
       </c>
       <c r="K14" t="s">
         <v>160</v>
       </c>
       <c r="L14" t="s">
         <v>169</v>
       </c>
       <c r="M14" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
         <v>26</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>60</v>
       </c>
       <c r="D15" t="s">
         <v>77</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F15" t="s">
         <v>110</v>
       </c>
       <c r="G15" t="s">
         <v>125</v>
       </c>
       <c r="H15" t="s">
         <v>127</v>
       </c>
       <c r="I15" t="s">
         <v>137</v>
       </c>
       <c r="J15" t="s">
         <v>149</v>
       </c>
       <c r="K15" t="s">
         <v>161</v>
       </c>
       <c r="M15" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
         <v>27</v>
       </c>
       <c r="B16" t="s">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>78</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F16" t="s">
         <v>111</v>
       </c>
       <c r="G16" t="s">
         <v>122</v>
       </c>
       <c r="H16" t="s">
         <v>127</v>
       </c>
       <c r="I16" t="s">
         <v>138</v>
       </c>
       <c r="J16" t="s">
         <v>150</v>
       </c>
       <c r="K16" t="s">
         <v>162</v>
       </c>
       <c r="L16" t="s">
         <v>170</v>
       </c>
       <c r="M16" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>45</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>79</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="E17" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>112</v>
       </c>
       <c r="G17" t="s">
         <v>112</v>
       </c>
       <c r="H17" t="s">
         <v>128</v>
       </c>
       <c r="I17" t="s">
         <v>130</v>
       </c>
       <c r="L17" t="s">
         <v>171</v>
       </c>
       <c r="M17" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>80</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="E18" s="1" t="s">
         <v>97</v>
       </c>
       <c r="F18" t="s">
         <v>113</v>
       </c>
       <c r="G18" t="s">
         <v>114</v>
       </c>
       <c r="H18" t="s">
         <v>127</v>
       </c>
       <c r="I18" t="s">
         <v>133</v>
       </c>
       <c r="J18" t="s">
         <v>151</v>
       </c>
       <c r="K18" t="s">
         <v>163</v>
       </c>
       <c r="M18" t="s">
         <v>188</v>
       </c>
     </row>
   </sheetData>
@@ -3419,87 +3393,87 @@
     <hyperlink ref="E8" r:id="rId7"/>
     <hyperlink ref="E9" r:id="rId8"/>
     <hyperlink ref="E10" r:id="rId9"/>
     <hyperlink ref="E11" r:id="rId10"/>
     <hyperlink ref="E12" r:id="rId11"/>
     <hyperlink ref="E13" r:id="rId12"/>
     <hyperlink ref="E14" r:id="rId13"/>
     <hyperlink ref="E15" r:id="rId14"/>
     <hyperlink ref="E16" r:id="rId15"/>
     <hyperlink ref="E17" r:id="rId16"/>
     <hyperlink ref="E18" r:id="rId17"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>189</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>190</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>191</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>192</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>193</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>194</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>195</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>196</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>197</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>198</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>199</v>
       </c>
       <c r="E2" t="s">
         <v>200</v>
       </c>
       <c r="F2" t="s">
         <v>201</v>
       </c>
       <c r="G2" t="s">
         <v>215</v>
       </c>
@@ -4041,87 +4015,87 @@
       </c>
       <c r="K15" t="s">
         <v>267</v>
       </c>
       <c r="L15" t="s">
         <v>112</v>
       </c>
       <c r="M15" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>189</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>190</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>191</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>192</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>193</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>194</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>195</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>196</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>197</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>198</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>199</v>
       </c>
       <c r="E2" t="s">
         <v>200</v>
       </c>
       <c r="F2" t="s">
         <v>277</v>
       </c>
       <c r="G2" t="s">
         <v>300</v>
       </c>
@@ -5366,87 +5340,87 @@
       </c>
       <c r="K32" t="s">
         <v>408</v>
       </c>
       <c r="L32" t="s">
         <v>415</v>
       </c>
       <c r="M32" t="s">
         <v>275</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>189</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>190</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>191</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>192</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>193</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>194</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>195</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>196</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>197</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>198</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>419</v>
       </c>
       <c r="B2" t="s">
         <v>419</v>
       </c>
       <c r="C2" t="s">
         <v>420</v>
       </c>
       <c r="D2" t="s">
         <v>421</v>
       </c>
       <c r="E2" t="s">
         <v>422</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>58</v>
       </c>
@@ -5461,1445 +5435,1445 @@
       </c>
       <c r="K2" t="s">
         <v>424</v>
       </c>
       <c r="L2" t="s">
         <v>425</v>
       </c>
       <c r="M2" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C128"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>426</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>427</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>428</v>
       </c>
       <c r="B2" t="s">
         <v>541</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>429</v>
       </c>
       <c r="B3" t="s">
         <v>542</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>430</v>
       </c>
       <c r="B4" t="s">
         <v>543</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>431</v>
       </c>
       <c r="B5" t="s">
         <v>544</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>432</v>
       </c>
       <c r="B6" t="s">
         <v>545</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>433</v>
       </c>
       <c r="B7" t="s">
         <v>546</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>434</v>
       </c>
       <c r="B8" t="s">
         <v>547</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>435</v>
       </c>
       <c r="B9" t="s">
         <v>548</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>436</v>
       </c>
       <c r="B10" t="s">
         <v>549</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>437</v>
       </c>
       <c r="B11" t="s">
         <v>550</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>438</v>
       </c>
       <c r="B12" t="s">
         <v>551</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>439</v>
       </c>
       <c r="B13" t="s">
         <v>552</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>440</v>
       </c>
       <c r="B14" t="s">
         <v>553</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>441</v>
       </c>
       <c r="B15" t="s">
         <v>554</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>442</v>
       </c>
       <c r="B16" t="s">
         <v>555</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="C16" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>443</v>
       </c>
       <c r="B17" t="s">
         <v>556</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="1" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>444</v>
       </c>
       <c r="B18" t="s">
         <v>557</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>445</v>
       </c>
       <c r="B19" t="s">
         <v>558</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="1" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>446</v>
       </c>
       <c r="B20" t="s">
         <v>559</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="C20" s="1" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>447</v>
       </c>
       <c r="B21" t="s">
         <v>560</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C21" s="1" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>448</v>
       </c>
       <c r="B22" t="s">
         <v>561</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="C22" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>449</v>
       </c>
       <c r="B23" t="s">
         <v>562</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="1" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>450</v>
       </c>
       <c r="B24" t="s">
         <v>563</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C24" s="1" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>451</v>
       </c>
       <c r="B25" t="s">
         <v>564</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="C25" s="1" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>452</v>
       </c>
       <c r="B26" t="s">
         <v>565</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>453</v>
       </c>
       <c r="B27" t="s">
         <v>566</v>
       </c>
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="1" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>454</v>
       </c>
       <c r="B28" t="s">
         <v>567</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>455</v>
       </c>
       <c r="B29" t="s">
         <v>568</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="1" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>456</v>
       </c>
       <c r="B30" t="s">
         <v>569</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="C30" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>457</v>
       </c>
       <c r="B31" t="s">
         <v>570</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="C31" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>449</v>
       </c>
       <c r="B32" t="s">
         <v>562</v>
       </c>
-      <c r="C32" s="2" t="s">
+      <c r="C32" s="1" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>458</v>
       </c>
       <c r="B33" t="s">
         <v>571</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="C33" s="1" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>459</v>
       </c>
       <c r="B34" t="s">
         <v>572</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="C34" s="1" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>460</v>
       </c>
       <c r="B35" t="s">
         <v>573</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C35" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>461</v>
       </c>
       <c r="B36" t="s">
         <v>574</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="C36" s="1" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>462</v>
       </c>
       <c r="B37" t="s">
         <v>575</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="C37" s="1" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>463</v>
       </c>
       <c r="B38" t="s">
         <v>576</v>
       </c>
-      <c r="C38" s="2" t="s">
+      <c r="C38" s="1" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>464</v>
       </c>
       <c r="B39" t="s">
         <v>577</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C39" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>442</v>
       </c>
       <c r="B40" t="s">
         <v>555</v>
       </c>
-      <c r="C40" s="2" t="s">
+      <c r="C40" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>465</v>
       </c>
       <c r="B41" t="s">
         <v>578</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C41" s="1" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>440</v>
       </c>
       <c r="B42" t="s">
         <v>553</v>
       </c>
-      <c r="C42" s="2" t="s">
+      <c r="C42" s="1" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>466</v>
       </c>
       <c r="B43" t="s">
         <v>579</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="C43" s="1" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>452</v>
       </c>
       <c r="B44" t="s">
         <v>565</v>
       </c>
-      <c r="C44" s="2" t="s">
+      <c r="C44" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>455</v>
       </c>
       <c r="B45" t="s">
         <v>568</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="C45" s="1" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>467</v>
       </c>
       <c r="B46" t="s">
         <v>580</v>
       </c>
-      <c r="C46" s="2" t="s">
+      <c r="C46" s="1" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>457</v>
       </c>
       <c r="B47" t="s">
         <v>570</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="C47" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>468</v>
       </c>
       <c r="B48" t="s">
         <v>581</v>
       </c>
-      <c r="C48" s="2" t="s">
+      <c r="C48" s="1" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>438</v>
       </c>
       <c r="B49" t="s">
         <v>551</v>
       </c>
-      <c r="C49" s="2" t="s">
+      <c r="C49" s="1" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>437</v>
       </c>
       <c r="B50" t="s">
         <v>550</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="C50" s="1" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>469</v>
       </c>
       <c r="B51" t="s">
         <v>582</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="C51" s="1" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>470</v>
       </c>
       <c r="B52" t="s">
         <v>583</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="C52" s="1" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>471</v>
       </c>
       <c r="B53" t="s">
         <v>584</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="C53" s="1" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>472</v>
       </c>
       <c r="B54" t="s">
         <v>585</v>
       </c>
-      <c r="C54" s="2" t="s">
+      <c r="C54" s="1" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>473</v>
       </c>
       <c r="B55" t="s">
         <v>586</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="C55" s="1" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>474</v>
       </c>
       <c r="B56" t="s">
         <v>587</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="C56" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>475</v>
       </c>
       <c r="B57" t="s">
         <v>588</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="C57" s="1" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>476</v>
       </c>
       <c r="B58" t="s">
         <v>589</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="C58" s="1" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>477</v>
       </c>
       <c r="B59" t="s">
         <v>590</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="C59" s="1" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>454</v>
       </c>
       <c r="B60" t="s">
         <v>567</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="C60" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>478</v>
       </c>
       <c r="B61" t="s">
         <v>591</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C61" s="1" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>479</v>
       </c>
       <c r="B62" t="s">
         <v>592</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="C62" s="1" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>480</v>
       </c>
       <c r="B63" t="s">
         <v>593</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="C63" s="1" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>481</v>
       </c>
       <c r="B64" t="s">
         <v>594</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="C64" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>482</v>
       </c>
       <c r="B65" t="s">
         <v>595</v>
       </c>
-      <c r="C65" s="2" t="s">
+      <c r="C65" s="1" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>483</v>
       </c>
       <c r="B66" t="s">
         <v>596</v>
       </c>
-      <c r="C66" s="2" t="s">
+      <c r="C66" s="1" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>484</v>
       </c>
       <c r="B67" t="s">
         <v>597</v>
       </c>
-      <c r="C67" s="2" t="s">
+      <c r="C67" s="1" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>485</v>
       </c>
       <c r="B68" t="s">
         <v>598</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="C68" s="1" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>486</v>
       </c>
       <c r="B69" t="s">
         <v>599</v>
       </c>
-      <c r="C69" s="2" t="s">
+      <c r="C69" s="1" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>487</v>
       </c>
       <c r="B70" t="s">
         <v>600</v>
       </c>
-      <c r="C70" s="2" t="s">
+      <c r="C70" s="1" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>488</v>
       </c>
       <c r="B71" t="s">
         <v>601</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="C71" s="1" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>489</v>
       </c>
       <c r="B72" t="s">
         <v>602</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="C72" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>490</v>
       </c>
       <c r="B73" t="s">
         <v>603</v>
       </c>
-      <c r="C73" s="2" t="s">
+      <c r="C73" s="1" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>491</v>
       </c>
       <c r="B74" t="s">
         <v>604</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="C74" s="1" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>492</v>
       </c>
       <c r="B75" t="s">
         <v>605</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C75" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>493</v>
       </c>
       <c r="B76" t="s">
         <v>606</v>
       </c>
-      <c r="C76" s="2" t="s">
+      <c r="C76" s="1" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>494</v>
       </c>
       <c r="B77" t="s">
         <v>607</v>
       </c>
-      <c r="C77" s="2" t="s">
+      <c r="C77" s="1" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>495</v>
       </c>
       <c r="B78" t="s">
         <v>608</v>
       </c>
-      <c r="C78" s="2" t="s">
+      <c r="C78" s="1" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>496</v>
       </c>
       <c r="B79" t="s">
         <v>609</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="C79" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>497</v>
       </c>
       <c r="B80" t="s">
         <v>610</v>
       </c>
-      <c r="C80" s="2" t="s">
+      <c r="C80" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>498</v>
       </c>
       <c r="B81" t="s">
         <v>611</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="C81" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>499</v>
       </c>
       <c r="B82" t="s">
         <v>612</v>
       </c>
-      <c r="C82" s="2" t="s">
+      <c r="C82" s="1" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>500</v>
       </c>
       <c r="B83" t="s">
         <v>613</v>
       </c>
-      <c r="C83" s="2" t="s">
+      <c r="C83" s="1" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>501</v>
       </c>
       <c r="B84" t="s">
         <v>614</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C84" s="1" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>502</v>
       </c>
       <c r="B85" t="s">
         <v>615</v>
       </c>
-      <c r="C85" s="2" t="s">
+      <c r="C85" s="1" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>503</v>
       </c>
       <c r="B86" t="s">
         <v>616</v>
       </c>
-      <c r="C86" s="2" t="s">
+      <c r="C86" s="1" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>504</v>
       </c>
       <c r="B87" t="s">
         <v>617</v>
       </c>
-      <c r="C87" s="2" t="s">
+      <c r="C87" s="1" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>505</v>
       </c>
       <c r="B88" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>506</v>
       </c>
       <c r="B89" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>507</v>
       </c>
       <c r="B90" t="s">
         <v>620</v>
       </c>
-      <c r="C90" s="2" t="s">
+      <c r="C90" s="1" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>508</v>
       </c>
       <c r="B91" t="s">
         <v>621</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="C91" s="1" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>509</v>
       </c>
       <c r="B92" t="s">
         <v>622</v>
       </c>
-      <c r="C92" s="2" t="s">
+      <c r="C92" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>510</v>
       </c>
       <c r="B93" t="s">
         <v>623</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C93" s="1" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>511</v>
       </c>
       <c r="B94" t="s">
         <v>624</v>
       </c>
-      <c r="C94" s="2" t="s">
+      <c r="C94" s="1" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>512</v>
       </c>
       <c r="B95" t="s">
         <v>625</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="C95" s="1" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>513</v>
       </c>
       <c r="B96" t="s">
         <v>626</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C96" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>514</v>
       </c>
       <c r="B97" t="s">
         <v>627</v>
       </c>
-      <c r="C97" s="2" t="s">
+      <c r="C97" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>515</v>
       </c>
       <c r="B98" t="s">
         <v>628</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="C98" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>516</v>
       </c>
       <c r="B99" t="s">
         <v>629</v>
       </c>
-      <c r="C99" s="2" t="s">
+      <c r="C99" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>517</v>
       </c>
       <c r="B100" t="s">
         <v>630</v>
       </c>
-      <c r="C100" s="2" t="s">
+      <c r="C100" s="1" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>518</v>
       </c>
       <c r="B101" t="s">
         <v>631</v>
       </c>
-      <c r="C101" s="2" t="s">
+      <c r="C101" s="1" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>519</v>
       </c>
       <c r="B102" t="s">
         <v>632</v>
       </c>
-      <c r="C102" s="2" t="s">
+      <c r="C102" s="1" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>520</v>
       </c>
       <c r="B103" t="s">
         <v>633</v>
       </c>
-      <c r="C103" s="2" t="s">
+      <c r="C103" s="1" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>521</v>
       </c>
       <c r="B104" t="s">
         <v>634</v>
       </c>
-      <c r="C104" s="2" t="s">
+      <c r="C104" s="1" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>522</v>
       </c>
       <c r="B105" t="s">
         <v>635</v>
       </c>
-      <c r="C105" s="2" t="s">
+      <c r="C105" s="1" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>523</v>
       </c>
       <c r="B106" t="s">
         <v>636</v>
       </c>
-      <c r="C106" s="2" t="s">
+      <c r="C106" s="1" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>444</v>
       </c>
       <c r="B107" t="s">
         <v>557</v>
       </c>
-      <c r="C107" s="2" t="s">
+      <c r="C107" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>446</v>
       </c>
       <c r="B108" t="s">
         <v>559</v>
       </c>
-      <c r="C108" s="2" t="s">
+      <c r="C108" s="1" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>524</v>
       </c>
       <c r="B109" t="s">
         <v>637</v>
       </c>
-      <c r="C109" s="2" t="s">
+      <c r="C109" s="1" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>525</v>
       </c>
       <c r="B110" t="s">
         <v>638</v>
       </c>
-      <c r="C110" s="2" t="s">
+      <c r="C110" s="1" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>526</v>
       </c>
       <c r="B111" t="s">
         <v>639</v>
       </c>
-      <c r="C111" s="2" t="s">
+      <c r="C111" s="1" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>527</v>
       </c>
       <c r="B112" t="s">
         <v>640</v>
       </c>
-      <c r="C112" s="2" t="s">
+      <c r="C112" s="1" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>528</v>
       </c>
       <c r="B113" t="s">
         <v>641</v>
       </c>
-      <c r="C113" s="2" t="s">
+      <c r="C113" s="1" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>529</v>
       </c>
       <c r="B114" t="s">
         <v>642</v>
       </c>
-      <c r="C114" s="2" t="s">
+      <c r="C114" s="1" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>530</v>
       </c>
       <c r="B115" t="s">
         <v>643</v>
       </c>
-      <c r="C115" s="2" t="s">
+      <c r="C115" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>531</v>
       </c>
       <c r="B116" t="s">
         <v>644</v>
       </c>
-      <c r="C116" s="2" t="s">
+      <c r="C116" s="1" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>532</v>
       </c>
       <c r="B117" t="s">
         <v>645</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="C117" s="1" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>533</v>
       </c>
       <c r="B118" t="s">
         <v>646</v>
       </c>
-      <c r="C118" s="2" t="s">
+      <c r="C118" s="1" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>534</v>
       </c>
       <c r="B119" t="s">
         <v>647</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="C119" s="1" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>535</v>
       </c>
       <c r="B120" t="s">
         <v>648</v>
       </c>
-      <c r="C120" s="2" t="s">
+      <c r="C120" s="1" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>536</v>
       </c>
       <c r="B121" t="s">
         <v>649</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="C121" s="1" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>537</v>
       </c>
       <c r="B122" t="s">
         <v>650</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="C122" s="1" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>538</v>
       </c>
       <c r="B123" t="s">
         <v>651</v>
       </c>
-      <c r="C123" s="2" t="s">
+      <c r="C123" s="1" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>539</v>
       </c>
       <c r="B124" t="s">
         <v>652</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="C124" s="1" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>448</v>
       </c>
       <c r="B125" t="s">
         <v>561</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="C125" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>540</v>
       </c>
       <c r="B126" t="s">
         <v>653</v>
       </c>
-      <c r="C126" s="2" t="s">
+      <c r="C126" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>147</v>
       </c>
       <c r="B127" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>428</v>
       </c>
       <c r="B128" t="s">
         <v>541</v>
       </c>
-      <c r="C128" s="2" t="s">
+      <c r="C128" s="1" t="s">
         <v>654</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
     <hyperlink ref="C15" r:id="rId14"/>
     <hyperlink ref="C16" r:id="rId15"/>
     <hyperlink ref="C17" r:id="rId16"/>
     <hyperlink ref="C18" r:id="rId17"/>
     <hyperlink ref="C19" r:id="rId18"/>
     <hyperlink ref="C20" r:id="rId19"/>
     <hyperlink ref="C21" r:id="rId20"/>