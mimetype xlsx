--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -1,85 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="detectionstrategies" sheetId="1" r:id="rId1"/>
+    <sheet name="detectionstrategies-analytic" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1000" uniqueCount="507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1973" uniqueCount="1021">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>STIX ID</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>created</t>
   </si>
   <si>
     <t>last modified</t>
   </si>
   <si>
     <t>domain</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
+    <t>analytic_refs</t>
+  </si>
+  <si>
     <t>DET0697</t>
   </si>
   <si>
     <t>DET0642</t>
   </si>
   <si>
     <t>DET0611</t>
   </si>
   <si>
     <t>DET0605</t>
   </si>
   <si>
     <t>DET0635</t>
   </si>
   <si>
     <t>DET0623</t>
   </si>
   <si>
     <t>DET0685</t>
   </si>
   <si>
     <t>DET0652</t>
   </si>
   <si>
     <t>DET0670</t>
@@ -1531,137 +1536,1650 @@
     <t>https://attack.mitre.org/detectionstrategies/DET0695</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0606</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0616</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0620</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0672</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0709</t>
   </si>
   <si>
     <t>21 October 2025</t>
   </si>
   <si>
     <t>mobile-attack</t>
   </si>
   <si>
     <t>1.0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7d2231b0-d62e-4d5f-bc26-99e7f14ec741</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--31542445-39c5-4ae9-806f-09649581056a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--462f9ed4-5b6b-4426-b383-cd331f2984c0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dd7242e8-12d5-46b4-bc2c-cff6c2dbaa27</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6bd50b74-5852-4800-b459-1c54d95348e3; x-mitre-analytic--cbb3d486-b7a3-44f0-a7c7-e2fbf668f6fa</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--384bbe3f-bb48-4bf3-927e-3a95d13eae82; x-mitre-analytic--36ca4ab8-1a16-4989-89e6-8d20c514c8c7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d11da2b2-1552-4a54-b268-3df1cb877cf6; x-mitre-analytic--9396ec3f-2189-44d1-9c88-53ee3603236c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3fe80400-0e8c-4ffa-8233-cebf7511613c; x-mitre-analytic--095c16b2-3d9a-445a-82a4-fa7affd928f5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--bfa12b75-13ab-409f-8fe9-a93c8bcac466; x-mitre-analytic--1e72355d-3350-4b60-8c92-2ded50a3fdd1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1f3c9114-ac86-4c1f-bb64-fb94d65ac78c; x-mitre-analytic--4b4a369c-35aa-4389-a218-2034fb043041</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d942e493-32eb-4302-890b-7729f63b7202; x-mitre-analytic--4623e949-e902-4a8c-893b-73e5ab4b57d5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1f1d8e33-293a-4ceb-a91c-0cf71c6805ea; x-mitre-analytic--c08bd552-98fd-446d-b848-3c43b3b766f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e8bfbaf2-cfa8-41fd-a5ee-48b57026ac7c; x-mitre-analytic--007a370c-be77-49c9-9ca3-25d50de35864</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--fbc0a210-8942-4fcb-81f1-a120551013d4</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--38e2eb61-e650-4cdc-8f27-213b39499d34; x-mitre-analytic--abfa1de9-fcf5-44da-a910-f83273b60813</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d2cf1cf2-7b11-4018-b5bc-fbd48633f869</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9ed67778-6277-4e12-aa3e-29f39a81e67a; x-mitre-analytic--9cd8928d-a26d-42c0-8a23-0b10816c5d21</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4b2e7e2d-e1be-4829-9011-53eb5eca3dc6; x-mitre-analytic--2f0ca83e-1318-4722-88b2-1bffedb5d127</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--04fbc0f1-82f0-4311-9c39-6b519b48e7d8; x-mitre-analytic--8e20de5b-1b9c-4443-a095-bcdd52ed161e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a4242809-30bc-4c00-b247-b6cc11644a07; x-mitre-analytic--77c81bf1-beef-429a-a426-a716b489383a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--75c4eac4-c61c-4d02-acd9-ec8f5b6cfaff</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--fdb6acce-e069-4e35-8a4b-f4517924f092; x-mitre-analytic--98b0a8a6-881d-4f00-84c3-3f70d368067e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9e2b0e14-eabd-4eb7-93b0-da238e3786db; x-mitre-analytic--53491f5a-7062-41f0-a51d-07b52dc8192c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ffcee6e2-02dd-4053-92a3-8600dd70445e; x-mitre-analytic--7a209f60-7f43-407f-b5bd-7877e10222ee</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b95bc556-c98c-459e-9327-49830ce9c77c; x-mitre-analytic--c8eb9196-3134-4954-9331-838556db9aa1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7247d454-c307-417a-90c7-a15452d0d83e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e0ee0af8-96f8-4baf-b0f2-63d4b49938f2; x-mitre-analytic--6f77061e-d663-487d-bfca-cd1e1f1d24d7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1a27d3ed-86e8-4389-927d-1d43d94dc719</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--44d378d8-575b-41c8-b75c-375abcf3e2db</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c37bba44-9ca2-4444-8ee9-7cab0b2fd5fd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--332065d4-9895-485b-8674-756f4d3fab7c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--983ae9ea-a125-498a-862d-00d5bed2087a; x-mitre-analytic--b7b70725-f1d8-4fad-8fc4-fc1b9cbf77ef</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8503331d-09f5-49d3-838c-f0d3b1d55e30; x-mitre-analytic--acc1bb20-bd46-4228-abba-f4befe82e926</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6852479f-7c3d-4c69-82b9-b5b9976e4101</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a5c4230b-7064-4863-9a60-e0565042d452</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--75eaee42-f7b5-4792-9611-74626bd98838</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6618b3a-370c-44af-86db-d4640799ed6e; x-mitre-analytic--0b0e244e-9386-4520-b030-9e330c6c1930</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a088cd64-106e-4fe2-a004-5796c574cfd0; x-mitre-analytic--4cb75669-f88d-4374-be51-e4b99e22b64e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7b4c77fd-f350-48ec-abce-aac3e35c939f; x-mitre-analytic--b6d9d5a1-5966-4888-b4ce-30b125043c4d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3723c7a3-2ea7-455f-aec5-29300cb7ae64; x-mitre-analytic--de37eb78-5f35-4327-99d0-ad6546ab0fb6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--729a7413-3c5b-4637-a97b-9bba9f7734a7; x-mitre-analytic--c56cfd62-b8cb-49be-820b-e447a1605106</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f3068304-de28-4efa-96a5-a360fc7ffc97; x-mitre-analytic--369938c8-6b9e-4eb3-8105-eb76a373dc35</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e1db1813-109f-4f24-87e3-5d7b5e506dd3; x-mitre-analytic--4a7169fa-79d4-4724-ad55-6e9842b7cb94</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--0d22c60c-fd0b-47f8-abe4-2d661a73c653</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--31d95dc7-aec7-47a2-bbb4-8b20ca3bc184; x-mitre-analytic--28304317-cbde-45cd-bf0b-99b5cd8d1478</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f42dbde8-e7a0-41ed-b13c-7ade678fa782; x-mitre-analytic--114cd15c-a02f-4bac-8ed3-3ae71c1761ec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6a60d1be-ab95-46d2-91a7-01703553090e; x-mitre-analytic--413bdb56-913d-42e0-978e-5a48c60f562e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ece5746f-194b-4564-9f5f-7ebf3b23542e; x-mitre-analytic--111bf5b3-ce1c-4f60-b1b0-deef85fc6a0a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9a574586-2729-4e60-8e60-5e07f200c3ff; x-mitre-analytic--71fc481d-53f9-4a35-9879-e01e17f425f0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3307605e-f2ac-4cfb-be12-5d880e1bfa11; x-mitre-analytic--79897090-662d-4118-b73a-145f79e31829</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f463fae8-5697-4539-b6c7-e67aadf81c73; x-mitre-analytic--1076f33e-a959-49b8-97a3-2edf0360fae2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ee4ce869-6b88-46f8-829a-9838f7607a8f; x-mitre-analytic--6d2d8aff-7d23-40bc-bc29-54852baed5f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f6be418e-3fed-4026-b665-f055465c7359</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--36cb5f92-996c-42f4-be7e-43c5e21eee2e; x-mitre-analytic--0048442c-54c9-4816-a2ba-5e9d376d0bf2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2df1959e-8ec4-4193-9cb8-c089c78b4d1c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2867d1e0-cf83-4d83-bc6c-cc03404c3521; x-mitre-analytic--8062d295-9d02-40c5-9ef9-135d08c07a22</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5c280910-f7cf-4e7a-9b99-a592115dbc8b; x-mitre-analytic--ccb42e9d-557f-4dc5-b313-75fb6b212821</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9b4be141-9743-4113-a5f6-2d1a019b0eeb; x-mitre-analytic--2f2ed160-9093-4b1f-b781-8660552bf1e5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--964fc2e0-96fc-4992-b89a-8101d47b7d8c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--09ea8707-d76c-44ae-b077-19a8949faa90</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dd1b3351-f8e5-480e-9e7d-f9cfbbf01409</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e13d662d-a496-4997-b26a-39e71eb17fc2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b2120e89-a453-4575-8458-7700ea59f85a; x-mitre-analytic--9bc8daed-e8ea-4c70-95bc-dcb2905b33d3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--50e52979-5f21-4a02-99f3-fc1858b73369; x-mitre-analytic--4773bc29-5272-45d5-92bd-b24a34b16df6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--86aa8777-e12a-4dab-81ed-354bed18f3db; x-mitre-analytic--d7e3296a-9f95-4061-b3f5-0f02910745ab</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9b036696-9e1e-42b9-9bfd-3ae785e7e10e; x-mitre-analytic--7179bc7d-a2be-4ded-8c4f-88ec8f73e613</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dda0e909-cceb-40eb-bff0-6bd0cd74e638</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4708044d-651a-40c7-a1b2-6d7f13d17d7d; x-mitre-analytic--0d358eda-4f7e-462e-8201-96d8a661001d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b2ef244c-b230-4c2b-b0a6-070e5c376f32</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8c29fa0f-6b35-40c2-9c99-081a0997db86; x-mitre-analytic--7f8717e8-fea8-42db-b60c-c64375630685</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--42ce5243-8859-49dc-b221-2674536063ff; x-mitre-analytic--758e4b0e-3564-4696-8d57-9e3d81198d52</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--83b759ca-097c-4d9f-926b-fb41e0740644; x-mitre-analytic--f34fef81-f714-4e26-ae99-3c970959cd0d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--52a370ec-dca2-45e0-bba7-7384816945e8; x-mitre-analytic--81a49b9b-c8cf-438c-bea0-e09149f50b34</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6d679b6-0777-4541-874c-d81f37d8fb07; x-mitre-analytic--ff9c219a-b8e7-4b0a-8ea5-4f81341375d1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8f5e4bee-0677-41dd-89ad-8a467ae08eec; x-mitre-analytic--155b0dfd-15d5-45bd-a8c4-249adc52f20d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4ec34db8-7214-4059-925e-bdcd58bca391</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--bfbe9c72-f373-4d03-a08a-1448f31dd92f; x-mitre-analytic--1e8d1470-1e76-4f6f-b2c9-633800c4478a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f420e242-1e51-4d1a-b063-b15240283e1f; x-mitre-analytic--9eeb7425-6979-4f77-aa7c-f9b0fe6b710e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6ef77d6-cc8b-478c-b7f8-7767bbb58960; x-mitre-analytic--7c96d701-391d-4904-b6ba-941344aaf059</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6fb4668b-9c70-44d2-87a3-43ff2dc699f2; x-mitre-analytic--739bd746-e98b-45cb-8bc6-3c8876745b4a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ddebe043-2017-44ba-96e5-cbe87916511b; x-mitre-analytic--dec6e0d3-f4ae-48ed-90b9-ee32fd7e8dc6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f1e295df-0598-4263-b7c4-737d66660bbe; x-mitre-analytic--3d12c26c-740d-4393-9659-52a424586b20</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cd82f432-ee4e-4df0-8500-e381b36479ec; x-mitre-analytic--07b782b2-7e86-424a-9395-0a862d9b25c3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--23a1b062-847e-4912-8e5e-5b69867af4a4</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5c5225c4-2d35-431e-830d-ea1cc649c6ba; x-mitre-analytic--5d07c07e-4cde-41b9-a03e-94be43ca9bb8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--63e33566-c46c-45b8-acf1-247327b827e1; x-mitre-analytic--166d394c-6d24-46d3-866e-4f57ca849e90</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--99227275-37f5-400f-95ae-b5e17abfb0fd; x-mitre-analytic--72604d06-ac1b-4d57-adb4-f303f2f82055</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cb78ff0f-6f8a-41a8-a199-4660a0addec9</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--50a9f608-68aa-4bf2-b24d-2a22f2a96db4; x-mitre-analytic--76cb5e62-9291-411d-90bf-57642b63f8b8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4d499685-2a71-4d66-8b44-fae780c3e998; x-mitre-analytic--a180ad2e-e3fa-4cec-a1f0-8baf754d9543</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--40066e48-f70c-4fbb-a2cf-d7a385171edb; x-mitre-analytic--6e3a93db-d2a6-43b7-9aa6-4dcf972f5e53</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a69cefd7-02e8-4840-a26e-2ea0b6a95812; x-mitre-analytic--a8133527-5402-49e0-a9f1-14ee4fb2dd3f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--085c9205-d55a-4e33-a5df-241e505be32f; x-mitre-analytic--4ce71d01-ba3b-4ed2-a615-766daa0ff144</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a69604d3-2909-46bf-afd3-39b47ac5e5fd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--421fc6dc-1275-4eca-9950-150ad27d9bfd; x-mitre-analytic--b1674dca-753f-45d9-b0de-4c68e459f046</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--05191336-6d06-41f7-babb-5d079e4168ae; x-mitre-analytic--93a35555-f71e-4230-9f2a-529a539e8612</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--07c399a0-e5ad-462d-99b9-f51ce8aa5061; x-mitre-analytic--f10a7842-ddb2-488b-93ac-e53fa6476614</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--427fe5c7-1b91-4d71-ae2c-6840d128f0bd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--87d2ccc4-f82e-493d-9c6f-03303253aec2; x-mitre-analytic--9c721bd4-75df-4381-bd70-29679aa78a4b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--992c6fa4-689c-4ce1-883f-f48a8b1c5ccc; x-mitre-analytic--bff6f104-006e-48e5-ac3f-4633bb3abac5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--75a0da5c-9f2b-4e96-bb94-10c30f16a9a2; x-mitre-analytic--d4dc642d-922b-4476-ad3f-ba23c43702f5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9253e546-bc55-42c1-bf8c-b4337a1ea5b5; x-mitre-analytic--8a463850-89e6-4de8-bd8d-20fd70dff959</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cda313bc-214f-4bf8-9aa2-b3fb495379c3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7f84f2b8-6ef3-4167-b059-a455d7c40a7d; x-mitre-analytic--b755f519-cc0c-44a4-865f-fa9ead44590f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b972ebf0-16d1-4bc2-980b-e8cb0947affa; x-mitre-analytic--f3da45bb-921e-4b4c-8fc3-666c7a37dea6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c1cdc6fb-9b7f-4076-9634-c939ddaef2bf; x-mitre-analytic--9aa716a2-0301-49cd-89c0-a441e5da0551</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--944c3eaa-2809-4db3-ac7c-d1868e205793</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d5926b94-833c-4b29-b611-059f72fcda84; x-mitre-analytic--6c776c7a-0e2f-4963-9485-aa90149ae68e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--66adf2b9-42aa-401f-8bc3-3830854017ee; x-mitre-analytic--c956f269-d282-4c68-afc6-ca68d8532ab6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--55699534-c11f-4f9b-8908-a0c7d59160fd; x-mitre-analytic--04e54116-5787-4bb0-9c4a-2b620a80b5dc</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f44bab9b-554c-4dc7-b57f-4011ce609c2b; x-mitre-analytic--cb4c4b76-3f6d-4387-ab20-74b461bbb211</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--98dfbd23-232b-410a-bb71-25ba191ff746</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--90052e39-40c3-4194-a2a2-fc240639ab0f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6a3e1244-3832-4523-81bc-56598a280b16</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5e90ac48-345b-445a-877f-596737ad7efb; x-mitre-analytic--cbdcf6f3-00c3-4c38-bc7c-ffb6806f0a25</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--176d2eda-e41b-48d0-b66a-daaccb5a77cd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f2c74903-6770-4f55-9a11-edcf6e00938e; x-mitre-analytic--649ee05c-9f09-47fc-802a-7df2ce362563</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--89ee35d2-02ec-4c36-b51c-50e686eb3012</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4476a312-d2c9-459e-96a3-53ac0b676c52; x-mitre-analytic--e6c05bf0-e6d6-46f9-ba38-11b58fbf2f26</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d86a141c-b4fa-48fd-a15b-2cd3254b3400</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5044447d-dc82-4d74-ac8c-02e5559f374c; x-mitre-analytic--dd9778f4-5919-4796-9d4c-b3fb6ace453d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f12b94b0-ec2f-4eb1-9ea4-8632e41475a1; x-mitre-analytic--a16c57b3-6a4c-4b15-92e9-d2d29f5b7d69</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ab85ff40-2b75-477a-b5ec-f35f2fcde728; x-mitre-analytic--a0bb0e33-c40f-46f5-b64a-07faa6946d83</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a3b1f9ea-184b-4429-94c0-d04c3b457b91; x-mitre-analytic--ea9bb66e-1ced-4448-8d64-4184ae1c0ac9</t>
+  </si>
+  <si>
+    <t>detection_strategy_id</t>
+  </si>
+  <si>
+    <t>detection_strategy_name</t>
+  </si>
+  <si>
+    <t>analytic_id</t>
+  </si>
+  <si>
+    <t>analytic_name</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--87d2ccc4-f82e-493d-9c6f-03303253aec2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9c721bd4-75df-4381-bd70-29679aa78a4b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b972ebf0-16d1-4bc2-980b-e8cb0947affa</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f3da45bb-921e-4b4c-8fc3-666c7a37dea6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cd82f432-ee4e-4df0-8500-e381b36479ec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--07b782b2-7e86-424a-9395-0a862d9b25c3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--50e52979-5f21-4a02-99f3-fc1858b73369</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4773bc29-5272-45d5-92bd-b24a34b16df6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f463fae8-5697-4539-b6c7-e67aadf81c73</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1076f33e-a959-49b8-97a3-2edf0360fae2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5044447d-dc82-4d74-ac8c-02e5559f374c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dd9778f4-5919-4796-9d4c-b3fb6ace453d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1f1d8e33-293a-4ceb-a91c-0cf71c6805ea</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c08bd552-98fd-446d-b848-3c43b3b766f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3fe80400-0e8c-4ffa-8233-cebf7511613c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--095c16b2-3d9a-445a-82a4-fa7affd928f5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f1e295df-0598-4263-b7c4-737d66660bbe</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3d12c26c-740d-4393-9659-52a424586b20</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8503331d-09f5-49d3-838c-f0d3b1d55e30</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--acc1bb20-bd46-4228-abba-f4befe82e926</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--83b759ca-097c-4d9f-926b-fb41e0740644</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f34fef81-f714-4e26-ae99-3c970959cd0d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9a574586-2729-4e60-8e60-5e07f200c3ff</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--71fc481d-53f9-4a35-9879-e01e17f425f0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f420e242-1e51-4d1a-b063-b15240283e1f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9eeb7425-6979-4f77-aa7c-f9b0fe6b710e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5c5225c4-2d35-431e-830d-ea1cc649c6ba</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5d07c07e-4cde-41b9-a03e-94be43ca9bb8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9253e546-bc55-42c1-bf8c-b4337a1ea5b5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8a463850-89e6-4de8-bd8d-20fd70dff959</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a088cd64-106e-4fe2-a004-5796c574cfd0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4cb75669-f88d-4374-be51-e4b99e22b64e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--729a7413-3c5b-4637-a97b-9bba9f7734a7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c56cfd62-b8cb-49be-820b-e447a1605106</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9ed67778-6277-4e12-aa3e-29f39a81e67a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9cd8928d-a26d-42c0-8a23-0b10816c5d21</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--36cb5f92-996c-42f4-be7e-43c5e21eee2e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--0048442c-54c9-4816-a2ba-5e9d376d0bf2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--bfbe9c72-f373-4d03-a08a-1448f31dd92f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1e8d1470-1e76-4f6f-b2c9-633800c4478a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4708044d-651a-40c7-a1b2-6d7f13d17d7d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--0d358eda-4f7e-462e-8201-96d8a661001d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9b4be141-9743-4113-a5f6-2d1a019b0eeb</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2f2ed160-9093-4b1f-b781-8660552bf1e5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ee4ce869-6b88-46f8-829a-9838f7607a8f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6d2d8aff-7d23-40bc-bc29-54852baed5f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9e2b0e14-eabd-4eb7-93b0-da238e3786db</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--53491f5a-7062-41f0-a51d-07b52dc8192c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a4242809-30bc-4c00-b247-b6cc11644a07</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--77c81bf1-beef-429a-a426-a716b489383a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b95bc556-c98c-459e-9327-49830ce9c77c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c8eb9196-3134-4954-9331-838556db9aa1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--fdb6acce-e069-4e35-8a4b-f4517924f092</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--98b0a8a6-881d-4f00-84c3-3f70d368067e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--42ce5243-8859-49dc-b221-2674536063ff</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--758e4b0e-3564-4696-8d57-9e3d81198d52</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--31d95dc7-aec7-47a2-bbb4-8b20ca3bc184</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--28304317-cbde-45cd-bf0b-99b5cd8d1478</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--40066e48-f70c-4fbb-a2cf-d7a385171edb</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6e3a93db-d2a6-43b7-9aa6-4dcf972f5e53</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7b4c77fd-f350-48ec-abce-aac3e35c939f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6d9d5a1-5966-4888-b4ce-30b125043c4d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a69cefd7-02e8-4840-a26e-2ea0b6a95812</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a8133527-5402-49e0-a9f1-14ee4fb2dd3f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--992c6fa4-689c-4ce1-883f-f48a8b1c5ccc</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--bff6f104-006e-48e5-ac3f-4633bb3abac5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ece5746f-194b-4564-9f5f-7ebf3b23542e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--111bf5b3-ce1c-4f60-b1b0-deef85fc6a0a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6618b3a-370c-44af-86db-d4640799ed6e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--0b0e244e-9386-4520-b030-9e330c6c1930</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--04fbc0f1-82f0-4311-9c39-6b519b48e7d8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8e20de5b-1b9c-4443-a095-bcdd52ed161e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--085c9205-d55a-4e33-a5df-241e505be32f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4ce71d01-ba3b-4ed2-a615-766daa0ff144</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6ef77d6-cc8b-478c-b7f8-7767bbb58960</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7c96d701-391d-4904-b6ba-941344aaf059</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4476a312-d2c9-459e-96a3-53ac0b676c52</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e6c05bf0-e6d6-46f9-ba38-11b58fbf2f26</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ddebe043-2017-44ba-96e5-cbe87916511b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dec6e0d3-f4ae-48ed-90b9-ee32fd7e8dc6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2867d1e0-cf83-4d83-bc6c-cc03404c3521</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8062d295-9d02-40c5-9ef9-135d08c07a22</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6bd50b74-5852-4800-b459-1c54d95348e3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cbb3d486-b7a3-44f0-a7c7-e2fbf668f6fa</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--421fc6dc-1275-4eca-9950-150ad27d9bfd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b1674dca-753f-45d9-b0de-4c68e459f046</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c1cdc6fb-9b7f-4076-9634-c939ddaef2bf</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9aa716a2-0301-49cd-89c0-a441e5da0551</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f42dbde8-e7a0-41ed-b13c-7ade678fa782</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--114cd15c-a02f-4bac-8ed3-3ae71c1761ec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6fb4668b-9c70-44d2-87a3-43ff2dc699f2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--739bd746-e98b-45cb-8bc6-3c8876745b4a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--86aa8777-e12a-4dab-81ed-354bed18f3db</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d7e3296a-9f95-4061-b3f5-0f02910745ab</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e8bfbaf2-cfa8-41fd-a5ee-48b57026ac7c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--007a370c-be77-49c9-9ca3-25d50de35864</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a3b1f9ea-184b-4429-94c0-d04c3b457b91</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ea9bb66e-1ced-4448-8d64-4184ae1c0ac9</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d11da2b2-1552-4a54-b268-3df1cb877cf6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9396ec3f-2189-44d1-9c88-53ee3603236c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--50a9f608-68aa-4bf2-b24d-2a22f2a96db4</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--76cb5e62-9291-411d-90bf-57642b63f8b8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--07c399a0-e5ad-462d-99b9-f51ce8aa5061</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f10a7842-ddb2-488b-93ac-e53fa6476614</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--99227275-37f5-400f-95ae-b5e17abfb0fd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--72604d06-ac1b-4d57-adb4-f303f2f82055</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3307605e-f2ac-4cfb-be12-5d880e1bfa11</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--79897090-662d-4118-b73a-145f79e31829</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d5926b94-833c-4b29-b611-059f72fcda84</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6c776c7a-0e2f-4963-9485-aa90149ae68e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6d679b6-0777-4541-874c-d81f37d8fb07</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ff9c219a-b8e7-4b0a-8ea5-4f81341375d1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--52a370ec-dca2-45e0-bba7-7384816945e8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--81a49b9b-c8cf-438c-bea0-e09149f50b34</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ab85ff40-2b75-477a-b5ec-f35f2fcde728</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a0bb0e33-c40f-46f5-b64a-07faa6946d83</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7f84f2b8-6ef3-4167-b059-a455d7c40a7d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b755f519-cc0c-44a4-865f-fa9ead44590f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--bfa12b75-13ab-409f-8fe9-a93c8bcac466</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1e72355d-3350-4b60-8c92-2ded50a3fdd1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--983ae9ea-a125-498a-862d-00d5bed2087a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b7b70725-f1d8-4fad-8fc4-fc1b9cbf77ef</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6a60d1be-ab95-46d2-91a7-01703553090e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--413bdb56-913d-42e0-978e-5a48c60f562e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8f5e4bee-0677-41dd-89ad-8a467ae08eec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--155b0dfd-15d5-45bd-a8c4-249adc52f20d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d942e493-32eb-4302-890b-7729f63b7202</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4623e949-e902-4a8c-893b-73e5ab4b57d5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--75a0da5c-9f2b-4e96-bb94-10c30f16a9a2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d4dc642d-922b-4476-ad3f-ba23c43702f5</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--66adf2b9-42aa-401f-8bc3-3830854017ee</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c956f269-d282-4c68-afc6-ca68d8532ab6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e1db1813-109f-4f24-87e3-5d7b5e506dd3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4a7169fa-79d4-4724-ad55-6e9842b7cb94</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1f3c9114-ac86-4c1f-bb64-fb94d65ac78c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4b4a369c-35aa-4389-a218-2034fb043041</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3723c7a3-2ea7-455f-aec5-29300cb7ae64</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--de37eb78-5f35-4327-99d0-ad6546ab0fb6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f3068304-de28-4efa-96a5-a360fc7ffc97</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--369938c8-6b9e-4eb3-8105-eb76a373dc35</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5c280910-f7cf-4e7a-9b99-a592115dbc8b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ccb42e9d-557f-4dc5-b313-75fb6b212821</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4d499685-2a71-4d66-8b44-fae780c3e998</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a180ad2e-e3fa-4cec-a1f0-8baf754d9543</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b2120e89-a453-4575-8458-7700ea59f85a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9bc8daed-e8ea-4c70-95bc-dcb2905b33d3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f12b94b0-ec2f-4eb1-9ea4-8632e41475a1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--a16c57b3-6a4c-4b15-92e9-d2d29f5b7d69</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--63e33566-c46c-45b8-acf1-247327b827e1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--166d394c-6d24-46d3-866e-4f57ca849e90</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ffcee6e2-02dd-4053-92a3-8600dd70445e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7a209f60-7f43-407f-b5bd-7877e10222ee</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--05191336-6d06-41f7-babb-5d079e4168ae</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--93a35555-f71e-4230-9f2a-529a539e8612</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5e90ac48-345b-445a-877f-596737ad7efb</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cbdcf6f3-00c3-4c38-bc7c-ffb6806f0a25</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--38e2eb61-e650-4cdc-8f27-213b39499d34</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--abfa1de9-fcf5-44da-a910-f83273b60813</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8c29fa0f-6b35-40c2-9c99-081a0997db86</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7f8717e8-fea8-42db-b60c-c64375630685</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9b036696-9e1e-42b9-9bfd-3ae785e7e10e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7179bc7d-a2be-4ded-8c4f-88ec8f73e613</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--55699534-c11f-4f9b-8908-a0c7d59160fd</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--04e54116-5787-4bb0-9c4a-2b620a80b5dc</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--384bbe3f-bb48-4bf3-927e-3a95d13eae82</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--36ca4ab8-1a16-4989-89e6-8d20c514c8c7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f2c74903-6770-4f55-9a11-edcf6e00938e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--649ee05c-9f09-47fc-802a-7df2ce362563</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e0ee0af8-96f8-4baf-b0f2-63d4b49938f2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6f77061e-d663-487d-bfca-cd1e1f1d24d7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--4b2e7e2d-e1be-4829-9011-53eb5eca3dc6</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2f0ca83e-1318-4722-88b2-1bffedb5d127</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f44bab9b-554c-4dc7-b57f-4011ce609c2b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cb4c4b76-3f6d-4387-ab20-74b461bbb211</t>
+  </si>
+  <si>
+    <t>AN1784</t>
+  </si>
+  <si>
+    <t>AN1785</t>
+  </si>
+  <si>
+    <t>AN1745</t>
+  </si>
+  <si>
+    <t>AN1746</t>
+  </si>
+  <si>
+    <t>AN1715</t>
+  </si>
+  <si>
+    <t>AN1791</t>
+  </si>
+  <si>
+    <t>AN1792</t>
+  </si>
+  <si>
+    <t>AN1733</t>
+  </si>
+  <si>
+    <t>AN1734</t>
+  </si>
+  <si>
+    <t>AN1758</t>
+  </si>
+  <si>
+    <t>AN1759</t>
+  </si>
+  <si>
+    <t>AN1673</t>
+  </si>
+  <si>
+    <t>AN1674</t>
+  </si>
+  <si>
+    <t>AN1769</t>
+  </si>
+  <si>
+    <t>AN1800</t>
+  </si>
+  <si>
+    <t>AN1712</t>
+  </si>
+  <si>
+    <t>AN1645</t>
+  </si>
+  <si>
+    <t>AN1816</t>
+  </si>
+  <si>
+    <t>AN1817</t>
+  </si>
+  <si>
+    <t>AN1735</t>
+  </si>
+  <si>
+    <t>AN1736</t>
+  </si>
+  <si>
+    <t>AN1798</t>
+  </si>
+  <si>
+    <t>AN1799</t>
+  </si>
+  <si>
+    <t>AN1675</t>
+  </si>
+  <si>
+    <t>AN1676</t>
+  </si>
+  <si>
+    <t>AN1776</t>
+  </si>
+  <si>
+    <t>AN1777</t>
+  </si>
+  <si>
+    <t>AN1699</t>
+  </si>
+  <si>
+    <t>AN1700</t>
+  </si>
+  <si>
+    <t>AN1810</t>
+  </si>
+  <si>
+    <t>AN1811</t>
+  </si>
+  <si>
+    <t>AN1750</t>
+  </si>
+  <si>
+    <t>AN1804</t>
+  </si>
+  <si>
+    <t>AN1805</t>
+  </si>
+  <si>
+    <t>AN1743</t>
+  </si>
+  <si>
+    <t>AN1744</t>
+  </si>
+  <si>
+    <t>AN1765</t>
+  </si>
+  <si>
+    <t>AN1766</t>
+  </si>
+  <si>
+    <t>AN1701</t>
+  </si>
+  <si>
+    <t>AN1667</t>
+  </si>
+  <si>
+    <t>AN1668</t>
+  </si>
+  <si>
+    <t>AN1650</t>
+  </si>
+  <si>
+    <t>AN1651</t>
+  </si>
+  <si>
+    <t>AN1788</t>
+  </si>
+  <si>
+    <t>AN1789</t>
+  </si>
+  <si>
+    <t>AN1713</t>
+  </si>
+  <si>
+    <t>AN1714</t>
+  </si>
+  <si>
+    <t>AN1831</t>
+  </si>
+  <si>
+    <t>AN1832</t>
+  </si>
+  <si>
+    <t>AN1728</t>
+  </si>
+  <si>
+    <t>AN1729</t>
+  </si>
+  <si>
+    <t>AN1755</t>
+  </si>
+  <si>
+    <t>AN1756</t>
+  </si>
+  <si>
+    <t>AN1653</t>
+  </si>
+  <si>
+    <t>AN1654</t>
+  </si>
+  <si>
+    <t>AN1741</t>
+  </si>
+  <si>
+    <t>AN1742</t>
+  </si>
+  <si>
+    <t>AN1705</t>
+  </si>
+  <si>
+    <t>AN1853</t>
+  </si>
+  <si>
+    <t>AN1854</t>
+  </si>
+  <si>
+    <t>AN1838</t>
+  </si>
+  <si>
+    <t>AN1839</t>
+  </si>
+  <si>
+    <t>AN1845</t>
+  </si>
+  <si>
+    <t>AN1846</t>
+  </si>
+  <si>
+    <t>AN1737</t>
+  </si>
+  <si>
+    <t>AN1738</t>
+  </si>
+  <si>
+    <t>AN1806</t>
+  </si>
+  <si>
+    <t>AN1820</t>
+  </si>
+  <si>
+    <t>AN1821</t>
+  </si>
+  <si>
+    <t>AN1757</t>
+  </si>
+  <si>
+    <t>AN1711</t>
+  </si>
+  <si>
+    <t>AN1677</t>
+  </si>
+  <si>
+    <t>AN1678</t>
+  </si>
+  <si>
+    <t>AN1802</t>
+  </si>
+  <si>
+    <t>AN1803</t>
+  </si>
+  <si>
+    <t>AN1646</t>
+  </si>
+  <si>
+    <t>AN1647</t>
+  </si>
+  <si>
+    <t>AN1665</t>
+  </si>
+  <si>
+    <t>AN1666</t>
+  </si>
+  <si>
+    <t>AN1656</t>
+  </si>
+  <si>
+    <t>AN1818</t>
+  </si>
+  <si>
+    <t>AN1819</t>
+  </si>
+  <si>
+    <t>AN1822</t>
+  </si>
+  <si>
+    <t>AN1835</t>
+  </si>
+  <si>
+    <t>AN1836</t>
+  </si>
+  <si>
+    <t>AN1679</t>
+  </si>
+  <si>
+    <t>AN1680</t>
+  </si>
+  <si>
+    <t>AN1797</t>
+  </si>
+  <si>
+    <t>AN1842</t>
+  </si>
+  <si>
+    <t>AN1747</t>
+  </si>
+  <si>
+    <t>AN1748</t>
+  </si>
+  <si>
+    <t>AN1827</t>
+  </si>
+  <si>
+    <t>AN1828</t>
+  </si>
+  <si>
+    <t>AN1808</t>
+  </si>
+  <si>
+    <t>AN1809</t>
+  </si>
+  <si>
+    <t>AN1663</t>
+  </si>
+  <si>
+    <t>AN1664</t>
+  </si>
+  <si>
+    <t>AN1778</t>
+  </si>
+  <si>
+    <t>AN1779</t>
+  </si>
+  <si>
+    <t>AN1708</t>
+  </si>
+  <si>
+    <t>AN1709</t>
+  </si>
+  <si>
+    <t>AN1795</t>
+  </si>
+  <si>
+    <t>AN1796</t>
+  </si>
+  <si>
+    <t>AN1697</t>
+  </si>
+  <si>
+    <t>AN1698</t>
+  </si>
+  <si>
+    <t>AN1644</t>
+  </si>
+  <si>
+    <t>AN1813</t>
+  </si>
+  <si>
+    <t>AN1814</t>
+  </si>
+  <si>
+    <t>AN1851</t>
+  </si>
+  <si>
+    <t>AN1852</t>
+  </si>
+  <si>
+    <t>AN1848</t>
+  </si>
+  <si>
+    <t>AN1849</t>
+  </si>
+  <si>
+    <t>AN1739</t>
+  </si>
+  <si>
+    <t>AN1740</t>
+  </si>
+  <si>
+    <t>AN1833</t>
+  </si>
+  <si>
+    <t>AN1834</t>
+  </si>
+  <si>
+    <t>AN1793</t>
+  </si>
+  <si>
+    <t>AN1794</t>
+  </si>
+  <si>
+    <t>AN1807</t>
+  </si>
+  <si>
+    <t>AN1764</t>
+  </si>
+  <si>
+    <t>AN1685</t>
+  </si>
+  <si>
+    <t>AN1686</t>
+  </si>
+  <si>
+    <t>AN1829</t>
+  </si>
+  <si>
+    <t>AN1830</t>
+  </si>
+  <si>
+    <t>AN1786</t>
+  </si>
+  <si>
+    <t>AN1787</t>
+  </si>
+  <si>
+    <t>AN1850</t>
+  </si>
+  <si>
+    <t>AN1760</t>
+  </si>
+  <si>
+    <t>AN1761</t>
+  </si>
+  <si>
+    <t>AN1702</t>
+  </si>
+  <si>
+    <t>AN1731</t>
+  </si>
+  <si>
+    <t>AN1732</t>
+  </si>
+  <si>
+    <t>AN1727</t>
+  </si>
+  <si>
+    <t>AN1801</t>
+  </si>
+  <si>
+    <t>AN1843</t>
+  </si>
+  <si>
+    <t>AN1844</t>
+  </si>
+  <si>
+    <t>AN1723</t>
+  </si>
+  <si>
+    <t>AN1724</t>
+  </si>
+  <si>
+    <t>AN1770</t>
+  </si>
+  <si>
+    <t>AN1771</t>
+  </si>
+  <si>
+    <t>AN1815</t>
+  </si>
+  <si>
+    <t>AN1683</t>
+  </si>
+  <si>
+    <t>AN1684</t>
+  </si>
+  <si>
+    <t>AN1767</t>
+  </si>
+  <si>
+    <t>AN1768</t>
+  </si>
+  <si>
+    <t>AN1840</t>
+  </si>
+  <si>
+    <t>AN1841</t>
+  </si>
+  <si>
+    <t>AN1710</t>
+  </si>
+  <si>
+    <t>AN1671</t>
+  </si>
+  <si>
+    <t>AN1672</t>
+  </si>
+  <si>
+    <t>AN1661</t>
+  </si>
+  <si>
+    <t>AN1662</t>
+  </si>
+  <si>
+    <t>AN1772</t>
+  </si>
+  <si>
+    <t>AN1773</t>
+  </si>
+  <si>
+    <t>AN1721</t>
+  </si>
+  <si>
+    <t>AN1722</t>
+  </si>
+  <si>
+    <t>AN1691</t>
+  </si>
+  <si>
+    <t>AN1692</t>
+  </si>
+  <si>
+    <t>AN1695</t>
+  </si>
+  <si>
+    <t>AN1696</t>
+  </si>
+  <si>
+    <t>AN1780</t>
+  </si>
+  <si>
+    <t>AN1762</t>
+  </si>
+  <si>
+    <t>AN1763</t>
+  </si>
+  <si>
+    <t>AN1669</t>
+  </si>
+  <si>
+    <t>AN1670</t>
+  </si>
+  <si>
+    <t>AN1716</t>
+  </si>
+  <si>
+    <t>AN1717</t>
+  </si>
+  <si>
+    <t>AN1659</t>
+  </si>
+  <si>
+    <t>AN1660</t>
+  </si>
+  <si>
+    <t>AN1718</t>
+  </si>
+  <si>
+    <t>AN1652</t>
+  </si>
+  <si>
+    <t>AN1689</t>
+  </si>
+  <si>
+    <t>AN1690</t>
+  </si>
+  <si>
+    <t>AN1753</t>
+  </si>
+  <si>
+    <t>AN1754</t>
+  </si>
+  <si>
+    <t>AN1681</t>
+  </si>
+  <si>
+    <t>AN1682</t>
+  </si>
+  <si>
+    <t>AN1812</t>
+  </si>
+  <si>
+    <t>AN1703</t>
+  </si>
+  <si>
+    <t>AN1704</t>
+  </si>
+  <si>
+    <t>AN1781</t>
+  </si>
+  <si>
+    <t>AN1823</t>
+  </si>
+  <si>
+    <t>AN1824</t>
+  </si>
+  <si>
+    <t>AN1847</t>
+  </si>
+  <si>
+    <t>AN1725</t>
+  </si>
+  <si>
+    <t>AN1726</t>
+  </si>
+  <si>
+    <t>AN1730</t>
+  </si>
+  <si>
+    <t>AN1693</t>
+  </si>
+  <si>
+    <t>AN1694</t>
+  </si>
+  <si>
+    <t>AN1774</t>
+  </si>
+  <si>
+    <t>AN1775</t>
+  </si>
+  <si>
+    <t>AN1751</t>
+  </si>
+  <si>
+    <t>AN1752</t>
+  </si>
+  <si>
+    <t>AN1825</t>
+  </si>
+  <si>
+    <t>AN1826</t>
+  </si>
+  <si>
+    <t>AN1749</t>
+  </si>
+  <si>
+    <t>AN1648</t>
+  </si>
+  <si>
+    <t>AN1649</t>
+  </si>
+  <si>
+    <t>AN1687</t>
+  </si>
+  <si>
+    <t>AN1688</t>
+  </si>
+  <si>
+    <t>AN1657</t>
+  </si>
+  <si>
+    <t>AN1658</t>
+  </si>
+  <si>
+    <t>AN1837</t>
+  </si>
+  <si>
+    <t>AN1782</t>
+  </si>
+  <si>
+    <t>AN1783</t>
+  </si>
+  <si>
+    <t>AN1790</t>
+  </si>
+  <si>
+    <t>AN1655</t>
+  </si>
+  <si>
+    <t>AN1719</t>
+  </si>
+  <si>
+    <t>AN1720</t>
+  </si>
+  <si>
+    <t>AN1706</t>
+  </si>
+  <si>
+    <t>AN1707</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1909,3304 +3427,3679 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0697" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0642" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0611" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0605" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0635" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0623" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0685" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0652" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0670" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0667" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0673" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0700" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0654" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0711" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0674" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0703" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0602" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0643" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0619" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0655" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0649" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0712" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0604" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0704" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0721" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0659" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0679" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0633" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0671" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0678" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0660" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0713" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0617" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0630" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0603" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0693" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0710" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0669" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0618" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0614" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0613" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0641" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0627" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0647" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0653" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0698" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0615" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0701" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0629" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0666" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0665" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0663" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0638" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0682" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0637" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0676" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0608" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0648" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0640" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0694" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0719" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0687" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0662" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0651" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0718" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0705" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0612" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0708" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0664" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0661" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0716" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0675" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0645" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0715" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0609" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0717" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0639" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0696" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0706" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0720" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0610" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0688" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0684" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0598" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0692" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0632" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0681" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0631" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0622" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0624" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0702" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0691" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0658" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0599" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0686" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0646" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0707" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0668" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0680" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0600" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0644" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0656" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0677" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0621" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0657" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0628" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0714" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0650" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0625" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0601" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0634" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0636" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0689" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0683" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0626" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0690" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0607" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0699" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0695" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0606" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0616" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0620" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0672" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0709" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H125"/>
+  <dimension ref="A1:I125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:8">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:9">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>257</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="E2" t="s">
+        <v>505</v>
+      </c>
+      <c r="F2" t="s">
+        <v>505</v>
+      </c>
+      <c r="G2" t="s">
+        <v>506</v>
+      </c>
+      <c r="H2" t="s">
+        <v>507</v>
+      </c>
+      <c r="I2" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>258</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F3" t="s">
+        <v>505</v>
+      </c>
+      <c r="G3" t="s">
+        <v>506</v>
+      </c>
+      <c r="H3" t="s">
+        <v>507</v>
+      </c>
+      <c r="I3" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>259</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="E4" t="s">
+        <v>505</v>
+      </c>
+      <c r="F4" t="s">
+        <v>505</v>
+      </c>
+      <c r="G4" t="s">
+        <v>506</v>
+      </c>
+      <c r="H4" t="s">
+        <v>507</v>
+      </c>
+      <c r="I4" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F5" t="s">
+        <v>505</v>
+      </c>
+      <c r="G5" t="s">
+        <v>506</v>
+      </c>
+      <c r="H5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I5" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" t="s">
+        <v>261</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E6" t="s">
+        <v>505</v>
+      </c>
+      <c r="F6" t="s">
+        <v>505</v>
+      </c>
+      <c r="G6" t="s">
+        <v>506</v>
+      </c>
+      <c r="H6" t="s">
+        <v>507</v>
+      </c>
+      <c r="I6" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C7" t="s">
+        <v>262</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="E7" t="s">
+        <v>505</v>
+      </c>
+      <c r="F7" t="s">
+        <v>505</v>
+      </c>
+      <c r="G7" t="s">
+        <v>506</v>
+      </c>
+      <c r="H7" t="s">
+        <v>507</v>
+      </c>
+      <c r="I7" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>139</v>
+      </c>
+      <c r="C8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E8" t="s">
+        <v>505</v>
+      </c>
+      <c r="F8" t="s">
+        <v>505</v>
+      </c>
+      <c r="G8" t="s">
+        <v>506</v>
+      </c>
+      <c r="H8" t="s">
+        <v>507</v>
+      </c>
+      <c r="I8" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" t="s">
+        <v>264</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="E9" t="s">
+        <v>505</v>
+      </c>
+      <c r="F9" t="s">
+        <v>505</v>
+      </c>
+      <c r="G9" t="s">
+        <v>506</v>
+      </c>
+      <c r="H9" t="s">
+        <v>507</v>
+      </c>
+      <c r="I9" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>141</v>
+      </c>
+      <c r="C10" t="s">
+        <v>265</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="E10" t="s">
+        <v>505</v>
+      </c>
+      <c r="F10" t="s">
+        <v>505</v>
+      </c>
+      <c r="G10" t="s">
+        <v>506</v>
+      </c>
+      <c r="H10" t="s">
+        <v>507</v>
+      </c>
+      <c r="I10" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>142</v>
+      </c>
+      <c r="C11" t="s">
+        <v>266</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="E11" t="s">
+        <v>505</v>
+      </c>
+      <c r="F11" t="s">
+        <v>505</v>
+      </c>
+      <c r="G11" t="s">
+        <v>506</v>
+      </c>
+      <c r="H11" t="s">
+        <v>507</v>
+      </c>
+      <c r="I11" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="C12" t="s">
+        <v>267</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="E12" t="s">
+        <v>505</v>
+      </c>
+      <c r="F12" t="s">
+        <v>505</v>
+      </c>
+      <c r="G12" t="s">
+        <v>506</v>
+      </c>
+      <c r="H12" t="s">
+        <v>507</v>
+      </c>
+      <c r="I12" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" t="s">
+        <v>144</v>
+      </c>
+      <c r="C13" t="s">
+        <v>268</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="E13" t="s">
+        <v>505</v>
+      </c>
+      <c r="F13" t="s">
+        <v>505</v>
+      </c>
+      <c r="G13" t="s">
+        <v>506</v>
+      </c>
+      <c r="H13" t="s">
+        <v>507</v>
+      </c>
+      <c r="I13" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C14" t="s">
+        <v>269</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="E14" t="s">
+        <v>505</v>
+      </c>
+      <c r="F14" t="s">
+        <v>505</v>
+      </c>
+      <c r="G14" t="s">
+        <v>506</v>
+      </c>
+      <c r="H14" t="s">
+        <v>507</v>
+      </c>
+      <c r="I14" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>146</v>
+      </c>
+      <c r="C15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="E15" t="s">
+        <v>505</v>
+      </c>
+      <c r="F15" t="s">
+        <v>505</v>
+      </c>
+      <c r="G15" t="s">
+        <v>506</v>
+      </c>
+      <c r="H15" t="s">
+        <v>507</v>
+      </c>
+      <c r="I15" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>147</v>
+      </c>
+      <c r="C16" t="s">
+        <v>271</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="E16" t="s">
+        <v>505</v>
+      </c>
+      <c r="F16" t="s">
+        <v>505</v>
+      </c>
+      <c r="G16" t="s">
+        <v>506</v>
+      </c>
+      <c r="H16" t="s">
+        <v>507</v>
+      </c>
+      <c r="I16" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
+        <v>148</v>
+      </c>
+      <c r="C17" t="s">
+        <v>272</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="E17" t="s">
+        <v>505</v>
+      </c>
+      <c r="F17" t="s">
+        <v>505</v>
+      </c>
+      <c r="G17" t="s">
+        <v>506</v>
+      </c>
+      <c r="H17" t="s">
+        <v>507</v>
+      </c>
+      <c r="I17" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" t="s">
+        <v>149</v>
+      </c>
+      <c r="C18" t="s">
+        <v>273</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="E18" t="s">
+        <v>505</v>
+      </c>
+      <c r="F18" t="s">
+        <v>505</v>
+      </c>
+      <c r="G18" t="s">
+        <v>506</v>
+      </c>
+      <c r="H18" t="s">
+        <v>507</v>
+      </c>
+      <c r="I18" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
+        <v>274</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E19" t="s">
+        <v>505</v>
+      </c>
+      <c r="F19" t="s">
+        <v>505</v>
+      </c>
+      <c r="G19" t="s">
+        <v>506</v>
+      </c>
+      <c r="H19" t="s">
+        <v>507</v>
+      </c>
+      <c r="I19" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="E20" t="s">
+        <v>505</v>
+      </c>
+      <c r="F20" t="s">
+        <v>505</v>
+      </c>
+      <c r="G20" t="s">
+        <v>506</v>
+      </c>
+      <c r="H20" t="s">
+        <v>507</v>
+      </c>
+      <c r="I20" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>276</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E21" t="s">
+        <v>505</v>
+      </c>
+      <c r="F21" t="s">
+        <v>505</v>
+      </c>
+      <c r="G21" t="s">
+        <v>506</v>
+      </c>
+      <c r="H21" t="s">
+        <v>507</v>
+      </c>
+      <c r="I21" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" t="s">
+        <v>277</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="E22" t="s">
+        <v>505</v>
+      </c>
+      <c r="F22" t="s">
+        <v>505</v>
+      </c>
+      <c r="G22" t="s">
+        <v>506</v>
+      </c>
+      <c r="H22" t="s">
+        <v>507</v>
+      </c>
+      <c r="I22" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>278</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="E23" t="s">
+        <v>505</v>
+      </c>
+      <c r="F23" t="s">
+        <v>505</v>
+      </c>
+      <c r="G23" t="s">
+        <v>506</v>
+      </c>
+      <c r="H23" t="s">
+        <v>507</v>
+      </c>
+      <c r="I23" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>279</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E24" t="s">
+        <v>505</v>
+      </c>
+      <c r="F24" t="s">
+        <v>505</v>
+      </c>
+      <c r="G24" t="s">
+        <v>506</v>
+      </c>
+      <c r="H24" t="s">
+        <v>507</v>
+      </c>
+      <c r="I24" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" t="s">
+        <v>280</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="E25" t="s">
+        <v>505</v>
+      </c>
+      <c r="F25" t="s">
+        <v>505</v>
+      </c>
+      <c r="G25" t="s">
+        <v>506</v>
+      </c>
+      <c r="H25" t="s">
+        <v>507</v>
+      </c>
+      <c r="I25" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" t="s">
+        <v>281</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E26" t="s">
+        <v>505</v>
+      </c>
+      <c r="F26" t="s">
+        <v>505</v>
+      </c>
+      <c r="G26" t="s">
+        <v>506</v>
+      </c>
+      <c r="H26" t="s">
+        <v>507</v>
+      </c>
+      <c r="I26" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>282</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="E27" t="s">
+        <v>505</v>
+      </c>
+      <c r="F27" t="s">
+        <v>505</v>
+      </c>
+      <c r="G27" t="s">
+        <v>506</v>
+      </c>
+      <c r="H27" t="s">
+        <v>507</v>
+      </c>
+      <c r="I27" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" t="s">
+        <v>283</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="E28" t="s">
+        <v>505</v>
+      </c>
+      <c r="F28" t="s">
+        <v>505</v>
+      </c>
+      <c r="G28" t="s">
+        <v>506</v>
+      </c>
+      <c r="H28" t="s">
+        <v>507</v>
+      </c>
+      <c r="I28" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" t="s">
+        <v>160</v>
+      </c>
+      <c r="C29" t="s">
+        <v>284</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E29" t="s">
+        <v>505</v>
+      </c>
+      <c r="F29" t="s">
+        <v>505</v>
+      </c>
+      <c r="G29" t="s">
+        <v>506</v>
+      </c>
+      <c r="H29" t="s">
+        <v>507</v>
+      </c>
+      <c r="I29" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>285</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="E30" t="s">
+        <v>505</v>
+      </c>
+      <c r="F30" t="s">
+        <v>505</v>
+      </c>
+      <c r="G30" t="s">
+        <v>506</v>
+      </c>
+      <c r="H30" t="s">
+        <v>507</v>
+      </c>
+      <c r="I30" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>286</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E31" t="s">
+        <v>505</v>
+      </c>
+      <c r="F31" t="s">
+        <v>505</v>
+      </c>
+      <c r="G31" t="s">
+        <v>506</v>
+      </c>
+      <c r="H31" t="s">
+        <v>507</v>
+      </c>
+      <c r="I31" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" t="s">
+        <v>287</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E32" t="s">
+        <v>505</v>
+      </c>
+      <c r="F32" t="s">
+        <v>505</v>
+      </c>
+      <c r="G32" t="s">
+        <v>506</v>
+      </c>
+      <c r="H32" t="s">
+        <v>507</v>
+      </c>
+      <c r="I32" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" t="s">
+        <v>164</v>
+      </c>
+      <c r="C33" t="s">
+        <v>288</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E33" t="s">
+        <v>505</v>
+      </c>
+      <c r="F33" t="s">
+        <v>505</v>
+      </c>
+      <c r="G33" t="s">
+        <v>506</v>
+      </c>
+      <c r="H33" t="s">
+        <v>507</v>
+      </c>
+      <c r="I33" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" t="s">
+        <v>165</v>
+      </c>
+      <c r="C34" t="s">
+        <v>289</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="E34" t="s">
+        <v>505</v>
+      </c>
+      <c r="F34" t="s">
+        <v>505</v>
+      </c>
+      <c r="G34" t="s">
+        <v>506</v>
+      </c>
+      <c r="H34" t="s">
+        <v>507</v>
+      </c>
+      <c r="I34" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" t="s">
+        <v>166</v>
+      </c>
+      <c r="C35" t="s">
+        <v>290</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="E35" t="s">
+        <v>505</v>
+      </c>
+      <c r="F35" t="s">
+        <v>505</v>
+      </c>
+      <c r="G35" t="s">
+        <v>506</v>
+      </c>
+      <c r="H35" t="s">
+        <v>507</v>
+      </c>
+      <c r="I35" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>43</v>
+      </c>
+      <c r="B36" t="s">
+        <v>167</v>
+      </c>
+      <c r="C36" t="s">
+        <v>291</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="E36" t="s">
+        <v>505</v>
+      </c>
+      <c r="F36" t="s">
+        <v>505</v>
+      </c>
+      <c r="G36" t="s">
+        <v>506</v>
+      </c>
+      <c r="H36" t="s">
+        <v>507</v>
+      </c>
+      <c r="I36" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>44</v>
+      </c>
+      <c r="B37" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" t="s">
+        <v>292</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E37" t="s">
+        <v>505</v>
+      </c>
+      <c r="F37" t="s">
+        <v>505</v>
+      </c>
+      <c r="G37" t="s">
+        <v>506</v>
+      </c>
+      <c r="H37" t="s">
+        <v>507</v>
+      </c>
+      <c r="I37" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" t="s">
+        <v>169</v>
+      </c>
+      <c r="C38" t="s">
+        <v>293</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="E38" t="s">
+        <v>505</v>
+      </c>
+      <c r="F38" t="s">
+        <v>505</v>
+      </c>
+      <c r="G38" t="s">
+        <v>506</v>
+      </c>
+      <c r="H38" t="s">
+        <v>507</v>
+      </c>
+      <c r="I38" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" t="s">
+        <v>294</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="E39" t="s">
+        <v>505</v>
+      </c>
+      <c r="F39" t="s">
+        <v>505</v>
+      </c>
+      <c r="G39" t="s">
+        <v>506</v>
+      </c>
+      <c r="H39" t="s">
+        <v>507</v>
+      </c>
+      <c r="I39" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" t="s">
+        <v>171</v>
+      </c>
+      <c r="C40" t="s">
+        <v>295</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="E40" t="s">
+        <v>505</v>
+      </c>
+      <c r="F40" t="s">
+        <v>505</v>
+      </c>
+      <c r="G40" t="s">
+        <v>506</v>
+      </c>
+      <c r="H40" t="s">
+        <v>507</v>
+      </c>
+      <c r="I40" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" t="s">
+        <v>172</v>
+      </c>
+      <c r="C41" t="s">
+        <v>296</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E41" t="s">
+        <v>505</v>
+      </c>
+      <c r="F41" t="s">
+        <v>505</v>
+      </c>
+      <c r="G41" t="s">
+        <v>506</v>
+      </c>
+      <c r="H41" t="s">
+        <v>507</v>
+      </c>
+      <c r="I41" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>49</v>
+      </c>
+      <c r="B42" t="s">
+        <v>173</v>
+      </c>
+      <c r="C42" t="s">
+        <v>297</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="E42" t="s">
+        <v>505</v>
+      </c>
+      <c r="F42" t="s">
+        <v>505</v>
+      </c>
+      <c r="G42" t="s">
+        <v>506</v>
+      </c>
+      <c r="H42" t="s">
+        <v>507</v>
+      </c>
+      <c r="I42" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>50</v>
+      </c>
+      <c r="B43" t="s">
+        <v>174</v>
+      </c>
+      <c r="C43" t="s">
+        <v>298</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="E43" t="s">
+        <v>505</v>
+      </c>
+      <c r="F43" t="s">
+        <v>505</v>
+      </c>
+      <c r="G43" t="s">
+        <v>506</v>
+      </c>
+      <c r="H43" t="s">
+        <v>507</v>
+      </c>
+      <c r="I43" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="B44" t="s">
+        <v>175</v>
+      </c>
+      <c r="C44" t="s">
+        <v>299</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E44" t="s">
+        <v>505</v>
+      </c>
+      <c r="F44" t="s">
+        <v>505</v>
+      </c>
+      <c r="G44" t="s">
+        <v>506</v>
+      </c>
+      <c r="H44" t="s">
+        <v>507</v>
+      </c>
+      <c r="I44" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>52</v>
+      </c>
+      <c r="B45" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" t="s">
+        <v>300</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="E45" t="s">
+        <v>505</v>
+      </c>
+      <c r="F45" t="s">
+        <v>505</v>
+      </c>
+      <c r="G45" t="s">
+        <v>506</v>
+      </c>
+      <c r="H45" t="s">
+        <v>507</v>
+      </c>
+      <c r="I45" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" t="s">
+        <v>177</v>
+      </c>
+      <c r="C46" t="s">
+        <v>301</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="E46" t="s">
+        <v>505</v>
+      </c>
+      <c r="F46" t="s">
+        <v>505</v>
+      </c>
+      <c r="G46" t="s">
+        <v>506</v>
+      </c>
+      <c r="H46" t="s">
+        <v>507</v>
+      </c>
+      <c r="I46" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>54</v>
+      </c>
+      <c r="B47" t="s">
+        <v>178</v>
+      </c>
+      <c r="C47" t="s">
+        <v>302</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E47" t="s">
+        <v>505</v>
+      </c>
+      <c r="F47" t="s">
+        <v>505</v>
+      </c>
+      <c r="G47" t="s">
+        <v>506</v>
+      </c>
+      <c r="H47" t="s">
+        <v>507</v>
+      </c>
+      <c r="I47" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>55</v>
+      </c>
+      <c r="B48" t="s">
+        <v>179</v>
+      </c>
+      <c r="C48" t="s">
+        <v>303</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="E48" t="s">
+        <v>505</v>
+      </c>
+      <c r="F48" t="s">
+        <v>505</v>
+      </c>
+      <c r="G48" t="s">
+        <v>506</v>
+      </c>
+      <c r="H48" t="s">
+        <v>507</v>
+      </c>
+      <c r="I48" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>56</v>
+      </c>
+      <c r="B49" t="s">
+        <v>180</v>
+      </c>
+      <c r="C49" t="s">
+        <v>304</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="E49" t="s">
+        <v>505</v>
+      </c>
+      <c r="F49" t="s">
+        <v>505</v>
+      </c>
+      <c r="G49" t="s">
+        <v>506</v>
+      </c>
+      <c r="H49" t="s">
+        <v>507</v>
+      </c>
+      <c r="I49" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>57</v>
+      </c>
+      <c r="B50" t="s">
+        <v>181</v>
+      </c>
+      <c r="C50" t="s">
+        <v>305</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="E50" t="s">
+        <v>505</v>
+      </c>
+      <c r="F50" t="s">
+        <v>505</v>
+      </c>
+      <c r="G50" t="s">
+        <v>506</v>
+      </c>
+      <c r="H50" t="s">
+        <v>507</v>
+      </c>
+      <c r="I50" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>58</v>
+      </c>
+      <c r="B51" t="s">
+        <v>182</v>
+      </c>
+      <c r="C51" t="s">
+        <v>306</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="E51" t="s">
+        <v>505</v>
+      </c>
+      <c r="F51" t="s">
+        <v>505</v>
+      </c>
+      <c r="G51" t="s">
+        <v>506</v>
+      </c>
+      <c r="H51" t="s">
+        <v>507</v>
+      </c>
+      <c r="I51" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>59</v>
+      </c>
+      <c r="B52" t="s">
+        <v>183</v>
+      </c>
+      <c r="C52" t="s">
+        <v>307</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="E52" t="s">
+        <v>505</v>
+      </c>
+      <c r="F52" t="s">
+        <v>505</v>
+      </c>
+      <c r="G52" t="s">
+        <v>506</v>
+      </c>
+      <c r="H52" t="s">
+        <v>507</v>
+      </c>
+      <c r="I52" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>60</v>
+      </c>
+      <c r="B53" t="s">
+        <v>184</v>
+      </c>
+      <c r="C53" t="s">
+        <v>308</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="E53" t="s">
+        <v>505</v>
+      </c>
+      <c r="F53" t="s">
+        <v>505</v>
+      </c>
+      <c r="G53" t="s">
+        <v>506</v>
+      </c>
+      <c r="H53" t="s">
+        <v>507</v>
+      </c>
+      <c r="I53" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" t="s">
+        <v>185</v>
+      </c>
+      <c r="C54" t="s">
+        <v>309</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="E54" t="s">
+        <v>505</v>
+      </c>
+      <c r="F54" t="s">
+        <v>505</v>
+      </c>
+      <c r="G54" t="s">
+        <v>506</v>
+      </c>
+      <c r="H54" t="s">
+        <v>507</v>
+      </c>
+      <c r="I54" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>62</v>
+      </c>
+      <c r="B55" t="s">
+        <v>186</v>
+      </c>
+      <c r="C55" t="s">
+        <v>310</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="E55" t="s">
+        <v>505</v>
+      </c>
+      <c r="F55" t="s">
+        <v>505</v>
+      </c>
+      <c r="G55" t="s">
+        <v>506</v>
+      </c>
+      <c r="H55" t="s">
+        <v>507</v>
+      </c>
+      <c r="I55" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>63</v>
+      </c>
+      <c r="B56" t="s">
+        <v>187</v>
+      </c>
+      <c r="C56" t="s">
+        <v>311</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E56" t="s">
+        <v>505</v>
+      </c>
+      <c r="F56" t="s">
+        <v>505</v>
+      </c>
+      <c r="G56" t="s">
+        <v>506</v>
+      </c>
+      <c r="H56" t="s">
+        <v>507</v>
+      </c>
+      <c r="I56" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>64</v>
+      </c>
+      <c r="B57" t="s">
+        <v>188</v>
+      </c>
+      <c r="C57" t="s">
+        <v>312</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="E57" t="s">
+        <v>505</v>
+      </c>
+      <c r="F57" t="s">
+        <v>505</v>
+      </c>
+      <c r="G57" t="s">
+        <v>506</v>
+      </c>
+      <c r="H57" t="s">
+        <v>507</v>
+      </c>
+      <c r="I57" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>65</v>
+      </c>
+      <c r="B58" t="s">
+        <v>189</v>
+      </c>
+      <c r="C58" t="s">
+        <v>313</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E58" t="s">
+        <v>505</v>
+      </c>
+      <c r="F58" t="s">
+        <v>505</v>
+      </c>
+      <c r="G58" t="s">
+        <v>506</v>
+      </c>
+      <c r="H58" t="s">
+        <v>507</v>
+      </c>
+      <c r="I58" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" t="s">
+        <v>190</v>
+      </c>
+      <c r="C59" t="s">
+        <v>314</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E59" t="s">
+        <v>505</v>
+      </c>
+      <c r="F59" t="s">
+        <v>505</v>
+      </c>
+      <c r="G59" t="s">
+        <v>506</v>
+      </c>
+      <c r="H59" t="s">
+        <v>507</v>
+      </c>
+      <c r="I59" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>67</v>
+      </c>
+      <c r="B60" t="s">
+        <v>191</v>
+      </c>
+      <c r="C60" t="s">
+        <v>315</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="E60" t="s">
+        <v>505</v>
+      </c>
+      <c r="F60" t="s">
+        <v>505</v>
+      </c>
+      <c r="G60" t="s">
+        <v>506</v>
+      </c>
+      <c r="H60" t="s">
+        <v>507</v>
+      </c>
+      <c r="I60" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" t="s">
+        <v>192</v>
+      </c>
+      <c r="C61" t="s">
+        <v>316</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E61" t="s">
+        <v>505</v>
+      </c>
+      <c r="F61" t="s">
+        <v>505</v>
+      </c>
+      <c r="G61" t="s">
+        <v>506</v>
+      </c>
+      <c r="H61" t="s">
+        <v>507</v>
+      </c>
+      <c r="I61" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" t="s">
+        <v>193</v>
+      </c>
+      <c r="C62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E62" t="s">
+        <v>505</v>
+      </c>
+      <c r="F62" t="s">
+        <v>505</v>
+      </c>
+      <c r="G62" t="s">
+        <v>506</v>
+      </c>
+      <c r="H62" t="s">
+        <v>507</v>
+      </c>
+      <c r="I62" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>70</v>
+      </c>
+      <c r="B63" t="s">
+        <v>194</v>
+      </c>
+      <c r="C63" t="s">
+        <v>318</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="E63" t="s">
+        <v>505</v>
+      </c>
+      <c r="F63" t="s">
+        <v>505</v>
+      </c>
+      <c r="G63" t="s">
+        <v>506</v>
+      </c>
+      <c r="H63" t="s">
+        <v>507</v>
+      </c>
+      <c r="I63" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>71</v>
+      </c>
+      <c r="B64" t="s">
+        <v>195</v>
+      </c>
+      <c r="C64" t="s">
+        <v>319</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="E64" t="s">
+        <v>505</v>
+      </c>
+      <c r="F64" t="s">
+        <v>505</v>
+      </c>
+      <c r="G64" t="s">
+        <v>506</v>
+      </c>
+      <c r="H64" t="s">
+        <v>507</v>
+      </c>
+      <c r="I64" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>72</v>
+      </c>
+      <c r="B65" t="s">
+        <v>196</v>
+      </c>
+      <c r="C65" t="s">
+        <v>320</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E65" t="s">
+        <v>505</v>
+      </c>
+      <c r="F65" t="s">
+        <v>505</v>
+      </c>
+      <c r="G65" t="s">
+        <v>506</v>
+      </c>
+      <c r="H65" t="s">
+        <v>507</v>
+      </c>
+      <c r="I65" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>73</v>
+      </c>
+      <c r="B66" t="s">
+        <v>197</v>
+      </c>
+      <c r="C66" t="s">
+        <v>321</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="E66" t="s">
+        <v>505</v>
+      </c>
+      <c r="F66" t="s">
+        <v>505</v>
+      </c>
+      <c r="G66" t="s">
+        <v>506</v>
+      </c>
+      <c r="H66" t="s">
+        <v>507</v>
+      </c>
+      <c r="I66" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>74</v>
+      </c>
+      <c r="B67" t="s">
+        <v>198</v>
+      </c>
+      <c r="C67" t="s">
+        <v>322</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="E67" t="s">
+        <v>505</v>
+      </c>
+      <c r="F67" t="s">
+        <v>505</v>
+      </c>
+      <c r="G67" t="s">
+        <v>506</v>
+      </c>
+      <c r="H67" t="s">
+        <v>507</v>
+      </c>
+      <c r="I67" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>75</v>
+      </c>
+      <c r="B68" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" t="s">
+        <v>323</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E68" t="s">
+        <v>505</v>
+      </c>
+      <c r="F68" t="s">
+        <v>505</v>
+      </c>
+      <c r="G68" t="s">
+        <v>506</v>
+      </c>
+      <c r="H68" t="s">
+        <v>507</v>
+      </c>
+      <c r="I68" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>76</v>
+      </c>
+      <c r="B69" t="s">
+        <v>200</v>
+      </c>
+      <c r="C69" t="s">
+        <v>324</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="E69" t="s">
+        <v>505</v>
+      </c>
+      <c r="F69" t="s">
+        <v>505</v>
+      </c>
+      <c r="G69" t="s">
+        <v>506</v>
+      </c>
+      <c r="H69" t="s">
+        <v>507</v>
+      </c>
+      <c r="I69" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>77</v>
+      </c>
+      <c r="B70" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" t="s">
+        <v>325</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="E70" t="s">
+        <v>505</v>
+      </c>
+      <c r="F70" t="s">
+        <v>505</v>
+      </c>
+      <c r="G70" t="s">
+        <v>506</v>
+      </c>
+      <c r="H70" t="s">
+        <v>507</v>
+      </c>
+      <c r="I70" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>78</v>
+      </c>
+      <c r="B71" t="s">
+        <v>202</v>
+      </c>
+      <c r="C71" t="s">
+        <v>326</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E71" t="s">
+        <v>505</v>
+      </c>
+      <c r="F71" t="s">
+        <v>505</v>
+      </c>
+      <c r="G71" t="s">
+        <v>506</v>
+      </c>
+      <c r="H71" t="s">
+        <v>507</v>
+      </c>
+      <c r="I71" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>79</v>
+      </c>
+      <c r="B72" t="s">
+        <v>203</v>
+      </c>
+      <c r="C72" t="s">
+        <v>327</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="E72" t="s">
+        <v>505</v>
+      </c>
+      <c r="F72" t="s">
+        <v>505</v>
+      </c>
+      <c r="G72" t="s">
+        <v>506</v>
+      </c>
+      <c r="H72" t="s">
+        <v>507</v>
+      </c>
+      <c r="I72" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>80</v>
+      </c>
+      <c r="B73" t="s">
+        <v>204</v>
+      </c>
+      <c r="C73" t="s">
+        <v>328</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="E73" t="s">
+        <v>505</v>
+      </c>
+      <c r="F73" t="s">
+        <v>505</v>
+      </c>
+      <c r="G73" t="s">
+        <v>506</v>
+      </c>
+      <c r="H73" t="s">
+        <v>507</v>
+      </c>
+      <c r="I73" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>81</v>
+      </c>
+      <c r="B74" t="s">
+        <v>205</v>
+      </c>
+      <c r="C74" t="s">
+        <v>329</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="E74" t="s">
+        <v>505</v>
+      </c>
+      <c r="F74" t="s">
+        <v>505</v>
+      </c>
+      <c r="G74" t="s">
+        <v>506</v>
+      </c>
+      <c r="H74" t="s">
+        <v>507</v>
+      </c>
+      <c r="I74" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>82</v>
+      </c>
+      <c r="B75" t="s">
+        <v>206</v>
+      </c>
+      <c r="C75" t="s">
+        <v>330</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="E75" t="s">
+        <v>505</v>
+      </c>
+      <c r="F75" t="s">
+        <v>505</v>
+      </c>
+      <c r="G75" t="s">
+        <v>506</v>
+      </c>
+      <c r="H75" t="s">
+        <v>507</v>
+      </c>
+      <c r="I75" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>83</v>
+      </c>
+      <c r="B76" t="s">
+        <v>207</v>
+      </c>
+      <c r="C76" t="s">
+        <v>331</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="E76" t="s">
+        <v>505</v>
+      </c>
+      <c r="F76" t="s">
+        <v>505</v>
+      </c>
+      <c r="G76" t="s">
+        <v>506</v>
+      </c>
+      <c r="H76" t="s">
+        <v>507</v>
+      </c>
+      <c r="I76" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>84</v>
+      </c>
+      <c r="B77" t="s">
+        <v>208</v>
+      </c>
+      <c r="C77" t="s">
+        <v>332</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E77" t="s">
+        <v>505</v>
+      </c>
+      <c r="F77" t="s">
+        <v>505</v>
+      </c>
+      <c r="G77" t="s">
+        <v>506</v>
+      </c>
+      <c r="H77" t="s">
+        <v>507</v>
+      </c>
+      <c r="I77" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>85</v>
+      </c>
+      <c r="B78" t="s">
+        <v>209</v>
+      </c>
+      <c r="C78" t="s">
+        <v>333</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="E78" t="s">
+        <v>505</v>
+      </c>
+      <c r="F78" t="s">
+        <v>505</v>
+      </c>
+      <c r="G78" t="s">
+        <v>506</v>
+      </c>
+      <c r="H78" t="s">
+        <v>507</v>
+      </c>
+      <c r="I78" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>86</v>
+      </c>
+      <c r="B79" t="s">
+        <v>210</v>
+      </c>
+      <c r="C79" t="s">
+        <v>334</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="E79" t="s">
+        <v>505</v>
+      </c>
+      <c r="F79" t="s">
+        <v>505</v>
+      </c>
+      <c r="G79" t="s">
+        <v>506</v>
+      </c>
+      <c r="H79" t="s">
+        <v>507</v>
+      </c>
+      <c r="I79" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>87</v>
+      </c>
+      <c r="B80" t="s">
+        <v>211</v>
+      </c>
+      <c r="C80" t="s">
+        <v>335</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="E80" t="s">
+        <v>505</v>
+      </c>
+      <c r="F80" t="s">
+        <v>505</v>
+      </c>
+      <c r="G80" t="s">
+        <v>506</v>
+      </c>
+      <c r="H80" t="s">
+        <v>507</v>
+      </c>
+      <c r="I80" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>88</v>
+      </c>
+      <c r="B81" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" t="s">
+        <v>336</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="E81" t="s">
+        <v>505</v>
+      </c>
+      <c r="F81" t="s">
+        <v>505</v>
+      </c>
+      <c r="G81" t="s">
+        <v>506</v>
+      </c>
+      <c r="H81" t="s">
+        <v>507</v>
+      </c>
+      <c r="I81" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>89</v>
+      </c>
+      <c r="B82" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" t="s">
+        <v>337</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="E82" t="s">
+        <v>505</v>
+      </c>
+      <c r="F82" t="s">
+        <v>505</v>
+      </c>
+      <c r="G82" t="s">
+        <v>506</v>
+      </c>
+      <c r="H82" t="s">
+        <v>507</v>
+      </c>
+      <c r="I82" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>90</v>
+      </c>
+      <c r="B83" t="s">
+        <v>214</v>
+      </c>
+      <c r="C83" t="s">
+        <v>338</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E83" t="s">
+        <v>505</v>
+      </c>
+      <c r="F83" t="s">
+        <v>505</v>
+      </c>
+      <c r="G83" t="s">
+        <v>506</v>
+      </c>
+      <c r="H83" t="s">
+        <v>507</v>
+      </c>
+      <c r="I83" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
+        <v>91</v>
+      </c>
+      <c r="B84" t="s">
+        <v>215</v>
+      </c>
+      <c r="C84" t="s">
+        <v>339</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="E84" t="s">
+        <v>505</v>
+      </c>
+      <c r="F84" t="s">
+        <v>505</v>
+      </c>
+      <c r="G84" t="s">
+        <v>506</v>
+      </c>
+      <c r="H84" t="s">
+        <v>507</v>
+      </c>
+      <c r="I84" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>92</v>
+      </c>
+      <c r="B85" t="s">
+        <v>216</v>
+      </c>
+      <c r="C85" t="s">
+        <v>340</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="E85" t="s">
+        <v>505</v>
+      </c>
+      <c r="F85" t="s">
+        <v>505</v>
+      </c>
+      <c r="G85" t="s">
+        <v>506</v>
+      </c>
+      <c r="H85" t="s">
+        <v>507</v>
+      </c>
+      <c r="I85" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>93</v>
+      </c>
+      <c r="B86" t="s">
+        <v>217</v>
+      </c>
+      <c r="C86" t="s">
+        <v>341</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E86" t="s">
+        <v>505</v>
+      </c>
+      <c r="F86" t="s">
+        <v>505</v>
+      </c>
+      <c r="G86" t="s">
+        <v>506</v>
+      </c>
+      <c r="H86" t="s">
+        <v>507</v>
+      </c>
+      <c r="I86" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>94</v>
+      </c>
+      <c r="B87" t="s">
+        <v>218</v>
+      </c>
+      <c r="C87" t="s">
+        <v>342</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="E87" t="s">
+        <v>505</v>
+      </c>
+      <c r="F87" t="s">
+        <v>505</v>
+      </c>
+      <c r="G87" t="s">
+        <v>506</v>
+      </c>
+      <c r="H87" t="s">
+        <v>507</v>
+      </c>
+      <c r="I87" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>95</v>
+      </c>
+      <c r="B88" t="s">
+        <v>219</v>
+      </c>
+      <c r="C88" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="E88" t="s">
+        <v>505</v>
+      </c>
+      <c r="F88" t="s">
+        <v>505</v>
+      </c>
+      <c r="G88" t="s">
+        <v>506</v>
+      </c>
+      <c r="H88" t="s">
+        <v>507</v>
+      </c>
+      <c r="I88" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>96</v>
+      </c>
+      <c r="B89" t="s">
+        <v>220</v>
+      </c>
+      <c r="C89" t="s">
+        <v>344</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E89" t="s">
+        <v>505</v>
+      </c>
+      <c r="F89" t="s">
+        <v>505</v>
+      </c>
+      <c r="G89" t="s">
+        <v>506</v>
+      </c>
+      <c r="H89" t="s">
+        <v>507</v>
+      </c>
+      <c r="I89" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>97</v>
+      </c>
+      <c r="B90" t="s">
+        <v>221</v>
+      </c>
+      <c r="C90" t="s">
+        <v>345</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="E90" t="s">
+        <v>505</v>
+      </c>
+      <c r="F90" t="s">
+        <v>505</v>
+      </c>
+      <c r="G90" t="s">
+        <v>506</v>
+      </c>
+      <c r="H90" t="s">
+        <v>507</v>
+      </c>
+      <c r="I90" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>98</v>
+      </c>
+      <c r="B91" t="s">
+        <v>222</v>
+      </c>
+      <c r="C91" t="s">
+        <v>346</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="E91" t="s">
+        <v>505</v>
+      </c>
+      <c r="F91" t="s">
+        <v>505</v>
+      </c>
+      <c r="G91" t="s">
+        <v>506</v>
+      </c>
+      <c r="H91" t="s">
+        <v>507</v>
+      </c>
+      <c r="I91" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9">
+      <c r="A92" t="s">
+        <v>99</v>
+      </c>
+      <c r="B92" t="s">
+        <v>223</v>
+      </c>
+      <c r="C92" t="s">
+        <v>347</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E92" t="s">
+        <v>505</v>
+      </c>
+      <c r="F92" t="s">
+        <v>505</v>
+      </c>
+      <c r="G92" t="s">
+        <v>506</v>
+      </c>
+      <c r="H92" t="s">
+        <v>507</v>
+      </c>
+      <c r="I92" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>100</v>
+      </c>
+      <c r="B93" t="s">
+        <v>224</v>
+      </c>
+      <c r="C93" t="s">
+        <v>348</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="E93" t="s">
+        <v>505</v>
+      </c>
+      <c r="F93" t="s">
+        <v>505</v>
+      </c>
+      <c r="G93" t="s">
+        <v>506</v>
+      </c>
+      <c r="H93" t="s">
+        <v>507</v>
+      </c>
+      <c r="I93" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>101</v>
+      </c>
+      <c r="B94" t="s">
+        <v>225</v>
+      </c>
+      <c r="C94" t="s">
+        <v>349</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="E94" t="s">
+        <v>505</v>
+      </c>
+      <c r="F94" t="s">
+        <v>505</v>
+      </c>
+      <c r="G94" t="s">
+        <v>506</v>
+      </c>
+      <c r="H94" t="s">
+        <v>507</v>
+      </c>
+      <c r="I94" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>102</v>
+      </c>
+      <c r="B95" t="s">
+        <v>226</v>
+      </c>
+      <c r="C95" t="s">
+        <v>350</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="E95" t="s">
+        <v>505</v>
+      </c>
+      <c r="F95" t="s">
+        <v>505</v>
+      </c>
+      <c r="G95" t="s">
+        <v>506</v>
+      </c>
+      <c r="H95" t="s">
+        <v>507</v>
+      </c>
+      <c r="I95" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>103</v>
+      </c>
+      <c r="B96" t="s">
+        <v>227</v>
+      </c>
+      <c r="C96" t="s">
+        <v>351</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="E96" t="s">
+        <v>505</v>
+      </c>
+      <c r="F96" t="s">
+        <v>505</v>
+      </c>
+      <c r="G96" t="s">
+        <v>506</v>
+      </c>
+      <c r="H96" t="s">
+        <v>507</v>
+      </c>
+      <c r="I96" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>104</v>
+      </c>
+      <c r="B97" t="s">
+        <v>228</v>
+      </c>
+      <c r="C97" t="s">
+        <v>352</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E97" t="s">
+        <v>505</v>
+      </c>
+      <c r="F97" t="s">
+        <v>505</v>
+      </c>
+      <c r="G97" t="s">
+        <v>506</v>
+      </c>
+      <c r="H97" t="s">
+        <v>507</v>
+      </c>
+      <c r="I97" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>105</v>
+      </c>
+      <c r="B98" t="s">
+        <v>229</v>
+      </c>
+      <c r="C98" t="s">
+        <v>353</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E98" t="s">
+        <v>505</v>
+      </c>
+      <c r="F98" t="s">
+        <v>505</v>
+      </c>
+      <c r="G98" t="s">
+        <v>506</v>
+      </c>
+      <c r="H98" t="s">
+        <v>507</v>
+      </c>
+      <c r="I98" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>106</v>
+      </c>
+      <c r="B99" t="s">
+        <v>230</v>
+      </c>
+      <c r="C99" t="s">
+        <v>354</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="E99" t="s">
+        <v>505</v>
+      </c>
+      <c r="F99" t="s">
+        <v>505</v>
+      </c>
+      <c r="G99" t="s">
+        <v>506</v>
+      </c>
+      <c r="H99" t="s">
+        <v>507</v>
+      </c>
+      <c r="I99" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>107</v>
+      </c>
+      <c r="B100" t="s">
+        <v>231</v>
+      </c>
+      <c r="C100" t="s">
+        <v>355</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="E100" t="s">
+        <v>505</v>
+      </c>
+      <c r="F100" t="s">
+        <v>505</v>
+      </c>
+      <c r="G100" t="s">
+        <v>506</v>
+      </c>
+      <c r="H100" t="s">
+        <v>507</v>
+      </c>
+      <c r="I100" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>108</v>
+      </c>
+      <c r="B101" t="s">
+        <v>232</v>
+      </c>
+      <c r="C101" t="s">
+        <v>356</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E101" t="s">
+        <v>505</v>
+      </c>
+      <c r="F101" t="s">
+        <v>505</v>
+      </c>
+      <c r="G101" t="s">
+        <v>506</v>
+      </c>
+      <c r="H101" t="s">
+        <v>507</v>
+      </c>
+      <c r="I101" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>109</v>
+      </c>
+      <c r="B102" t="s">
+        <v>233</v>
+      </c>
+      <c r="C102" t="s">
+        <v>357</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="E102" t="s">
+        <v>505</v>
+      </c>
+      <c r="F102" t="s">
+        <v>505</v>
+      </c>
+      <c r="G102" t="s">
+        <v>506</v>
+      </c>
+      <c r="H102" t="s">
+        <v>507</v>
+      </c>
+      <c r="I102" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9">
+      <c r="A103" t="s">
+        <v>110</v>
+      </c>
+      <c r="B103" t="s">
+        <v>234</v>
+      </c>
+      <c r="C103" t="s">
+        <v>358</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="E103" t="s">
+        <v>505</v>
+      </c>
+      <c r="F103" t="s">
+        <v>505</v>
+      </c>
+      <c r="G103" t="s">
+        <v>506</v>
+      </c>
+      <c r="H103" t="s">
+        <v>507</v>
+      </c>
+      <c r="I103" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>111</v>
+      </c>
+      <c r="B104" t="s">
+        <v>235</v>
+      </c>
+      <c r="C104" t="s">
+        <v>359</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E104" t="s">
+        <v>505</v>
+      </c>
+      <c r="F104" t="s">
+        <v>505</v>
+      </c>
+      <c r="G104" t="s">
+        <v>506</v>
+      </c>
+      <c r="H104" t="s">
+        <v>507</v>
+      </c>
+      <c r="I104" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" t="s">
+        <v>112</v>
+      </c>
+      <c r="B105" t="s">
+        <v>236</v>
+      </c>
+      <c r="C105" t="s">
+        <v>360</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="E105" t="s">
+        <v>505</v>
+      </c>
+      <c r="F105" t="s">
+        <v>505</v>
+      </c>
+      <c r="G105" t="s">
+        <v>506</v>
+      </c>
+      <c r="H105" t="s">
+        <v>507</v>
+      </c>
+      <c r="I105" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" t="s">
+        <v>113</v>
+      </c>
+      <c r="B106" t="s">
+        <v>237</v>
+      </c>
+      <c r="C106" t="s">
+        <v>361</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="E106" t="s">
+        <v>505</v>
+      </c>
+      <c r="F106" t="s">
+        <v>505</v>
+      </c>
+      <c r="G106" t="s">
+        <v>506</v>
+      </c>
+      <c r="H106" t="s">
+        <v>507</v>
+      </c>
+      <c r="I106" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" t="s">
+        <v>114</v>
+      </c>
+      <c r="B107" t="s">
+        <v>238</v>
+      </c>
+      <c r="C107" t="s">
+        <v>362</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="E107" t="s">
+        <v>505</v>
+      </c>
+      <c r="F107" t="s">
+        <v>505</v>
+      </c>
+      <c r="G107" t="s">
+        <v>506</v>
+      </c>
+      <c r="H107" t="s">
+        <v>507</v>
+      </c>
+      <c r="I107" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" t="s">
+        <v>115</v>
+      </c>
+      <c r="B108" t="s">
+        <v>239</v>
+      </c>
+      <c r="C108" t="s">
+        <v>363</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="E108" t="s">
+        <v>505</v>
+      </c>
+      <c r="F108" t="s">
+        <v>505</v>
+      </c>
+      <c r="G108" t="s">
+        <v>506</v>
+      </c>
+      <c r="H108" t="s">
+        <v>507</v>
+      </c>
+      <c r="I108" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" t="s">
+        <v>116</v>
+      </c>
+      <c r="B109" t="s">
+        <v>240</v>
+      </c>
+      <c r="C109" t="s">
+        <v>364</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="E109" t="s">
+        <v>505</v>
+      </c>
+      <c r="F109" t="s">
+        <v>505</v>
+      </c>
+      <c r="G109" t="s">
+        <v>506</v>
+      </c>
+      <c r="H109" t="s">
+        <v>507</v>
+      </c>
+      <c r="I109" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" t="s">
+        <v>117</v>
+      </c>
+      <c r="B110" t="s">
+        <v>241</v>
+      </c>
+      <c r="C110" t="s">
+        <v>365</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="E110" t="s">
+        <v>505</v>
+      </c>
+      <c r="F110" t="s">
+        <v>505</v>
+      </c>
+      <c r="G110" t="s">
+        <v>506</v>
+      </c>
+      <c r="H110" t="s">
+        <v>507</v>
+      </c>
+      <c r="I110" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" t="s">
+        <v>118</v>
+      </c>
+      <c r="B111" t="s">
+        <v>242</v>
+      </c>
+      <c r="C111" t="s">
+        <v>366</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="E111" t="s">
+        <v>505</v>
+      </c>
+      <c r="F111" t="s">
+        <v>505</v>
+      </c>
+      <c r="G111" t="s">
+        <v>506</v>
+      </c>
+      <c r="H111" t="s">
+        <v>507</v>
+      </c>
+      <c r="I111" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" t="s">
+        <v>119</v>
+      </c>
+      <c r="B112" t="s">
+        <v>243</v>
+      </c>
+      <c r="C112" t="s">
+        <v>367</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="E112" t="s">
+        <v>505</v>
+      </c>
+      <c r="F112" t="s">
+        <v>505</v>
+      </c>
+      <c r="G112" t="s">
+        <v>506</v>
+      </c>
+      <c r="H112" t="s">
+        <v>507</v>
+      </c>
+      <c r="I112" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" t="s">
+        <v>120</v>
+      </c>
+      <c r="B113" t="s">
+        <v>244</v>
+      </c>
+      <c r="C113" t="s">
+        <v>368</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="E113" t="s">
+        <v>505</v>
+      </c>
+      <c r="F113" t="s">
+        <v>505</v>
+      </c>
+      <c r="G113" t="s">
+        <v>506</v>
+      </c>
+      <c r="H113" t="s">
+        <v>507</v>
+      </c>
+      <c r="I113" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" t="s">
+        <v>121</v>
+      </c>
+      <c r="B114" t="s">
+        <v>245</v>
+      </c>
+      <c r="C114" t="s">
+        <v>369</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="E114" t="s">
+        <v>505</v>
+      </c>
+      <c r="F114" t="s">
+        <v>505</v>
+      </c>
+      <c r="G114" t="s">
+        <v>506</v>
+      </c>
+      <c r="H114" t="s">
+        <v>507</v>
+      </c>
+      <c r="I114" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" t="s">
+        <v>122</v>
+      </c>
+      <c r="B115" t="s">
+        <v>246</v>
+      </c>
+      <c r="C115" t="s">
+        <v>370</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="E115" t="s">
+        <v>505</v>
+      </c>
+      <c r="F115" t="s">
+        <v>505</v>
+      </c>
+      <c r="G115" t="s">
+        <v>506</v>
+      </c>
+      <c r="H115" t="s">
+        <v>507</v>
+      </c>
+      <c r="I115" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" t="s">
+        <v>123</v>
+      </c>
+      <c r="B116" t="s">
+        <v>247</v>
+      </c>
+      <c r="C116" t="s">
+        <v>371</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="E116" t="s">
+        <v>505</v>
+      </c>
+      <c r="F116" t="s">
+        <v>505</v>
+      </c>
+      <c r="G116" t="s">
+        <v>506</v>
+      </c>
+      <c r="H116" t="s">
+        <v>507</v>
+      </c>
+      <c r="I116" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" t="s">
+        <v>124</v>
+      </c>
+      <c r="B117" t="s">
+        <v>248</v>
+      </c>
+      <c r="C117" t="s">
+        <v>372</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E117" t="s">
+        <v>505</v>
+      </c>
+      <c r="F117" t="s">
+        <v>505</v>
+      </c>
+      <c r="G117" t="s">
+        <v>506</v>
+      </c>
+      <c r="H117" t="s">
+        <v>507</v>
+      </c>
+      <c r="I117" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" t="s">
+        <v>125</v>
+      </c>
+      <c r="B118" t="s">
+        <v>249</v>
+      </c>
+      <c r="C118" t="s">
+        <v>373</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="E118" t="s">
+        <v>505</v>
+      </c>
+      <c r="F118" t="s">
+        <v>505</v>
+      </c>
+      <c r="G118" t="s">
+        <v>506</v>
+      </c>
+      <c r="H118" t="s">
+        <v>507</v>
+      </c>
+      <c r="I118" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" t="s">
+        <v>126</v>
+      </c>
+      <c r="B119" t="s">
+        <v>250</v>
+      </c>
+      <c r="C119" t="s">
+        <v>374</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="E119" t="s">
+        <v>505</v>
+      </c>
+      <c r="F119" t="s">
+        <v>505</v>
+      </c>
+      <c r="G119" t="s">
+        <v>506</v>
+      </c>
+      <c r="H119" t="s">
+        <v>507</v>
+      </c>
+      <c r="I119" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" t="s">
+        <v>127</v>
+      </c>
+      <c r="B120" t="s">
+        <v>251</v>
+      </c>
+      <c r="C120" t="s">
+        <v>375</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="E120" t="s">
+        <v>505</v>
+      </c>
+      <c r="F120" t="s">
+        <v>505</v>
+      </c>
+      <c r="G120" t="s">
+        <v>506</v>
+      </c>
+      <c r="H120" t="s">
+        <v>507</v>
+      </c>
+      <c r="I120" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" t="s">
+        <v>128</v>
+      </c>
+      <c r="B121" t="s">
+        <v>252</v>
+      </c>
+      <c r="C121" t="s">
+        <v>376</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="E121" t="s">
+        <v>505</v>
+      </c>
+      <c r="F121" t="s">
+        <v>505</v>
+      </c>
+      <c r="G121" t="s">
+        <v>506</v>
+      </c>
+      <c r="H121" t="s">
+        <v>507</v>
+      </c>
+      <c r="I121" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" t="s">
+        <v>129</v>
+      </c>
+      <c r="B122" t="s">
+        <v>253</v>
+      </c>
+      <c r="C122" t="s">
+        <v>377</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="E122" t="s">
+        <v>505</v>
+      </c>
+      <c r="F122" t="s">
+        <v>505</v>
+      </c>
+      <c r="G122" t="s">
+        <v>506</v>
+      </c>
+      <c r="H122" t="s">
+        <v>507</v>
+      </c>
+      <c r="I122" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" t="s">
+        <v>130</v>
+      </c>
+      <c r="B123" t="s">
+        <v>254</v>
+      </c>
+      <c r="C123" t="s">
+        <v>378</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="E123" t="s">
+        <v>505</v>
+      </c>
+      <c r="F123" t="s">
+        <v>505</v>
+      </c>
+      <c r="G123" t="s">
+        <v>506</v>
+      </c>
+      <c r="H123" t="s">
+        <v>507</v>
+      </c>
+      <c r="I123" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" t="s">
+        <v>131</v>
+      </c>
+      <c r="B124" t="s">
+        <v>255</v>
+      </c>
+      <c r="C124" t="s">
+        <v>379</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="E124" t="s">
+        <v>505</v>
+      </c>
+      <c r="F124" t="s">
+        <v>505</v>
+      </c>
+      <c r="G124" t="s">
+        <v>506</v>
+      </c>
+      <c r="H124" t="s">
+        <v>507</v>
+      </c>
+      <c r="I124" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" t="s">
         <v>132</v>
       </c>
-      <c r="C2" t="s">
+      <c r="B125" t="s">
         <v>256</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="C125" t="s">
         <v>380</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D125" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="F2" t="s">
-[...3193 lines deleted...]
-      </c>
       <c r="E125" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="F125" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G125" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H125" t="s">
-        <v>506</v>
+        <v>507</v>
+      </c>
+      <c r="I125" t="s">
+        <v>631</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId1"/>
     <hyperlink ref="D3" r:id="rId2"/>
     <hyperlink ref="D4" r:id="rId3"/>
     <hyperlink ref="D5" r:id="rId4"/>
     <hyperlink ref="D6" r:id="rId5"/>
     <hyperlink ref="D7" r:id="rId6"/>
     <hyperlink ref="D8" r:id="rId7"/>
     <hyperlink ref="D9" r:id="rId8"/>
     <hyperlink ref="D10" r:id="rId9"/>
     <hyperlink ref="D11" r:id="rId10"/>
     <hyperlink ref="D12" r:id="rId11"/>
     <hyperlink ref="D13" r:id="rId12"/>
     <hyperlink ref="D14" r:id="rId13"/>
     <hyperlink ref="D15" r:id="rId14"/>
     <hyperlink ref="D16" r:id="rId15"/>
     <hyperlink ref="D17" r:id="rId16"/>
     <hyperlink ref="D18" r:id="rId17"/>
     <hyperlink ref="D19" r:id="rId18"/>
     <hyperlink ref="D20" r:id="rId19"/>
     <hyperlink ref="D21" r:id="rId20"/>
     <hyperlink ref="D22" r:id="rId21"/>
@@ -5296,61 +7189,3043 @@
     <hyperlink ref="D106" r:id="rId105"/>
     <hyperlink ref="D107" r:id="rId106"/>
     <hyperlink ref="D108" r:id="rId107"/>
     <hyperlink ref="D109" r:id="rId108"/>
     <hyperlink ref="D110" r:id="rId109"/>
     <hyperlink ref="D111" r:id="rId110"/>
     <hyperlink ref="D112" r:id="rId111"/>
     <hyperlink ref="D113" r:id="rId112"/>
     <hyperlink ref="D114" r:id="rId113"/>
     <hyperlink ref="D115" r:id="rId114"/>
     <hyperlink ref="D116" r:id="rId115"/>
     <hyperlink ref="D117" r:id="rId116"/>
     <hyperlink ref="D118" r:id="rId117"/>
     <hyperlink ref="D119" r:id="rId118"/>
     <hyperlink ref="D120" r:id="rId119"/>
     <hyperlink ref="D121" r:id="rId120"/>
     <hyperlink ref="D122" r:id="rId121"/>
     <hyperlink ref="D123" r:id="rId122"/>
     <hyperlink ref="D124" r:id="rId123"/>
     <hyperlink ref="D125" r:id="rId124"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D212"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D1" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>231</v>
+      </c>
+      <c r="B2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D2" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>231</v>
+      </c>
+      <c r="B3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C3" t="s">
+        <v>637</v>
+      </c>
+      <c r="D3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>237</v>
+      </c>
+      <c r="B4" t="s">
+        <v>361</v>
+      </c>
+      <c r="C4" t="s">
+        <v>638</v>
+      </c>
+      <c r="D4" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B5" t="s">
+        <v>361</v>
+      </c>
+      <c r="C5" t="s">
+        <v>639</v>
+      </c>
+      <c r="D5" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C6" t="s">
+        <v>566</v>
+      </c>
+      <c r="D6" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>215</v>
+      </c>
+      <c r="B7" t="s">
+        <v>339</v>
+      </c>
+      <c r="C7" t="s">
+        <v>640</v>
+      </c>
+      <c r="D7" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>215</v>
+      </c>
+      <c r="B8" t="s">
+        <v>339</v>
+      </c>
+      <c r="C8" t="s">
+        <v>641</v>
+      </c>
+      <c r="D8" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>196</v>
+      </c>
+      <c r="B9" t="s">
+        <v>320</v>
+      </c>
+      <c r="C9" t="s">
+        <v>642</v>
+      </c>
+      <c r="D9" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>196</v>
+      </c>
+      <c r="B10" t="s">
+        <v>320</v>
+      </c>
+      <c r="C10" t="s">
+        <v>643</v>
+      </c>
+      <c r="D10" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>183</v>
+      </c>
+      <c r="B11" t="s">
+        <v>307</v>
+      </c>
+      <c r="C11" t="s">
+        <v>644</v>
+      </c>
+      <c r="D11" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>183</v>
+      </c>
+      <c r="B12" t="s">
+        <v>307</v>
+      </c>
+      <c r="C12" t="s">
+        <v>645</v>
+      </c>
+      <c r="D12" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>253</v>
+      </c>
+      <c r="B13" t="s">
+        <v>377</v>
+      </c>
+      <c r="C13" t="s">
+        <v>646</v>
+      </c>
+      <c r="D13" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>253</v>
+      </c>
+      <c r="B14" t="s">
+        <v>377</v>
+      </c>
+      <c r="C14" t="s">
+        <v>647</v>
+      </c>
+      <c r="D14" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>161</v>
+      </c>
+      <c r="B15" t="s">
+        <v>285</v>
+      </c>
+      <c r="C15" t="s">
+        <v>536</v>
+      </c>
+      <c r="D15" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>245</v>
+      </c>
+      <c r="B16" t="s">
+        <v>369</v>
+      </c>
+      <c r="C16" t="s">
+        <v>620</v>
+      </c>
+      <c r="D16" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>185</v>
+      </c>
+      <c r="B17" t="s">
+        <v>309</v>
+      </c>
+      <c r="C17" t="s">
+        <v>560</v>
+      </c>
+      <c r="D17" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>226</v>
+      </c>
+      <c r="B18" t="s">
+        <v>350</v>
+      </c>
+      <c r="C18" t="s">
+        <v>601</v>
+      </c>
+      <c r="D18" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>648</v>
+      </c>
+      <c r="D19" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>268</v>
+      </c>
+      <c r="C20" t="s">
+        <v>649</v>
+      </c>
+      <c r="D20" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>264</v>
+      </c>
+      <c r="C21" t="s">
+        <v>650</v>
+      </c>
+      <c r="D21" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>264</v>
+      </c>
+      <c r="C22" t="s">
+        <v>651</v>
+      </c>
+      <c r="D22" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>214</v>
+      </c>
+      <c r="B23" t="s">
+        <v>338</v>
+      </c>
+      <c r="C23" t="s">
+        <v>652</v>
+      </c>
+      <c r="D23" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>214</v>
+      </c>
+      <c r="B24" t="s">
+        <v>338</v>
+      </c>
+      <c r="C24" t="s">
+        <v>653</v>
+      </c>
+      <c r="D24" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>289</v>
+      </c>
+      <c r="C25" t="s">
+        <v>654</v>
+      </c>
+      <c r="D25" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>289</v>
+      </c>
+      <c r="C26" t="s">
+        <v>655</v>
+      </c>
+      <c r="D26" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>204</v>
+      </c>
+      <c r="B27" t="s">
+        <v>328</v>
+      </c>
+      <c r="C27" t="s">
+        <v>656</v>
+      </c>
+      <c r="D27" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>204</v>
+      </c>
+      <c r="B28" t="s">
+        <v>328</v>
+      </c>
+      <c r="C28" t="s">
+        <v>657</v>
+      </c>
+      <c r="D28" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>305</v>
+      </c>
+      <c r="C29" t="s">
+        <v>658</v>
+      </c>
+      <c r="D29" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>305</v>
+      </c>
+      <c r="C30" t="s">
+        <v>659</v>
+      </c>
+      <c r="D30" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>334</v>
+      </c>
+      <c r="C31" t="s">
+        <v>660</v>
+      </c>
+      <c r="D31" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>210</v>
+      </c>
+      <c r="B32" t="s">
+        <v>334</v>
+      </c>
+      <c r="C32" t="s">
+        <v>661</v>
+      </c>
+      <c r="D32" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>163</v>
+      </c>
+      <c r="B33" t="s">
+        <v>287</v>
+      </c>
+      <c r="C33" t="s">
+        <v>538</v>
+      </c>
+      <c r="D33" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>341</v>
+      </c>
+      <c r="C34" t="s">
+        <v>662</v>
+      </c>
+      <c r="D34" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>217</v>
+      </c>
+      <c r="B35" t="s">
+        <v>341</v>
+      </c>
+      <c r="C35" t="s">
+        <v>663</v>
+      </c>
+      <c r="D35" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>358</v>
+      </c>
+      <c r="C36" t="s">
+        <v>664</v>
+      </c>
+      <c r="D36" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>234</v>
+      </c>
+      <c r="B37" t="s">
+        <v>358</v>
+      </c>
+      <c r="C37" t="s">
+        <v>665</v>
+      </c>
+      <c r="D37" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>170</v>
+      </c>
+      <c r="B38" t="s">
+        <v>294</v>
+      </c>
+      <c r="C38" t="s">
+        <v>666</v>
+      </c>
+      <c r="D38" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>170</v>
+      </c>
+      <c r="B39" t="s">
+        <v>294</v>
+      </c>
+      <c r="C39" t="s">
+        <v>667</v>
+      </c>
+      <c r="D39" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" t="s">
+        <v>290</v>
+      </c>
+      <c r="C40" t="s">
+        <v>541</v>
+      </c>
+      <c r="D40" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>297</v>
+      </c>
+      <c r="C41" t="s">
+        <v>668</v>
+      </c>
+      <c r="D41" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" t="s">
+        <v>297</v>
+      </c>
+      <c r="C42" t="s">
+        <v>669</v>
+      </c>
+      <c r="D42" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>149</v>
+      </c>
+      <c r="B43" t="s">
+        <v>273</v>
+      </c>
+      <c r="C43" t="s">
+        <v>670</v>
+      </c>
+      <c r="D43" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>149</v>
+      </c>
+      <c r="B44" t="s">
+        <v>273</v>
+      </c>
+      <c r="C44" t="s">
+        <v>671</v>
+      </c>
+      <c r="D44" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" t="s">
+        <v>310</v>
+      </c>
+      <c r="C45" t="s">
+        <v>672</v>
+      </c>
+      <c r="D45" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>310</v>
+      </c>
+      <c r="C46" t="s">
+        <v>673</v>
+      </c>
+      <c r="D46" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>209</v>
+      </c>
+      <c r="B47" t="s">
+        <v>333</v>
+      </c>
+      <c r="C47" t="s">
+        <v>674</v>
+      </c>
+      <c r="D47" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" t="s">
+        <v>333</v>
+      </c>
+      <c r="C48" t="s">
+        <v>675</v>
+      </c>
+      <c r="D48" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>200</v>
+      </c>
+      <c r="B49" t="s">
+        <v>324</v>
+      </c>
+      <c r="C49" t="s">
+        <v>676</v>
+      </c>
+      <c r="D49" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>677</v>
+      </c>
+      <c r="D50" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>314</v>
+      </c>
+      <c r="C51" t="s">
+        <v>678</v>
+      </c>
+      <c r="D51" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>190</v>
+      </c>
+      <c r="B52" t="s">
+        <v>314</v>
+      </c>
+      <c r="C52" t="s">
+        <v>679</v>
+      </c>
+      <c r="D52" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>184</v>
+      </c>
+      <c r="B53" t="s">
+        <v>308</v>
+      </c>
+      <c r="C53" t="s">
+        <v>680</v>
+      </c>
+      <c r="D53" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>184</v>
+      </c>
+      <c r="B54" t="s">
+        <v>308</v>
+      </c>
+      <c r="C54" t="s">
+        <v>681</v>
+      </c>
+      <c r="D54" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>155</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>682</v>
+      </c>
+      <c r="D55" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>155</v>
+      </c>
+      <c r="B56" t="s">
+        <v>279</v>
+      </c>
+      <c r="C56" t="s">
+        <v>683</v>
+      </c>
+      <c r="D56" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>152</v>
+      </c>
+      <c r="B57" t="s">
+        <v>276</v>
+      </c>
+      <c r="C57" t="s">
+        <v>684</v>
+      </c>
+      <c r="D57" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>152</v>
+      </c>
+      <c r="B58" t="s">
+        <v>276</v>
+      </c>
+      <c r="C58" t="s">
+        <v>685</v>
+      </c>
+      <c r="D58" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>160</v>
+      </c>
+      <c r="B59" t="s">
+        <v>284</v>
+      </c>
+      <c r="C59" t="s">
+        <v>535</v>
+      </c>
+      <c r="D59" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>157</v>
+      </c>
+      <c r="B60" t="s">
+        <v>281</v>
+      </c>
+      <c r="C60" t="s">
+        <v>686</v>
+      </c>
+      <c r="D60" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>157</v>
+      </c>
+      <c r="B61" t="s">
+        <v>281</v>
+      </c>
+      <c r="C61" t="s">
+        <v>687</v>
+      </c>
+      <c r="D61" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>154</v>
+      </c>
+      <c r="B62" t="s">
+        <v>278</v>
+      </c>
+      <c r="C62" t="s">
+        <v>688</v>
+      </c>
+      <c r="D62" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>154</v>
+      </c>
+      <c r="B63" t="s">
+        <v>278</v>
+      </c>
+      <c r="C63" t="s">
+        <v>689</v>
+      </c>
+      <c r="D63" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>203</v>
+      </c>
+      <c r="B64" t="s">
+        <v>327</v>
+      </c>
+      <c r="C64" t="s">
+        <v>690</v>
+      </c>
+      <c r="D64" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>203</v>
+      </c>
+      <c r="B65" t="s">
+        <v>327</v>
+      </c>
+      <c r="C65" t="s">
+        <v>691</v>
+      </c>
+      <c r="D65" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B66" t="s">
+        <v>301</v>
+      </c>
+      <c r="C66" t="s">
+        <v>692</v>
+      </c>
+      <c r="D66" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>177</v>
+      </c>
+      <c r="B67" t="s">
+        <v>301</v>
+      </c>
+      <c r="C67" t="s">
+        <v>693</v>
+      </c>
+      <c r="D67" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>168</v>
+      </c>
+      <c r="B68" t="s">
+        <v>292</v>
+      </c>
+      <c r="C68" t="s">
+        <v>543</v>
+      </c>
+      <c r="D68" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>223</v>
+      </c>
+      <c r="B69" t="s">
+        <v>347</v>
+      </c>
+      <c r="C69" t="s">
+        <v>694</v>
+      </c>
+      <c r="D69" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>223</v>
+      </c>
+      <c r="B70" t="s">
+        <v>347</v>
+      </c>
+      <c r="C70" t="s">
+        <v>695</v>
+      </c>
+      <c r="D70" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>201</v>
+      </c>
+      <c r="B71" t="s">
+        <v>325</v>
+      </c>
+      <c r="C71" t="s">
+        <v>576</v>
+      </c>
+      <c r="D71" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>187</v>
+      </c>
+      <c r="B72" t="s">
+        <v>311</v>
+      </c>
+      <c r="C72" t="s">
+        <v>562</v>
+      </c>
+      <c r="D72" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>171</v>
+      </c>
+      <c r="B73" t="s">
+        <v>295</v>
+      </c>
+      <c r="C73" t="s">
+        <v>696</v>
+      </c>
+      <c r="D73" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>171</v>
+      </c>
+      <c r="B74" t="s">
+        <v>295</v>
+      </c>
+      <c r="C74" t="s">
+        <v>697</v>
+      </c>
+      <c r="D74" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>224</v>
+      </c>
+      <c r="B75" t="s">
+        <v>348</v>
+      </c>
+      <c r="C75" t="s">
+        <v>698</v>
+      </c>
+      <c r="D75" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>224</v>
+      </c>
+      <c r="B76" t="s">
+        <v>348</v>
+      </c>
+      <c r="C76" t="s">
+        <v>699</v>
+      </c>
+      <c r="D76" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>232</v>
+      </c>
+      <c r="B77" t="s">
+        <v>356</v>
+      </c>
+      <c r="C77" t="s">
+        <v>700</v>
+      </c>
+      <c r="D77" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>232</v>
+      </c>
+      <c r="B78" t="s">
+        <v>356</v>
+      </c>
+      <c r="C78" t="s">
+        <v>701</v>
+      </c>
+      <c r="D78" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>135</v>
+      </c>
+      <c r="B79" t="s">
+        <v>259</v>
+      </c>
+      <c r="C79" t="s">
+        <v>510</v>
+      </c>
+      <c r="D79" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>199</v>
+      </c>
+      <c r="B80" t="s">
+        <v>323</v>
+      </c>
+      <c r="C80" t="s">
+        <v>574</v>
+      </c>
+      <c r="D80" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>252</v>
+      </c>
+      <c r="B81" t="s">
+        <v>376</v>
+      </c>
+      <c r="C81" t="s">
+        <v>627</v>
+      </c>
+      <c r="D81" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>180</v>
+      </c>
+      <c r="B82" t="s">
+        <v>304</v>
+      </c>
+      <c r="C82" t="s">
+        <v>702</v>
+      </c>
+      <c r="D82" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>180</v>
+      </c>
+      <c r="B83" t="s">
+        <v>304</v>
+      </c>
+      <c r="C83" t="s">
+        <v>703</v>
+      </c>
+      <c r="D83" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>148</v>
+      </c>
+      <c r="B84" t="s">
+        <v>272</v>
+      </c>
+      <c r="C84" t="s">
+        <v>523</v>
+      </c>
+      <c r="D84" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" t="s">
+        <v>293</v>
+      </c>
+      <c r="C85" t="s">
+        <v>704</v>
+      </c>
+      <c r="D85" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>169</v>
+      </c>
+      <c r="B86" t="s">
+        <v>293</v>
+      </c>
+      <c r="C86" t="s">
+        <v>705</v>
+      </c>
+      <c r="D86" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>151</v>
+      </c>
+      <c r="B87" t="s">
+        <v>275</v>
+      </c>
+      <c r="C87" t="s">
+        <v>706</v>
+      </c>
+      <c r="D87" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>151</v>
+      </c>
+      <c r="B88" t="s">
+        <v>275</v>
+      </c>
+      <c r="C88" t="s">
+        <v>707</v>
+      </c>
+      <c r="D88" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>194</v>
+      </c>
+      <c r="B89" t="s">
+        <v>318</v>
+      </c>
+      <c r="C89" t="s">
+        <v>569</v>
+      </c>
+      <c r="D89" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>239</v>
+      </c>
+      <c r="B90" t="s">
+        <v>363</v>
+      </c>
+      <c r="C90" t="s">
+        <v>614</v>
+      </c>
+      <c r="D90" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>225</v>
+      </c>
+      <c r="B91" t="s">
+        <v>349</v>
+      </c>
+      <c r="C91" t="s">
+        <v>708</v>
+      </c>
+      <c r="D91" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>225</v>
+      </c>
+      <c r="B92" t="s">
+        <v>349</v>
+      </c>
+      <c r="C92" t="s">
+        <v>709</v>
+      </c>
+      <c r="D92" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>211</v>
+      </c>
+      <c r="B93" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" t="s">
+        <v>710</v>
+      </c>
+      <c r="D93" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>211</v>
+      </c>
+      <c r="B94" t="s">
+        <v>335</v>
+      </c>
+      <c r="C94" t="s">
+        <v>711</v>
+      </c>
+      <c r="D94" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>251</v>
+      </c>
+      <c r="B95" t="s">
+        <v>375</v>
+      </c>
+      <c r="C95" t="s">
+        <v>712</v>
+      </c>
+      <c r="D95" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>251</v>
+      </c>
+      <c r="B96" t="s">
+        <v>375</v>
+      </c>
+      <c r="C96" t="s">
+        <v>713</v>
+      </c>
+      <c r="D96" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>213</v>
+      </c>
+      <c r="B97" t="s">
+        <v>337</v>
+      </c>
+      <c r="C97" t="s">
+        <v>714</v>
+      </c>
+      <c r="D97" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>213</v>
+      </c>
+      <c r="B98" t="s">
+        <v>337</v>
+      </c>
+      <c r="C98" t="s">
+        <v>715</v>
+      </c>
+      <c r="D98" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>188</v>
+      </c>
+      <c r="B99" t="s">
+        <v>312</v>
+      </c>
+      <c r="C99" t="s">
+        <v>716</v>
+      </c>
+      <c r="D99" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>188</v>
+      </c>
+      <c r="B100" t="s">
+        <v>312</v>
+      </c>
+      <c r="C100" t="s">
+        <v>717</v>
+      </c>
+      <c r="D100" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>137</v>
+      </c>
+      <c r="B101" t="s">
+        <v>261</v>
+      </c>
+      <c r="C101" t="s">
+        <v>718</v>
+      </c>
+      <c r="D101" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>137</v>
+      </c>
+      <c r="B102" t="s">
+        <v>261</v>
+      </c>
+      <c r="C102" t="s">
+        <v>719</v>
+      </c>
+      <c r="D102" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>227</v>
+      </c>
+      <c r="B103" t="s">
+        <v>351</v>
+      </c>
+      <c r="C103" t="s">
+        <v>720</v>
+      </c>
+      <c r="D103" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>227</v>
+      </c>
+      <c r="B104" t="s">
+        <v>351</v>
+      </c>
+      <c r="C104" t="s">
+        <v>721</v>
+      </c>
+      <c r="D104" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>238</v>
+      </c>
+      <c r="B105" t="s">
+        <v>362</v>
+      </c>
+      <c r="C105" t="s">
+        <v>722</v>
+      </c>
+      <c r="D105" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>238</v>
+      </c>
+      <c r="B106" t="s">
+        <v>362</v>
+      </c>
+      <c r="C106" t="s">
+        <v>723</v>
+      </c>
+      <c r="D106" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" t="s">
+        <v>340</v>
+      </c>
+      <c r="C107" t="s">
+        <v>591</v>
+      </c>
+      <c r="D107" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>178</v>
+      </c>
+      <c r="B108" t="s">
+        <v>302</v>
+      </c>
+      <c r="C108" t="s">
+        <v>724</v>
+      </c>
+      <c r="D108" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>178</v>
+      </c>
+      <c r="B109" t="s">
+        <v>302</v>
+      </c>
+      <c r="C109" t="s">
+        <v>725</v>
+      </c>
+      <c r="D109" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>212</v>
+      </c>
+      <c r="B110" t="s">
+        <v>336</v>
+      </c>
+      <c r="C110" t="s">
+        <v>726</v>
+      </c>
+      <c r="D110" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>212</v>
+      </c>
+      <c r="B111" t="s">
+        <v>336</v>
+      </c>
+      <c r="C111" t="s">
+        <v>727</v>
+      </c>
+      <c r="D111" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>197</v>
+      </c>
+      <c r="B112" t="s">
+        <v>321</v>
+      </c>
+      <c r="C112" t="s">
+        <v>728</v>
+      </c>
+      <c r="D112" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>197</v>
+      </c>
+      <c r="B113" t="s">
+        <v>321</v>
+      </c>
+      <c r="C113" t="s">
+        <v>729</v>
+      </c>
+      <c r="D113" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>145</v>
+      </c>
+      <c r="B114" t="s">
+        <v>269</v>
+      </c>
+      <c r="C114" t="s">
+        <v>730</v>
+      </c>
+      <c r="D114" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>145</v>
+      </c>
+      <c r="B115" t="s">
+        <v>269</v>
+      </c>
+      <c r="C115" t="s">
+        <v>731</v>
+      </c>
+      <c r="D115" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>256</v>
+      </c>
+      <c r="B116" t="s">
+        <v>380</v>
+      </c>
+      <c r="C116" t="s">
+        <v>732</v>
+      </c>
+      <c r="D116" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>256</v>
+      </c>
+      <c r="B117" t="s">
+        <v>380</v>
+      </c>
+      <c r="C117" t="s">
+        <v>733</v>
+      </c>
+      <c r="D117" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>139</v>
+      </c>
+      <c r="B118" t="s">
+        <v>263</v>
+      </c>
+      <c r="C118" t="s">
+        <v>734</v>
+      </c>
+      <c r="D118" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>139</v>
+      </c>
+      <c r="B119" t="s">
+        <v>263</v>
+      </c>
+      <c r="C119" t="s">
+        <v>735</v>
+      </c>
+      <c r="D119" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>192</v>
+      </c>
+      <c r="B120" t="s">
+        <v>316</v>
+      </c>
+      <c r="C120" t="s">
+        <v>567</v>
+      </c>
+      <c r="D120" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>230</v>
+      </c>
+      <c r="B121" t="s">
+        <v>354</v>
+      </c>
+      <c r="C121" t="s">
+        <v>605</v>
+      </c>
+      <c r="D121" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>221</v>
+      </c>
+      <c r="B122" t="s">
+        <v>345</v>
+      </c>
+      <c r="C122" t="s">
+        <v>736</v>
+      </c>
+      <c r="D122" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>221</v>
+      </c>
+      <c r="B123" t="s">
+        <v>345</v>
+      </c>
+      <c r="C123" t="s">
+        <v>737</v>
+      </c>
+      <c r="D123" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>229</v>
+      </c>
+      <c r="B124" t="s">
+        <v>353</v>
+      </c>
+      <c r="C124" t="s">
+        <v>738</v>
+      </c>
+      <c r="D124" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>229</v>
+      </c>
+      <c r="B125" t="s">
+        <v>353</v>
+      </c>
+      <c r="C125" t="s">
+        <v>739</v>
+      </c>
+      <c r="D125" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>219</v>
+      </c>
+      <c r="B126" t="s">
+        <v>343</v>
+      </c>
+      <c r="C126" t="s">
+        <v>740</v>
+      </c>
+      <c r="D126" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>219</v>
+      </c>
+      <c r="B127" t="s">
+        <v>343</v>
+      </c>
+      <c r="C127" t="s">
+        <v>741</v>
+      </c>
+      <c r="D127" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>193</v>
+      </c>
+      <c r="B128" t="s">
+        <v>317</v>
+      </c>
+      <c r="C128" t="s">
+        <v>568</v>
+      </c>
+      <c r="D128" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>182</v>
+      </c>
+      <c r="B129" t="s">
+        <v>306</v>
+      </c>
+      <c r="C129" t="s">
+        <v>742</v>
+      </c>
+      <c r="D129" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>182</v>
+      </c>
+      <c r="B130" t="s">
+        <v>306</v>
+      </c>
+      <c r="C130" t="s">
+        <v>743</v>
+      </c>
+      <c r="D130" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>220</v>
+      </c>
+      <c r="B131" t="s">
+        <v>344</v>
+      </c>
+      <c r="C131" t="s">
+        <v>595</v>
+      </c>
+      <c r="D131" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>240</v>
+      </c>
+      <c r="B132" t="s">
+        <v>364</v>
+      </c>
+      <c r="C132" t="s">
+        <v>744</v>
+      </c>
+      <c r="D132" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>240</v>
+      </c>
+      <c r="B133" t="s">
+        <v>364</v>
+      </c>
+      <c r="C133" t="s">
+        <v>745</v>
+      </c>
+      <c r="D133" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>176</v>
+      </c>
+      <c r="B134" t="s">
+        <v>300</v>
+      </c>
+      <c r="C134" t="s">
+        <v>551</v>
+      </c>
+      <c r="D134" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>248</v>
+      </c>
+      <c r="B135" t="s">
+        <v>372</v>
+      </c>
+      <c r="C135" t="s">
+        <v>623</v>
+      </c>
+      <c r="D135" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>206</v>
+      </c>
+      <c r="B136" t="s">
+        <v>330</v>
+      </c>
+      <c r="C136" t="s">
+        <v>746</v>
+      </c>
+      <c r="D136" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>206</v>
+      </c>
+      <c r="B137" t="s">
+        <v>330</v>
+      </c>
+      <c r="C137" t="s">
+        <v>747</v>
+      </c>
+      <c r="D137" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>205</v>
+      </c>
+      <c r="B138" t="s">
+        <v>329</v>
+      </c>
+      <c r="C138" t="s">
+        <v>748</v>
+      </c>
+      <c r="D138" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>205</v>
+      </c>
+      <c r="B139" t="s">
+        <v>329</v>
+      </c>
+      <c r="C139" t="s">
+        <v>749</v>
+      </c>
+      <c r="D139" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>255</v>
+      </c>
+      <c r="B140" t="s">
+        <v>379</v>
+      </c>
+      <c r="C140" t="s">
+        <v>750</v>
+      </c>
+      <c r="D140" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>255</v>
+      </c>
+      <c r="B141" t="s">
+        <v>379</v>
+      </c>
+      <c r="C141" t="s">
+        <v>751</v>
+      </c>
+      <c r="D141" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>250</v>
+      </c>
+      <c r="B142" t="s">
+        <v>374</v>
+      </c>
+      <c r="C142" t="s">
+        <v>625</v>
+      </c>
+      <c r="D142" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>236</v>
+      </c>
+      <c r="B143" t="s">
+        <v>360</v>
+      </c>
+      <c r="C143" t="s">
+        <v>752</v>
+      </c>
+      <c r="D143" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>236</v>
+      </c>
+      <c r="B144" t="s">
+        <v>360</v>
+      </c>
+      <c r="C144" t="s">
+        <v>753</v>
+      </c>
+      <c r="D144" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>141</v>
+      </c>
+      <c r="B145" t="s">
+        <v>265</v>
+      </c>
+      <c r="C145" t="s">
+        <v>754</v>
+      </c>
+      <c r="D145" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>141</v>
+      </c>
+      <c r="B146" t="s">
+        <v>265</v>
+      </c>
+      <c r="C146" t="s">
+        <v>755</v>
+      </c>
+      <c r="D146" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>164</v>
+      </c>
+      <c r="B147" t="s">
+        <v>288</v>
+      </c>
+      <c r="C147" t="s">
+        <v>756</v>
+      </c>
+      <c r="D147" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>164</v>
+      </c>
+      <c r="B148" t="s">
+        <v>288</v>
+      </c>
+      <c r="C148" t="s">
+        <v>757</v>
+      </c>
+      <c r="D148" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>244</v>
+      </c>
+      <c r="B149" t="s">
+        <v>368</v>
+      </c>
+      <c r="C149" t="s">
+        <v>619</v>
+      </c>
+      <c r="D149" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>179</v>
+      </c>
+      <c r="B150" t="s">
+        <v>303</v>
+      </c>
+      <c r="C150" t="s">
+        <v>758</v>
+      </c>
+      <c r="D150" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>179</v>
+      </c>
+      <c r="B151" t="s">
+        <v>303</v>
+      </c>
+      <c r="C151" t="s">
+        <v>759</v>
+      </c>
+      <c r="D151" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>207</v>
+      </c>
+      <c r="B152" t="s">
+        <v>331</v>
+      </c>
+      <c r="C152" t="s">
+        <v>760</v>
+      </c>
+      <c r="D152" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>207</v>
+      </c>
+      <c r="B153" t="s">
+        <v>331</v>
+      </c>
+      <c r="C153" t="s">
+        <v>761</v>
+      </c>
+      <c r="D153" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>143</v>
+      </c>
+      <c r="B154" t="s">
+        <v>267</v>
+      </c>
+      <c r="C154" t="s">
+        <v>762</v>
+      </c>
+      <c r="D154" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>143</v>
+      </c>
+      <c r="B155" t="s">
+        <v>267</v>
+      </c>
+      <c r="C155" t="s">
+        <v>763</v>
+      </c>
+      <c r="D155" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>233</v>
+      </c>
+      <c r="B156" t="s">
+        <v>357</v>
+      </c>
+      <c r="C156" t="s">
+        <v>764</v>
+      </c>
+      <c r="D156" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>233</v>
+      </c>
+      <c r="B157" t="s">
+        <v>357</v>
+      </c>
+      <c r="C157" t="s">
+        <v>765</v>
+      </c>
+      <c r="D157" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>241</v>
+      </c>
+      <c r="B158" t="s">
+        <v>365</v>
+      </c>
+      <c r="C158" t="s">
+        <v>766</v>
+      </c>
+      <c r="D158" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>241</v>
+      </c>
+      <c r="B159" t="s">
+        <v>365</v>
+      </c>
+      <c r="C159" t="s">
+        <v>767</v>
+      </c>
+      <c r="D159" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>175</v>
+      </c>
+      <c r="B160" t="s">
+        <v>299</v>
+      </c>
+      <c r="C160" t="s">
+        <v>768</v>
+      </c>
+      <c r="D160" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>175</v>
+      </c>
+      <c r="B161" t="s">
+        <v>299</v>
+      </c>
+      <c r="C161" t="s">
+        <v>769</v>
+      </c>
+      <c r="D161" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>235</v>
+      </c>
+      <c r="B162" t="s">
+        <v>359</v>
+      </c>
+      <c r="C162" t="s">
+        <v>610</v>
+      </c>
+      <c r="D162" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>142</v>
+      </c>
+      <c r="B163" t="s">
+        <v>266</v>
+      </c>
+      <c r="C163" t="s">
+        <v>770</v>
+      </c>
+      <c r="D163" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>142</v>
+      </c>
+      <c r="B164" t="s">
+        <v>266</v>
+      </c>
+      <c r="C164" t="s">
+        <v>771</v>
+      </c>
+      <c r="D164" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>172</v>
+      </c>
+      <c r="B165" t="s">
+        <v>296</v>
+      </c>
+      <c r="C165" t="s">
+        <v>772</v>
+      </c>
+      <c r="D165" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>172</v>
+      </c>
+      <c r="B166" t="s">
+        <v>296</v>
+      </c>
+      <c r="C166" t="s">
+        <v>773</v>
+      </c>
+      <c r="D166" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>174</v>
+      </c>
+      <c r="B167" t="s">
+        <v>298</v>
+      </c>
+      <c r="C167" t="s">
+        <v>774</v>
+      </c>
+      <c r="D167" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>174</v>
+      </c>
+      <c r="B168" t="s">
+        <v>298</v>
+      </c>
+      <c r="C168" t="s">
+        <v>775</v>
+      </c>
+      <c r="D168" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>189</v>
+      </c>
+      <c r="B169" t="s">
+        <v>313</v>
+      </c>
+      <c r="C169" t="s">
+        <v>776</v>
+      </c>
+      <c r="D169" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>189</v>
+      </c>
+      <c r="B170" t="s">
+        <v>313</v>
+      </c>
+      <c r="C170" t="s">
+        <v>777</v>
+      </c>
+      <c r="D170" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>134</v>
+      </c>
+      <c r="B171" t="s">
+        <v>258</v>
+      </c>
+      <c r="C171" t="s">
+        <v>509</v>
+      </c>
+      <c r="D171" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>167</v>
+      </c>
+      <c r="B172" t="s">
+        <v>291</v>
+      </c>
+      <c r="C172" t="s">
+        <v>542</v>
+      </c>
+      <c r="D172" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>222</v>
+      </c>
+      <c r="B173" t="s">
+        <v>346</v>
+      </c>
+      <c r="C173" t="s">
+        <v>778</v>
+      </c>
+      <c r="D173" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>222</v>
+      </c>
+      <c r="B174" t="s">
+        <v>346</v>
+      </c>
+      <c r="C174" t="s">
+        <v>779</v>
+      </c>
+      <c r="D174" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>195</v>
+      </c>
+      <c r="B175" t="s">
+        <v>319</v>
+      </c>
+      <c r="C175" t="s">
+        <v>780</v>
+      </c>
+      <c r="D175" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>195</v>
+      </c>
+      <c r="B176" t="s">
+        <v>319</v>
+      </c>
+      <c r="C176" t="s">
+        <v>781</v>
+      </c>
+      <c r="D176" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>254</v>
+      </c>
+      <c r="B177" t="s">
+        <v>378</v>
+      </c>
+      <c r="C177" t="s">
+        <v>782</v>
+      </c>
+      <c r="D177" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>254</v>
+      </c>
+      <c r="B178" t="s">
+        <v>378</v>
+      </c>
+      <c r="C178" t="s">
+        <v>783</v>
+      </c>
+      <c r="D178" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>133</v>
+      </c>
+      <c r="B179" t="s">
+        <v>257</v>
+      </c>
+      <c r="C179" t="s">
+        <v>508</v>
+      </c>
+      <c r="D179" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>218</v>
+      </c>
+      <c r="B180" t="s">
+        <v>342</v>
+      </c>
+      <c r="C180" t="s">
+        <v>784</v>
+      </c>
+      <c r="D180" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>218</v>
+      </c>
+      <c r="B181" t="s">
+        <v>342</v>
+      </c>
+      <c r="C181" t="s">
+        <v>785</v>
+      </c>
+      <c r="D181" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>162</v>
+      </c>
+      <c r="B182" t="s">
+        <v>286</v>
+      </c>
+      <c r="C182" t="s">
+        <v>537</v>
+      </c>
+      <c r="D182" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>156</v>
+      </c>
+      <c r="B183" t="s">
+        <v>280</v>
+      </c>
+      <c r="C183" t="s">
+        <v>786</v>
+      </c>
+      <c r="D183" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>156</v>
+      </c>
+      <c r="B184" t="s">
+        <v>280</v>
+      </c>
+      <c r="C184" t="s">
+        <v>787</v>
+      </c>
+      <c r="D184" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>208</v>
+      </c>
+      <c r="B185" t="s">
+        <v>332</v>
+      </c>
+      <c r="C185" t="s">
+        <v>583</v>
+      </c>
+      <c r="D185" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>228</v>
+      </c>
+      <c r="B186" t="s">
+        <v>352</v>
+      </c>
+      <c r="C186" t="s">
+        <v>788</v>
+      </c>
+      <c r="D186" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>228</v>
+      </c>
+      <c r="B187" t="s">
+        <v>352</v>
+      </c>
+      <c r="C187" t="s">
+        <v>789</v>
+      </c>
+      <c r="D187" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>153</v>
+      </c>
+      <c r="B188" t="s">
+        <v>277</v>
+      </c>
+      <c r="C188" t="s">
+        <v>528</v>
+      </c>
+      <c r="D188" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>247</v>
+      </c>
+      <c r="B189" t="s">
+        <v>371</v>
+      </c>
+      <c r="C189" t="s">
+        <v>790</v>
+      </c>
+      <c r="D189" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>247</v>
+      </c>
+      <c r="B190" t="s">
+        <v>371</v>
+      </c>
+      <c r="C190" t="s">
+        <v>791</v>
+      </c>
+      <c r="D190" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>147</v>
+      </c>
+      <c r="B191" t="s">
+        <v>271</v>
+      </c>
+      <c r="C191" t="s">
+        <v>792</v>
+      </c>
+      <c r="D191" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>147</v>
+      </c>
+      <c r="B192" t="s">
+        <v>271</v>
+      </c>
+      <c r="C192" t="s">
+        <v>793</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>202</v>
+      </c>
+      <c r="B193" t="s">
+        <v>326</v>
+      </c>
+      <c r="C193" t="s">
+        <v>794</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>202</v>
+      </c>
+      <c r="B194" t="s">
+        <v>326</v>
+      </c>
+      <c r="C194" t="s">
+        <v>795</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>198</v>
+      </c>
+      <c r="B195" t="s">
+        <v>322</v>
+      </c>
+      <c r="C195" t="s">
+        <v>796</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>198</v>
+      </c>
+      <c r="B196" t="s">
+        <v>322</v>
+      </c>
+      <c r="C196" t="s">
+        <v>797</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>158</v>
+      </c>
+      <c r="B197" t="s">
+        <v>282</v>
+      </c>
+      <c r="C197" t="s">
+        <v>533</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>242</v>
+      </c>
+      <c r="B198" t="s">
+        <v>366</v>
+      </c>
+      <c r="C198" t="s">
+        <v>798</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>242</v>
+      </c>
+      <c r="B199" t="s">
+        <v>366</v>
+      </c>
+      <c r="C199" t="s">
+        <v>799</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>138</v>
+      </c>
+      <c r="B200" t="s">
+        <v>262</v>
+      </c>
+      <c r="C200" t="s">
+        <v>800</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>138</v>
+      </c>
+      <c r="B201" t="s">
+        <v>262</v>
+      </c>
+      <c r="C201" t="s">
+        <v>801</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>249</v>
+      </c>
+      <c r="B202" t="s">
+        <v>373</v>
+      </c>
+      <c r="C202" t="s">
+        <v>802</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>249</v>
+      </c>
+      <c r="B203" t="s">
+        <v>373</v>
+      </c>
+      <c r="C203" t="s">
+        <v>803</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>146</v>
+      </c>
+      <c r="B204" t="s">
+        <v>270</v>
+      </c>
+      <c r="C204" t="s">
+        <v>521</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>159</v>
+      </c>
+      <c r="B205" t="s">
+        <v>283</v>
+      </c>
+      <c r="C205" t="s">
+        <v>804</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>159</v>
+      </c>
+      <c r="B206" t="s">
+        <v>283</v>
+      </c>
+      <c r="C206" t="s">
+        <v>805</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>246</v>
+      </c>
+      <c r="B207" t="s">
+        <v>370</v>
+      </c>
+      <c r="C207" t="s">
+        <v>621</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>136</v>
+      </c>
+      <c r="B208" t="s">
+        <v>260</v>
+      </c>
+      <c r="C208" t="s">
+        <v>511</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>150</v>
+      </c>
+      <c r="B209" t="s">
+        <v>274</v>
+      </c>
+      <c r="C209" t="s">
+        <v>806</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>150</v>
+      </c>
+      <c r="B210" t="s">
+        <v>274</v>
+      </c>
+      <c r="C210" t="s">
+        <v>807</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>243</v>
+      </c>
+      <c r="B211" t="s">
+        <v>367</v>
+      </c>
+      <c r="C211" t="s">
+        <v>808</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>243</v>
+      </c>
+      <c r="B212" t="s">
+        <v>367</v>
+      </c>
+      <c r="C212" t="s">
+        <v>809</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>detectionstrategies</vt:lpstr>
+      <vt:lpstr>detectionstrategies-analytic</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>