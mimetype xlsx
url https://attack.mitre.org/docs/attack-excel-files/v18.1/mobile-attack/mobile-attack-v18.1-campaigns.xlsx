--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -174,57 +174,57 @@
   <si>
     <t>(Citation: securelist_strongpity)</t>
   </si>
   <si>
     <t>(Citation: Cylance Dust Storm)</t>
   </si>
   <si>
     <t>(Citation: SecureList OpTriangulation 01Jun2023)</t>
   </si>
   <si>
     <t>01 January 2023</t>
   </si>
   <si>
     <t>01 February 2016</t>
   </si>
   <si>
     <t>01 June 2023</t>
   </si>
   <si>
     <t>(Citation: welivesec_strongpity)</t>
   </si>
   <si>
     <t>Hiroki Nagahama, NEC Corporation; Manikantan Srinivasan, NEC Corporation India; Pooja Natarajan, NEC Corporation India</t>
   </si>
   <si>
-    <t>,(Citation: trendmicro_strongpity),(Citation: welivesec_strongpity),(Citation: Talos Promethium June 2020),(Citation: Bitdefender StrongPity June 2020)</t>
+    <t>,(Citation: welivesec_strongpity),(Citation: trendmicro_strongpity),(Citation: Talos Promethium June 2020),(Citation: Bitdefender StrongPity June 2020)</t>
   </si>
   <si>
     <t>,(Citation: Cylance Dust Storm),</t>
   </si>
   <si>
-    <t>(Citation: SecureList OpTriangulation 23Oct2023),(Citation: SecureList OpTriangulation 21Jun2023),(Citation: SecureList OpTriangulation 01Jun2023),(Citation: SecureList OpTriangulation Dec2023),(Citation: SecureList OpTriangulation 23Oct2023),(Citation: SecureList OpTriangulation 21Jun2023),</t>
+    <t>(Citation: SecureList OpTriangulation 23Oct2023),(Citation: SecureList OpTriangulation 21Jun2023),(Citation: SecureList OpTriangulation 23Oct2023),(Citation: SecureList OpTriangulation 01Jun2023),(Citation: SecureList OpTriangulation 21Jun2023),(Citation: SecureList OpTriangulation Dec2023),</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
   <si>
     <t>target ref</t>
   </si>
@@ -937,119 +937,93 @@
     <t>https://securelist.com/triangledb-triangulation-implant/110050/</t>
   </si>
   <si>
     <t>https://securelist.com/triangulation-validators-modules/110847/</t>
   </si>
   <si>
     <t>https://securelist.com/operation-triangulation-the-last-hardware-mystery/111669/</t>
   </si>
   <si>
     <t>https://blog.talosintelligence.com/2020/06/promethium-extends-with-strongpity3.html</t>
   </si>
   <si>
     <t>https://www.trendmicro.com/en_za/research/21/g/strongpity-apt-group-deploys-android-malware-for-the-first-time.html</t>
   </si>
   <si>
     <t>https://www.welivesecurity.com/2023/01/10/strongpity-espionage-campaign-targeting-android-users/</t>
   </si>
   <si>
     <t>https://securelist.com/on-the-strongpity-waterhole-attacks-targeting-italian-and-belgian-encryption-users/76147/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1320,293 +1294,293 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0033" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0016" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0054" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bitdefender.com/files/News/CaseStudies/study/353/Bitdefender-Whitepaper-StrongPity-APT.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s7d2.scene7.com/is/content/cylance/prod/cylance-web/en-us/resources/knowledge-center/resource-library/reports/Op_Dust_Storm_Report.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/operation-triangulation/109842/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/triangledb-triangulation-implant/110050/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/triangulation-validators-modules/110847/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/operation-triangulation-the-last-hardware-mystery/111669/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2020/06/promethium-extends-with-strongpity3.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_za/research/21/g/strongpity-apt-group-deploys-android-malware-for-the-first-time.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2023/01/10/strongpity-espionage-campaign-targeting-android-users/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/operation-triangulation/109842/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/on-the-strongpity-waterhole-attacks-targeting-italian-and-belgian-encryption-users/76147/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2023/01/10/strongpity-espionage-campaign-targeting-android-users/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s7d2.scene7.com/is/content/cylance/prod/cylance-web/en-us/resources/knowledge-center/resource-library/reports/Op_Dust_Storm_Report.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="P1" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="1" t="s">
+      <c r="Q1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>31</v>
       </c>
       <c r="G2" t="s">
         <v>34</v>
       </c>
       <c r="H2" t="s">
         <v>35</v>
       </c>
       <c r="I2" t="s">
         <v>38</v>
       </c>
       <c r="L2" t="s">
         <v>40</v>
       </c>
       <c r="M2" t="s">
         <v>43</v>
       </c>
       <c r="N2" t="s">
         <v>46</v>
       </c>
       <c r="O2" t="s">
         <v>49</v>
       </c>
       <c r="P2" t="s">
         <v>50</v>
       </c>
       <c r="Q2" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>23</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>36</v>
       </c>
       <c r="I3" t="s">
         <v>39</v>
       </c>
       <c r="L3" t="s">
         <v>41</v>
       </c>
       <c r="M3" t="s">
         <v>44</v>
       </c>
       <c r="N3" t="s">
         <v>47</v>
       </c>
       <c r="O3" t="s">
         <v>44</v>
       </c>
       <c r="Q3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>37</v>
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
         <v>45</v>
       </c>
       <c r="N4" t="s">
         <v>48</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="Q4" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="E4" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>55</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>56</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>57</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>58</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>59</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>60</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>61</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>62</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>63</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>64</v>
       </c>
       <c r="E2" t="s">
         <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>66</v>
       </c>
       <c r="G2" t="s">
         <v>68</v>
       </c>
@@ -1662,87 +1636,87 @@
       </c>
       <c r="K3" t="s">
         <v>76</v>
       </c>
       <c r="L3" t="s">
         <v>33</v>
       </c>
       <c r="M3" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>55</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>56</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>57</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>58</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>59</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>60</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>61</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>62</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>63</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>64</v>
       </c>
       <c r="E2" t="s">
         <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>78</v>
       </c>
       <c r="G2" t="s">
         <v>110</v>
       </c>
@@ -3520,87 +3494,87 @@
       </c>
       <c r="K45" t="s">
         <v>262</v>
       </c>
       <c r="L45" t="s">
         <v>33</v>
       </c>
       <c r="M45" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>55</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>56</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>57</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>58</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>59</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>60</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>61</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>62</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>63</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>64</v>
       </c>
       <c r="E2" t="s">
         <v>265</v>
       </c>
       <c r="F2" t="s">
         <v>266</v>
       </c>
       <c r="G2" t="s">
         <v>267</v>
       </c>
@@ -3615,200 +3589,200 @@
       </c>
       <c r="K2" t="s">
         <v>271</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>272</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>273</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>274</v>
       </c>
       <c r="B2" t="s">
         <v>284</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>275</v>
       </c>
       <c r="B3" t="s">
         <v>285</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>276</v>
       </c>
       <c r="B4" t="s">
         <v>286</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>277</v>
       </c>
       <c r="B5" t="s">
         <v>287</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>278</v>
       </c>
       <c r="B6" t="s">
         <v>288</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>279</v>
       </c>
       <c r="B7" t="s">
         <v>289</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>280</v>
       </c>
       <c r="B8" t="s">
         <v>290</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>281</v>
       </c>
       <c r="B9" t="s">
         <v>291</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>282</v>
       </c>
       <c r="B10" t="s">
         <v>292</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>276</v>
       </c>
       <c r="B11" t="s">
         <v>286</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>283</v>
       </c>
       <c r="B12" t="s">
         <v>293</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>282</v>
       </c>
       <c r="B13" t="s">
         <v>292</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>275</v>
       </c>
       <c r="B14" t="s">
         <v>285</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>295</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">