--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -1,62 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="analytics" sheetId="1" r:id="rId1"/>
-    <sheet name="citations" sheetId="2" r:id="rId2"/>
+    <sheet name="analytic-logsource" sheetId="2" r:id="rId2"/>
+    <sheet name="analytic-detectionstrategy" sheetId="3" r:id="rId3"/>
+    <sheet name="citations" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1938" uniqueCount="997">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4556" uniqueCount="1294">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>STIX ID</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>description</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>created</t>
   </si>
   <si>
     <t>last modified</t>
   </si>
   <si>
     <t>domain</t>
   </si>
   <si>
@@ -2987,50 +2991,941 @@
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0720#AN1851</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0720#AN1852</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0721#AN1853</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0721#AN1854</t>
   </si>
   <si>
     <t>21 October 2025</t>
   </si>
   <si>
     <t>24 October 2025</t>
   </si>
   <si>
     <t>mobile-attack</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
   <si>
+    <t>analytic_id</t>
+  </si>
+  <si>
+    <t>analytic_name</t>
+  </si>
+  <si>
+    <t>data_component_id</t>
+  </si>
+  <si>
+    <t>data_component_name</t>
+  </si>
+  <si>
+    <t>log_source_name</t>
+  </si>
+  <si>
+    <t>channel</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--e2f72131-14d1-411f-8e8c-aa3453dd5456</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--85a533a4-5fa4-4dba-b45d-f0717bedd6e6</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--56c2b384-77f8-461f-a71a-76f7888ebfb6</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--613788f2-ad72-43f5-b5f7-a93e2adc70fa</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--3772e279-27d6-477a-9fe3-c6beb363594c</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--a7f22107-02e5-4982-9067-6625d4a1765a</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--bf0ff551-a5a7-40e5-bff9-f9405011b1f4</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--b1e0bb80-23d4-44f2-b919-7e9c54898f43</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--5ae32c6a-2d12-4b8f-81ca-f862f2be0962</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--764ee29e-48d6-4934-8e6b-7a606aaaafc0</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--181a9f8c-c780-4f1f-91a8-edb770e904ba</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--6c62144a-cd5c-401c-ada9-58c4c74cd9d2</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--685f917a-e95e-4ba0-ade1-c7d354dae6e0</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--3d20385b-24ef-40e1-9f56-f39750379077</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--ee575f4a-2d4f-48f6-b18b-89067760adc1</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--9bde2f9d-a695-4344-bfac-f2dce13d121e</t>
+  </si>
+  <si>
+    <t>x-mitre-data-component--61f1d40e-f3d0-4cc6-aa2d-937b6204194f</t>
+  </si>
+  <si>
+    <t>Permissions Request</t>
+  </si>
+  <si>
+    <t>Host Status</t>
+  </si>
+  <si>
+    <t>System Settings</t>
+  </si>
+  <si>
+    <t>Application Assets</t>
+  </si>
+  <si>
+    <t>Network Traffic Content</t>
+  </si>
+  <si>
+    <t>Network Traffic Flow</t>
+  </si>
+  <si>
+    <t>System Notifications</t>
+  </si>
+  <si>
+    <t>Permissions Requests</t>
+  </si>
+  <si>
+    <t>API Calls</t>
+  </si>
+  <si>
+    <t>Network Communication</t>
+  </si>
+  <si>
+    <t>Network Connection Creation</t>
+  </si>
+  <si>
+    <t>Protected Configuration</t>
+  </si>
+  <si>
+    <t>Command Execution</t>
+  </si>
+  <si>
+    <t>Process Creation</t>
+  </si>
+  <si>
+    <t>Process Metadata</t>
+  </si>
+  <si>
+    <t>OS API Execution</t>
+  </si>
+  <si>
+    <t>Process Termination</t>
+  </si>
+  <si>
+    <t>User Interface</t>
+  </si>
+  <si>
+    <t>Sensor Health</t>
+  </si>
+  <si>
+    <t>Application Vetting</t>
+  </si>
+  <si>
+    <t>Network Traffic</t>
+  </si>
+  <si>
+    <t>Command</t>
+  </si>
+  <si>
+    <t>Process</t>
+  </si>
+  <si>
+    <t>None</t>
+  </si>
+  <si>
+    <t>detection_strategy_id</t>
+  </si>
+  <si>
+    <t>detection_strategy_name</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--afab91d6-8af3-47cd-b899-cacfbb8cad6d</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0677c510-fa4d-4a39-a14b-b91f9cde1e23</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0a60e161-3347-49e6-9687-123e8a06c620</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--ab6215b7-19e0-4644-b340-40b6dcc90a48</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c1b65a72-9f74-4849-9797-1a9c655d9a04</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0546176b-5ea4-407d-acb7-382b55c7e883</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--ea1efe01-98ef-4a49-a30d-72fde6750985</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--59e56dc2-725e-4f55-ab2c-154dbe42bc4d</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--debfadd8-1df0-43b1-ae16-5f893dfc8bf3</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--b5259538-b169-47fd-a57c-521ad3f3a858</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0f41110f-099f-468f-af46-65d2a34f05d9</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--ffbbeee2-1138-4743-905d-e2d605d00ecb</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--2627c9c4-0241-41b7-b494-657cc58d4611</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5d42f7a1-78dd-4569-936e-78fe4601cb73</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c1ca9729-d9a0-47fd-98bf-8355ee9fc8e2</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7f914be4-061a-43a7-8d36-a758b123ca3b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--91b70fb4-8e86-4dd2-a988-33d64cc46d4e</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--b76b67bc-d38b-4b63-a0d0-ebfc7f829db6</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5a9d7ef3-35bf-4a89-8f61-084e2eecc070</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--b18a1df7-1b2b-4294-963a-e7c9b6489c34</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--b66555c6-297c-4769-affe-8f268b7c3c78</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--86f11b86-e189-47f1-8436-e46c7f0a4a69</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--1da26733-88c3-4cc8-8758-e2d65934f713</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--bce77859-548a-4ee7-8002-a05b182bb5ae</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7a9d4531-4ff8-4228-8abd-29da8bd2942f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--80e1ef21-9454-4000-ae75-d7a5ae8e703b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--4809a26b-8527-49dc-81aa-ac2750fd3b75</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c048a994-166a-42d0-a2d3-63e3cbc09117</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7b0e17a4-df7c-4f4b-8b15-e8aac2236fc6</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--19bf9f62-3909-4d68-b287-bb9ccd826fe5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--9bfe6e65-c691-44fa-9d00-bf7fd5e6479f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--1cabf349-a457-422b-a179-475795013f8a</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--6c1d15de-c055-4514-ac16-9cdd8e9b2764</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--6e373a06-358b-4078-a8ab-1f5c1730ddf4</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7a96a921-48bc-4fcf-b6b8-86a96315d4ee</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c6c7da3e-4366-473e-af4e-3cc67d8ea1fa</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0cb492cd-7d01-46b2-b1f4-afddec10eaf2</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--d9ca9fb7-01dd-465c-86a1-a48b6812b1c5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--62779c6a-e43b-4ea8-be38-f40191338089</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3ead6ecd-8ecb-40c9-8a73-ee3272bf0deb</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--aeb736c8-1c17-4fac-888e-122581ad6e0c</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--37c50db7-2081-4e24-91d0-787e091ea75a</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--effced27-7981-400b-9f22-e3c28144258f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--cb6a0874-0cb3-4d44-a77e-e93d4a26d50b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--f181f7e1-f70c-4ab3-b8c5-5c0a08ea98d1</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3e6673dc-e2c7-440e-b632-d25e3e9f92cc</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--84e15e6c-ddc1-40a0-8e46-ba5605b6345b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--1f04ccee-f8b2-4af3-bc34-e5b54d2c883e</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--bc10fb75-db07-4ace-843c-8bcfd4044a90</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--bd3d39c3-e5d5-4ce7-9e1b-1b9598352dc5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c2155dfa-140f-4da9-bfe8-61481a9693c0</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--10403bf9-7ba1-427a-9320-b4069d2c2eff</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--a5f6a93c-a8f9-4660-a6bc-63761a9ee94b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--63b2446e-fa01-4440-bcd6-0f8505d630a6</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--338779e6-0413-43e3-bfc8-71064a27ebeb</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--ef792e16-8b1c-452d-a3ae-1ad4b5577a4d</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--12414f0e-85ca-4403-873a-6d415c2020f4</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0e600ee5-de14-46f8-ada2-c0aee4ce969e</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0ec6ab45-a114-4ded-ba5e-a16982ccd64b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--34fc0ca7-338c-4eb4-b4ac-618f56378dd5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0bd280ab-7977-4ef9-b577-6c6a6014b179</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3f3f3518-90bb-44fc-8ef0-dbfab75b79cc</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--4041b489-71a4-4995-9419-04bd75628f89</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--98f14414-883e-4da3-930a-19a8faa1be41</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0c01c90a-c8a9-40ee-b143-1e5b00f11e1f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--39efdb0b-2a05-4caf-8f37-876dfad294d6</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--03c7f8c1-0239-44a2-89e2-4cd6b47940ac</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7c507410-2dc7-4159-88ec-b2228547ae67</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--19522fac-bfd0-4e94-9d75-a61eacbef7c3</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--06aad19e-a382-4987-a73c-a8e5c340d657</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--99db5782-6282-4626-901d-b57f8bb8a1f1</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--48e300f8-190e-46fa-a56d-8701f7a152d3</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--1147c50d-907a-4c0d-8375-e23cadeae5f9</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--34d06ebf-867e-4cd2-8e44-c849fcaab072</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--113d83d6-e0a2-44af-955d-288bd4ef21c4</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0d03e753-a278-4a32-a33f-6199967220de</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--694c70ab-0518-432a-a149-a7b185ad814b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--c2133628-efa0-4bb0-9f9a-a475ec6a52e7</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--996f14f4-3419-45f6-af22-edc15f5d5d19</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7a921c8c-fdc6-4526-aba6-2632360b7f0f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0c7e55b4-57b2-4a0f-ba0e-f50eab1a95f0</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--d87dc800-38cb-4d82-b76e-3c501dbd9c0a</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--f15826e8-4aa6-497e-bf9f-16c3724bfe72</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--ac9d1b33-cfba-415e-aef2-c4c0b359ed5f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--83a0e3a2-5828-4707-84f5-eec67cf6b50e</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5aa9f16e-253d-4ca6-b5e2-8311e5a76290</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--9935655b-cd9b-485f-84ea-1b3b4b765413</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5d826975-65f1-4515-b8c1-15cecd3339ac</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--411f7c72-356c-4de6-bbf0-27a7952d3be5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7ffe1aba-c979-426b-b96c-7161679eb8a8</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--a6da6dc3-19fe-4d1c-ab77-843c08377a19</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--611b9135-583e-47f8-b617-e9d52ae2d2c5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--11b4d80e-e15b-45b5-81c8-5ebbcdd814f1</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--a5942766-8bd2-4747-baaf-a5850f08f550</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7c7aa84d-8425-42cc-b0bc-5d384b04d99a</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--7ea45fed-cd52-4e26-96d5-31d3fd2c7b22</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--69ceab63-17ce-4e42-b247-055a180e6c2b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--8d518627-1df4-4bf8-b1fb-0828fb9f6d31</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--a7e4704b-4286-4928-88df-d0c151432495</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0a21ca34-ffa0-4b6f-b88c-9ffdb6a7c38f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--070d40c8-1aad-47e4-93d7-05e0362f437b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--69f0f372-4bb1-4c0e-b81a-d425b2f6f31f</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--395c6e70-21f8-4613-bdec-96ecba03a5b4</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--f06f44c7-97ff-4f8d-8c72-650c98e0ebdc</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3115adee-e3f8-498a-9bb2-47983e404ce8</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--142329a9-ff29-4bc2-af36-7294afc5fee4</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3b8a3713-0f0a-433c-82bd-13b2f9224206</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--b44bea1e-fc01-4c6b-b7c4-dcb0135de936</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--d314d955-a323-4e87-a8e5-317b0b8ed203</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--1098f1d3-7dfa-4dc0-b524-98af5588f6f7</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--668d7e7b-dc4e-4f51-93b4-ef87cb15d507</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--132ead25-5d93-4616-9847-a4c37d33d3e6</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--538bc808-b0f5-4f86-81f2-63be2cf63e80</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--973a4da0-af9c-4d57-ab62-21fbc308f8b3</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--545bde30-2b8c-47d3-bd34-fa188348b967</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--0abd72c9-7d7f-4e8a-99d7-5ac2f791eb9d</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--24ad5d49-a170-4e03-a194-3cc68ee81e1e</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--2d8db41e-e12e-46ff-be11-2810b0a2acb5</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--78eb87ae-c606-41cc-b133-b02eb35fb54d</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--12a7802a-b0c2-4823-b03d-e59b2c4bc4de</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--3ec475a9-b33f-42b3-a1b1-755b5fa9389b</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5560747b-ad67-478e-b3f2-14e55864e532</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--5848450c-38a7-421d-910c-9a10870f4ea3</t>
+  </si>
+  <si>
+    <t>x-mitre-detection-strategy--9c2fc530-8c91-458d-bb4e-6ec921ee2b85</t>
+  </si>
+  <si>
+    <t>Detection of File and Directory Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Boot or Logon Initialization Scripts</t>
+  </si>
+  <si>
+    <t>Detection of System Information Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Code Signing Policy Modification</t>
+  </si>
+  <si>
+    <t>Detection of SSL Pinning</t>
+  </si>
+  <si>
+    <t>Detection of Phishing</t>
+  </si>
+  <si>
+    <t>Detection of Scheduled Task/Job</t>
+  </si>
+  <si>
+    <t>Detection of SIM Card Swap</t>
+  </si>
+  <si>
+    <t>Detection of Application Versioning</t>
+  </si>
+  <si>
+    <t>Detection of Hijack Execution Flow</t>
+  </si>
+  <si>
+    <t>Detection of Disguise Root/Jailbreak Indicators</t>
+  </si>
+  <si>
+    <t>Detection of Event Triggered Execution</t>
+  </si>
+  <si>
+    <t>Detection of Internet Connection Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Exploitation for Privilege Escalation</t>
+  </si>
+  <si>
+    <t>Detection of Exfiltration Over Unencrypted Non-C2 Protocol</t>
+  </si>
+  <si>
+    <t>Detection of Exfiltration Over Alternative Protocol</t>
+  </si>
+  <si>
+    <t>Detection of Match Legitimate Name or Location</t>
+  </si>
+  <si>
+    <t>Detection of Process Injection</t>
+  </si>
+  <si>
+    <t>Detection of Uninstall Malicious Application</t>
+  </si>
+  <si>
+    <t>Detection of Credentials from Password Store</t>
+  </si>
+  <si>
+    <t>Detection of Archive Collected Data</t>
+  </si>
+  <si>
+    <t>Detection of Network Denial of Service</t>
+  </si>
+  <si>
+    <t>Detection of Bidirectional Communication</t>
+  </si>
+  <si>
+    <t>Detection of Asymmetric Cryptography</t>
+  </si>
+  <si>
+    <t>Detection of Prevent Application Removal</t>
+  </si>
+  <si>
+    <t>Detection of Execution Guardrails</t>
+  </si>
+  <si>
+    <t>Detection of GUI Input Capture</t>
+  </si>
+  <si>
+    <t>Detection of Foreground Persistence</t>
+  </si>
+  <si>
+    <t>Detection of Clipboard Data</t>
+  </si>
+  <si>
+    <t>Detection of Geofencing</t>
+  </si>
+  <si>
+    <t>Detection of Abuse Elevation Control Mechanism</t>
+  </si>
+  <si>
+    <t>Detection of Exploitation for Initial Access</t>
+  </si>
+  <si>
+    <t>Detection of Data Manipulation</t>
+  </si>
+  <si>
+    <t>Detection of Encrypted Channel</t>
+  </si>
+  <si>
+    <t>Detection of Adversary-in-the-Middle</t>
+  </si>
+  <si>
+    <t>Detection of Drive-By Compromise</t>
+  </si>
+  <si>
+    <t>Detection of Calendar Entries</t>
+  </si>
+  <si>
+    <t>Detection of Out of Band Data</t>
+  </si>
+  <si>
+    <t>Detection of Remote Device Management Services</t>
+  </si>
+  <si>
+    <t>Detection of Exfiltration Over C2 Channel</t>
+  </si>
+  <si>
+    <t>Detection of SMS Messages</t>
+  </si>
+  <si>
+    <t>Detection of Screen Capture</t>
+  </si>
+  <si>
+    <t>Detection of Linked Devices</t>
+  </si>
+  <si>
+    <t>Detection of Video Capture</t>
+  </si>
+  <si>
+    <t>Detection of Data Destruction</t>
+  </si>
+  <si>
+    <t>Detection of Audio Capture</t>
+  </si>
+  <si>
+    <t>Detection of Access Notifications</t>
+  </si>
+  <si>
+    <t>Detection of Indicator Removal on Host</t>
+  </si>
+  <si>
+    <t>Detection of Endpoint Denial of Service</t>
+  </si>
+  <si>
+    <t>Detection of Domain Generation Algorithms</t>
+  </si>
+  <si>
+    <t>Detection of Remote Access Software</t>
+  </si>
+  <si>
+    <t>Detection of Native API</t>
+  </si>
+  <si>
+    <t>Detection of Virtualization/Sandbox Evasion</t>
+  </si>
+  <si>
+    <t>Detection of Ptrace System Calls</t>
+  </si>
+  <si>
+    <t>Detection of Lockscreen Bypass</t>
+  </si>
+  <si>
+    <t>Detection of Compromise Hardware Supply Chain</t>
+  </si>
+  <si>
+    <t>Detection of Generate Traffic from Victim</t>
+  </si>
+  <si>
+    <t>Detection of Process Discovery</t>
+  </si>
+  <si>
+    <t>Detection of URI Hijacking</t>
+  </si>
+  <si>
+    <t>Detection of Unix Shell</t>
+  </si>
+  <si>
+    <t>Detection of System Checks</t>
+  </si>
+  <si>
+    <t>Detection of Device Administrator Permissions</t>
+  </si>
+  <si>
+    <t>Detection of Transmitted Data Manipulation</t>
+  </si>
+  <si>
+    <t>Detection of Accounts</t>
+  </si>
+  <si>
+    <t>Detection of Symmetric Cryptography</t>
+  </si>
+  <si>
+    <t>Detection of Exploitation of Remote Services</t>
+  </si>
+  <si>
+    <t>Detection of Contact List</t>
+  </si>
+  <si>
+    <t>Detection of Obfuscated Files or Information</t>
+  </si>
+  <si>
+    <t>Detection of Input Capture</t>
+  </si>
+  <si>
+    <t>Detection of Exploitation for Client Execution</t>
+  </si>
+  <si>
+    <t>Detection of Conceal Multimedia Files</t>
+  </si>
+  <si>
+    <t>Detection of Protected User Data</t>
+  </si>
+  <si>
+    <t>Detection of Dynamic Resolution</t>
+  </si>
+  <si>
+    <t>Detection of Software Packing</t>
+  </si>
+  <si>
+    <t>Detection of Compromise Application Executable</t>
+  </si>
+  <si>
+    <t>Detection of Disable or Modify Tools</t>
+  </si>
+  <si>
+    <t>Detection of Command and Scripting Interpreter</t>
+  </si>
+  <si>
+    <t>Detection of Compromise Software Dependencies and Development Tools</t>
+  </si>
+  <si>
+    <t>Detection of Download New Code at Runtime</t>
+  </si>
+  <si>
+    <t>Detection of Non-Standard Port</t>
+  </si>
+  <si>
+    <t>Detection of Abuse Accessibility Features</t>
+  </si>
+  <si>
+    <t>Detection of Stored Application Data</t>
+  </si>
+  <si>
+    <t>Detection of Keylogging</t>
+  </si>
+  <si>
+    <t>Detection of Location Tracking</t>
+  </si>
+  <si>
+    <t>Detection of Dead Drop Resolver</t>
+  </si>
+  <si>
+    <t>Detection of Ingress Tool Transfer</t>
+  </si>
+  <si>
+    <t>Detection of Security Software Discovery</t>
+  </si>
+  <si>
+    <t>Detection of User Evasion</t>
+  </si>
+  <si>
+    <t>Detection of Steal Application Access Token</t>
+  </si>
+  <si>
+    <t>Detection of System Runtime API Hijacking</t>
+  </si>
+  <si>
+    <t>Detection of Application Layer Protocol</t>
+  </si>
+  <si>
+    <t>Detection of Suppress Application Icon</t>
+  </si>
+  <si>
+    <t>Detection of Hide Artifacts</t>
+  </si>
+  <si>
+    <t>Detection of Data from Local System</t>
+  </si>
+  <si>
+    <t>Detection of Compromise Client Software Binary</t>
+  </si>
+  <si>
+    <t>Detection of System Network Connections Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Software Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Supply Chain Compromise</t>
+  </si>
+  <si>
+    <t>Detection of Impersonate SS7 Nodes</t>
+  </si>
+  <si>
+    <t>Detection of Call Log</t>
+  </si>
+  <si>
+    <t>Detection of Network Service Scanning</t>
+  </si>
+  <si>
+    <t>Detection of Web Service</t>
+  </si>
+  <si>
+    <t>Detection of Web Protocols</t>
+  </si>
+  <si>
+    <t>Detection of Wi-Fi Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Device Lockout</t>
+  </si>
+  <si>
+    <t>Detection of SMS Control</t>
+  </si>
+  <si>
+    <t>Detection of Replication Through Removable Media</t>
+  </si>
+  <si>
+    <t>Detection of Keychain</t>
+  </si>
+  <si>
+    <t>Detection of Masquerading</t>
+  </si>
+  <si>
+    <t>Detection of Compromise Software Supply Chain</t>
+  </si>
+  <si>
+    <t>Detection of Subvert Trust Controls</t>
+  </si>
+  <si>
+    <t>Detection of Data Encrypted for Impact</t>
+  </si>
+  <si>
+    <t>Detection of System Network Configuration Discovery</t>
+  </si>
+  <si>
+    <t>Detection of Proxy Through Victim</t>
+  </si>
+  <si>
+    <t>Detection of Steganography</t>
+  </si>
+  <si>
+    <t>Detection of Call Control</t>
+  </si>
+  <si>
+    <t>Detection of Virtualization Solution</t>
+  </si>
+  <si>
+    <t>Detection of Hooking</t>
+  </si>
+  <si>
+    <t>Detection of Account Access Removal</t>
+  </si>
+  <si>
+    <t>Detection of Input Injection</t>
+  </si>
+  <si>
+    <t>Detection of One-Way Communication</t>
+  </si>
+  <si>
+    <t>Detection of Impair Defenses</t>
+  </si>
+  <si>
+    <t>Detection of File Deletion</t>
+  </si>
+  <si>
+    <t>Detection of Broadcast Receivers</t>
+  </si>
+  <si>
     <t>reference</t>
   </si>
   <si>
     <t>citation</t>
   </si>
   <si>
     <t>Android Privacy Indicators</t>
   </si>
   <si>
     <t>Android-AppLinks</t>
   </si>
   <si>
     <t>Android-VerifiedBoot</t>
   </si>
   <si>
     <t>CSRIC5-WG10-FinalReport</t>
   </si>
   <si>
     <t>Data Driven Security DGA</t>
   </si>
   <si>
     <t>IETF-OAuthNativeApps</t>
   </si>
   <si>
     <t>Samsung Knox Mobile Threat Defense</t>
@@ -3078,131 +3973,105 @@
     <t>https://source.android.com/security/verifiedboot/</t>
   </si>
   <si>
     <t>https://web.archive.org/web/20200330012714/https://www.fcc.gov/files/csric5-wg10-finalreport031517pdf</t>
   </si>
   <si>
     <t>https://datadrivensecurity.info/blog/posts/2014/Oct/dga-part2/</t>
   </si>
   <si>
     <t>https://tools.ietf.org/html/rfc8252</t>
   </si>
   <si>
     <t>https://partner.samsungknox.com/mtd</t>
   </si>
   <si>
     <t>https://blog.zecops.com/research/how-ios-malware-can-spy-on-users-silently/</t>
   </si>
   <si>
     <t>https://unit42.paloaltonetworks.com/strategically-aged-domain-detection/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3448,6195 +4317,6195 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0598" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0599" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0600" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0600" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0601" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0601" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0602" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0602" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0603" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0604" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0604" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0605" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0606" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0607" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0607" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0608" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0608" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0609" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0609" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0610" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0610" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0611" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0612" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0613" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0613" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0614" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0614" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0615" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0615" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0616" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0616" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0617" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0617" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0618" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0618" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0619" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0619" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0620" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0620" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0621" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0621" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0622" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0622" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0623" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0623" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0624" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0624" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0625" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0625" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0626" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0626" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0627" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0627" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0628" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0628" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0629" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0629" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0630" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0631" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0632" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0632" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0633" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0634" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0634" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0635" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0635" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0636" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0637" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0638" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0639" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0640" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0641" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0641" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0642" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0643" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0643" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0644" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0644" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0645" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0645" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0646" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0646" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0647" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0648" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0648" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0649" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0650" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0650" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0651" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0651" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0652" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0652" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0653" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0653" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0654" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0654" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0655" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0655" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0656" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0656" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0657" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0657" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0658" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0658" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0659" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0660" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0661" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0661" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0662" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0662" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0663" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0663" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0664" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0665" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0665" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0666" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0666" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0667" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0667" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0668" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0669" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0669" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0670" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0670" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0671" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0672" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0672" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0673" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0673" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0674" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0674" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0675" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0675" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0676" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0676" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0677" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0678" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0679" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0679" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0680" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0680" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0681" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0681" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0682" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0682" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0683" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0684" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0684" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0685" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0685" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0686" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0686" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0687" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0688" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0688" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0689" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0690" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0691" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0691" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0692" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0692" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0693" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0694" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0695" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0695" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0696" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0696" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0697" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0698" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0698" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0699" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0700" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0700" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0701" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0701" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0702" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0702" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0703" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0704" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0704" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0705" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0705" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0706" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0706" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0707" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0707" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0708" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0708" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0709" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0709" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0710" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0710" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0711" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0712" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0712" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0713" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0713" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0714" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0715" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0715" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0716" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0716" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0717" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0718" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0718" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0719" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0720" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0720" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0721" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0721" TargetMode="External"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://source.android.com/devices/tech/config/privacy-indicators" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://developer.android.com/training/app-links/index.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://source.android.com/security/verifiedboot/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200330012714/https://www.fcc.gov/files/csric5-wg10-finalreport031517pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datadrivensecurity.info/blog/posts/2014/Oct/dga-part2/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tools.ietf.org/html/rfc8252" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://partner.samsungknox.com/mtd" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.zecops.com/research/how-ios-malware-can-spy-on-users-silently/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unit42.paloaltonetworks.com/strategically-aged-domain-detection/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>220</v>
       </c>
       <c r="C2" t="s">
         <v>431</v>
       </c>
       <c r="D2" t="s">
         <v>642</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>753</v>
       </c>
       <c r="F2" t="s">
         <v>964</v>
       </c>
       <c r="G2" t="s">
         <v>964</v>
       </c>
       <c r="H2" t="s">
         <v>966</v>
       </c>
       <c r="I2" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>221</v>
       </c>
       <c r="C3" t="s">
         <v>432</v>
       </c>
       <c r="D3" t="s">
         <v>643</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>754</v>
       </c>
       <c r="F3" t="s">
         <v>964</v>
       </c>
       <c r="G3" t="s">
         <v>964</v>
       </c>
       <c r="H3" t="s">
         <v>966</v>
       </c>
       <c r="I3" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>222</v>
       </c>
       <c r="C4" t="s">
         <v>433</v>
       </c>
       <c r="D4" t="s">
         <v>644</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>755</v>
       </c>
       <c r="F4" t="s">
         <v>964</v>
       </c>
       <c r="G4" t="s">
         <v>964</v>
       </c>
       <c r="H4" t="s">
         <v>966</v>
       </c>
       <c r="I4" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>223</v>
       </c>
       <c r="C5" t="s">
         <v>434</v>
       </c>
       <c r="D5" t="s">
         <v>644</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>756</v>
       </c>
       <c r="F5" t="s">
         <v>964</v>
       </c>
       <c r="G5" t="s">
         <v>964</v>
       </c>
       <c r="H5" t="s">
         <v>966</v>
       </c>
       <c r="I5" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>224</v>
       </c>
       <c r="C6" t="s">
         <v>435</v>
       </c>
       <c r="D6" t="s">
         <v>645</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>757</v>
       </c>
       <c r="F6" t="s">
         <v>964</v>
       </c>
       <c r="G6" t="s">
         <v>964</v>
       </c>
       <c r="H6" t="s">
         <v>966</v>
       </c>
       <c r="I6" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>225</v>
       </c>
       <c r="C7" t="s">
         <v>436</v>
       </c>
       <c r="D7" t="s">
         <v>645</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>758</v>
       </c>
       <c r="F7" t="s">
         <v>964</v>
       </c>
       <c r="G7" t="s">
         <v>964</v>
       </c>
       <c r="H7" t="s">
         <v>966</v>
       </c>
       <c r="I7" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>226</v>
       </c>
       <c r="C8" t="s">
         <v>437</v>
       </c>
       <c r="D8" t="s">
         <v>646</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>759</v>
       </c>
       <c r="F8" t="s">
         <v>964</v>
       </c>
       <c r="G8" t="s">
         <v>964</v>
       </c>
       <c r="H8" t="s">
         <v>966</v>
       </c>
       <c r="I8" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>227</v>
       </c>
       <c r="C9" t="s">
         <v>438</v>
       </c>
       <c r="D9" t="s">
         <v>646</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>760</v>
       </c>
       <c r="F9" t="s">
         <v>964</v>
       </c>
       <c r="G9" t="s">
         <v>964</v>
       </c>
       <c r="H9" t="s">
         <v>966</v>
       </c>
       <c r="I9" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>228</v>
       </c>
       <c r="C10" t="s">
         <v>439</v>
       </c>
       <c r="D10" t="s">
         <v>647</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>761</v>
       </c>
       <c r="F10" t="s">
         <v>964</v>
       </c>
       <c r="G10" t="s">
         <v>964</v>
       </c>
       <c r="H10" t="s">
         <v>966</v>
       </c>
       <c r="I10" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>229</v>
       </c>
       <c r="C11" t="s">
         <v>440</v>
       </c>
       <c r="D11" t="s">
         <v>648</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>762</v>
       </c>
       <c r="F11" t="s">
         <v>964</v>
       </c>
       <c r="G11" t="s">
         <v>964</v>
       </c>
       <c r="H11" t="s">
         <v>966</v>
       </c>
       <c r="I11" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>230</v>
       </c>
       <c r="C12" t="s">
         <v>441</v>
       </c>
       <c r="D12" t="s">
         <v>648</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>763</v>
       </c>
       <c r="F12" t="s">
         <v>964</v>
       </c>
       <c r="G12" t="s">
         <v>964</v>
       </c>
       <c r="H12" t="s">
         <v>966</v>
       </c>
       <c r="I12" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>231</v>
       </c>
       <c r="C13" t="s">
         <v>442</v>
       </c>
       <c r="D13" t="s">
         <v>649</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>764</v>
       </c>
       <c r="F13" t="s">
         <v>964</v>
       </c>
       <c r="G13" t="s">
         <v>964</v>
       </c>
       <c r="H13" t="s">
         <v>966</v>
       </c>
       <c r="I13" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
         <v>232</v>
       </c>
       <c r="C14" t="s">
         <v>443</v>
       </c>
       <c r="D14" t="s">
         <v>650</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>765</v>
       </c>
       <c r="F14" t="s">
         <v>964</v>
       </c>
       <c r="G14" t="s">
         <v>964</v>
       </c>
       <c r="H14" t="s">
         <v>966</v>
       </c>
       <c r="I14" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
         <v>233</v>
       </c>
       <c r="C15" t="s">
         <v>444</v>
       </c>
       <c r="D15" t="s">
         <v>651</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>766</v>
       </c>
       <c r="F15" t="s">
         <v>964</v>
       </c>
       <c r="G15" t="s">
         <v>964</v>
       </c>
       <c r="H15" t="s">
         <v>966</v>
       </c>
       <c r="I15" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>234</v>
       </c>
       <c r="C16" t="s">
         <v>445</v>
       </c>
       <c r="D16" t="s">
         <v>651</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="1" t="s">
         <v>767</v>
       </c>
       <c r="F16" t="s">
         <v>964</v>
       </c>
       <c r="G16" t="s">
         <v>964</v>
       </c>
       <c r="H16" t="s">
         <v>966</v>
       </c>
       <c r="I16" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
         <v>235</v>
       </c>
       <c r="C17" t="s">
         <v>446</v>
       </c>
       <c r="D17" t="s">
         <v>652</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="E17" s="1" t="s">
         <v>768</v>
       </c>
       <c r="F17" t="s">
         <v>964</v>
       </c>
       <c r="G17" t="s">
         <v>964</v>
       </c>
       <c r="H17" t="s">
         <v>966</v>
       </c>
       <c r="I17" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>25</v>
       </c>
       <c r="B18" t="s">
         <v>236</v>
       </c>
       <c r="C18" t="s">
         <v>447</v>
       </c>
       <c r="D18" t="s">
         <v>652</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="E18" s="1" t="s">
         <v>769</v>
       </c>
       <c r="F18" t="s">
         <v>964</v>
       </c>
       <c r="G18" t="s">
         <v>964</v>
       </c>
       <c r="H18" t="s">
         <v>966</v>
       </c>
       <c r="I18" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>237</v>
       </c>
       <c r="C19" t="s">
         <v>448</v>
       </c>
       <c r="D19" t="s">
         <v>653</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="E19" s="1" t="s">
         <v>770</v>
       </c>
       <c r="F19" t="s">
         <v>964</v>
       </c>
       <c r="G19" t="s">
         <v>964</v>
       </c>
       <c r="H19" t="s">
         <v>966</v>
       </c>
       <c r="I19" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>238</v>
       </c>
       <c r="C20" t="s">
         <v>449</v>
       </c>
       <c r="D20" t="s">
         <v>653</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="E20" s="1" t="s">
         <v>771</v>
       </c>
       <c r="F20" t="s">
         <v>964</v>
       </c>
       <c r="G20" t="s">
         <v>964</v>
       </c>
       <c r="H20" t="s">
         <v>966</v>
       </c>
       <c r="I20" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
         <v>239</v>
       </c>
       <c r="C21" t="s">
         <v>450</v>
       </c>
       <c r="D21" t="s">
         <v>654</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="E21" s="1" t="s">
         <v>772</v>
       </c>
       <c r="F21" t="s">
         <v>964</v>
       </c>
       <c r="G21" t="s">
         <v>964</v>
       </c>
       <c r="H21" t="s">
         <v>966</v>
       </c>
       <c r="I21" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" t="s">
         <v>240</v>
       </c>
       <c r="C22" t="s">
         <v>451</v>
       </c>
       <c r="D22" t="s">
         <v>654</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="E22" s="1" t="s">
         <v>773</v>
       </c>
       <c r="F22" t="s">
         <v>964</v>
       </c>
       <c r="G22" t="s">
         <v>964</v>
       </c>
       <c r="H22" t="s">
         <v>966</v>
       </c>
       <c r="I22" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>30</v>
       </c>
       <c r="B23" t="s">
         <v>241</v>
       </c>
       <c r="C23" t="s">
         <v>452</v>
       </c>
       <c r="D23" t="s">
         <v>655</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="E23" s="1" t="s">
         <v>774</v>
       </c>
       <c r="F23" t="s">
         <v>964</v>
       </c>
       <c r="G23" t="s">
         <v>964</v>
       </c>
       <c r="H23" t="s">
         <v>966</v>
       </c>
       <c r="I23" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>31</v>
       </c>
       <c r="B24" t="s">
         <v>242</v>
       </c>
       <c r="C24" t="s">
         <v>453</v>
       </c>
       <c r="D24" t="s">
         <v>656</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="E24" s="1" t="s">
         <v>775</v>
       </c>
       <c r="F24" t="s">
         <v>964</v>
       </c>
       <c r="G24" t="s">
         <v>964</v>
       </c>
       <c r="H24" t="s">
         <v>966</v>
       </c>
       <c r="I24" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>243</v>
       </c>
       <c r="C25" t="s">
         <v>454</v>
       </c>
       <c r="D25" t="s">
         <v>657</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="E25" s="1" t="s">
         <v>776</v>
       </c>
       <c r="F25" t="s">
         <v>964</v>
       </c>
       <c r="G25" t="s">
         <v>964</v>
       </c>
       <c r="H25" t="s">
         <v>966</v>
       </c>
       <c r="I25" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>33</v>
       </c>
       <c r="B26" t="s">
         <v>244</v>
       </c>
       <c r="C26" t="s">
         <v>455</v>
       </c>
       <c r="D26" t="s">
         <v>657</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="E26" s="1" t="s">
         <v>777</v>
       </c>
       <c r="F26" t="s">
         <v>964</v>
       </c>
       <c r="G26" t="s">
         <v>964</v>
       </c>
       <c r="H26" t="s">
         <v>966</v>
       </c>
       <c r="I26" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" t="s">
         <v>245</v>
       </c>
       <c r="C27" t="s">
         <v>456</v>
       </c>
       <c r="D27" t="s">
         <v>658</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="E27" s="1" t="s">
         <v>778</v>
       </c>
       <c r="F27" t="s">
         <v>964</v>
       </c>
       <c r="G27" t="s">
         <v>964</v>
       </c>
       <c r="H27" t="s">
         <v>966</v>
       </c>
       <c r="I27" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" t="s">
         <v>246</v>
       </c>
       <c r="C28" t="s">
         <v>457</v>
       </c>
       <c r="D28" t="s">
         <v>658</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="E28" s="1" t="s">
         <v>779</v>
       </c>
       <c r="F28" t="s">
         <v>964</v>
       </c>
       <c r="G28" t="s">
         <v>964</v>
       </c>
       <c r="H28" t="s">
         <v>966</v>
       </c>
       <c r="I28" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" t="s">
         <v>247</v>
       </c>
       <c r="C29" t="s">
         <v>458</v>
       </c>
       <c r="D29" t="s">
         <v>659</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="E29" s="1" t="s">
         <v>780</v>
       </c>
       <c r="F29" t="s">
         <v>964</v>
       </c>
       <c r="G29" t="s">
         <v>964</v>
       </c>
       <c r="H29" t="s">
         <v>966</v>
       </c>
       <c r="I29" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>37</v>
       </c>
       <c r="B30" t="s">
         <v>248</v>
       </c>
       <c r="C30" t="s">
         <v>459</v>
       </c>
       <c r="D30" t="s">
         <v>659</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="E30" s="1" t="s">
         <v>781</v>
       </c>
       <c r="F30" t="s">
         <v>964</v>
       </c>
       <c r="G30" t="s">
         <v>964</v>
       </c>
       <c r="H30" t="s">
         <v>966</v>
       </c>
       <c r="I30" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>38</v>
       </c>
       <c r="B31" t="s">
         <v>249</v>
       </c>
       <c r="C31" t="s">
         <v>460</v>
       </c>
       <c r="D31" t="s">
         <v>660</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="E31" s="1" t="s">
         <v>782</v>
       </c>
       <c r="F31" t="s">
         <v>964</v>
       </c>
       <c r="G31" t="s">
         <v>964</v>
       </c>
       <c r="H31" t="s">
         <v>966</v>
       </c>
       <c r="I31" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>39</v>
       </c>
       <c r="B32" t="s">
         <v>250</v>
       </c>
       <c r="C32" t="s">
         <v>461</v>
       </c>
       <c r="D32" t="s">
         <v>660</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="E32" s="1" t="s">
         <v>783</v>
       </c>
       <c r="F32" t="s">
         <v>964</v>
       </c>
       <c r="G32" t="s">
         <v>964</v>
       </c>
       <c r="H32" t="s">
         <v>966</v>
       </c>
       <c r="I32" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>40</v>
       </c>
       <c r="B33" t="s">
         <v>251</v>
       </c>
       <c r="C33" t="s">
         <v>462</v>
       </c>
       <c r="D33" t="s">
         <v>661</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="E33" s="1" t="s">
         <v>784</v>
       </c>
       <c r="F33" t="s">
         <v>964</v>
       </c>
       <c r="G33" t="s">
         <v>964</v>
       </c>
       <c r="H33" t="s">
         <v>966</v>
       </c>
       <c r="I33" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>41</v>
       </c>
       <c r="B34" t="s">
         <v>252</v>
       </c>
       <c r="C34" t="s">
         <v>463</v>
       </c>
       <c r="D34" t="s">
         <v>661</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="E34" s="1" t="s">
         <v>785</v>
       </c>
       <c r="F34" t="s">
         <v>964</v>
       </c>
       <c r="G34" t="s">
         <v>964</v>
       </c>
       <c r="H34" t="s">
         <v>966</v>
       </c>
       <c r="I34" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>42</v>
       </c>
       <c r="B35" t="s">
         <v>253</v>
       </c>
       <c r="C35" t="s">
         <v>464</v>
       </c>
       <c r="D35" t="s">
         <v>662</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="E35" s="1" t="s">
         <v>786</v>
       </c>
       <c r="F35" t="s">
         <v>964</v>
       </c>
       <c r="G35" t="s">
         <v>964</v>
       </c>
       <c r="H35" t="s">
         <v>966</v>
       </c>
       <c r="I35" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>43</v>
       </c>
       <c r="B36" t="s">
         <v>254</v>
       </c>
       <c r="C36" t="s">
         <v>465</v>
       </c>
       <c r="D36" t="s">
         <v>662</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="E36" s="1" t="s">
         <v>787</v>
       </c>
       <c r="F36" t="s">
         <v>964</v>
       </c>
       <c r="G36" t="s">
         <v>964</v>
       </c>
       <c r="H36" t="s">
         <v>966</v>
       </c>
       <c r="I36" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>44</v>
       </c>
       <c r="B37" t="s">
         <v>255</v>
       </c>
       <c r="C37" t="s">
         <v>466</v>
       </c>
       <c r="D37" t="s">
         <v>663</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="E37" s="1" t="s">
         <v>788</v>
       </c>
       <c r="F37" t="s">
         <v>964</v>
       </c>
       <c r="G37" t="s">
         <v>964</v>
       </c>
       <c r="H37" t="s">
         <v>966</v>
       </c>
       <c r="I37" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>45</v>
       </c>
       <c r="B38" t="s">
         <v>256</v>
       </c>
       <c r="C38" t="s">
         <v>467</v>
       </c>
       <c r="D38" t="s">
         <v>663</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="E38" s="1" t="s">
         <v>789</v>
       </c>
       <c r="F38" t="s">
         <v>964</v>
       </c>
       <c r="G38" t="s">
         <v>964</v>
       </c>
       <c r="H38" t="s">
         <v>966</v>
       </c>
       <c r="I38" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>46</v>
       </c>
       <c r="B39" t="s">
         <v>257</v>
       </c>
       <c r="C39" t="s">
         <v>468</v>
       </c>
       <c r="D39" t="s">
         <v>664</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="E39" s="1" t="s">
         <v>790</v>
       </c>
       <c r="F39" t="s">
         <v>964</v>
       </c>
       <c r="G39" t="s">
         <v>964</v>
       </c>
       <c r="H39" t="s">
         <v>966</v>
       </c>
       <c r="I39" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>47</v>
       </c>
       <c r="B40" t="s">
         <v>258</v>
       </c>
       <c r="C40" t="s">
         <v>469</v>
       </c>
       <c r="D40" t="s">
         <v>664</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="E40" s="1" t="s">
         <v>791</v>
       </c>
       <c r="F40" t="s">
         <v>964</v>
       </c>
       <c r="G40" t="s">
         <v>964</v>
       </c>
       <c r="H40" t="s">
         <v>966</v>
       </c>
       <c r="I40" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>48</v>
       </c>
       <c r="B41" t="s">
         <v>259</v>
       </c>
       <c r="C41" t="s">
         <v>470</v>
       </c>
       <c r="D41" t="s">
         <v>665</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="E41" s="1" t="s">
         <v>792</v>
       </c>
       <c r="F41" t="s">
         <v>964</v>
       </c>
       <c r="G41" t="s">
         <v>964</v>
       </c>
       <c r="H41" t="s">
         <v>966</v>
       </c>
       <c r="I41" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>49</v>
       </c>
       <c r="B42" t="s">
         <v>260</v>
       </c>
       <c r="C42" t="s">
         <v>471</v>
       </c>
       <c r="D42" t="s">
         <v>665</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="E42" s="1" t="s">
         <v>793</v>
       </c>
       <c r="F42" t="s">
         <v>964</v>
       </c>
       <c r="G42" t="s">
         <v>964</v>
       </c>
       <c r="H42" t="s">
         <v>966</v>
       </c>
       <c r="I42" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>50</v>
       </c>
       <c r="B43" t="s">
         <v>261</v>
       </c>
       <c r="C43" t="s">
         <v>472</v>
       </c>
       <c r="D43" t="s">
         <v>666</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="E43" s="1" t="s">
         <v>794</v>
       </c>
       <c r="F43" t="s">
         <v>964</v>
       </c>
       <c r="G43" t="s">
         <v>964</v>
       </c>
       <c r="H43" t="s">
         <v>966</v>
       </c>
       <c r="I43" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>51</v>
       </c>
       <c r="B44" t="s">
         <v>262</v>
       </c>
       <c r="C44" t="s">
         <v>473</v>
       </c>
       <c r="D44" t="s">
         <v>666</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="E44" s="1" t="s">
         <v>795</v>
       </c>
       <c r="F44" t="s">
         <v>964</v>
       </c>
       <c r="G44" t="s">
         <v>964</v>
       </c>
       <c r="H44" t="s">
         <v>966</v>
       </c>
       <c r="I44" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>52</v>
       </c>
       <c r="B45" t="s">
         <v>263</v>
       </c>
       <c r="C45" t="s">
         <v>474</v>
       </c>
       <c r="D45" t="s">
         <v>667</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="E45" s="1" t="s">
         <v>796</v>
       </c>
       <c r="F45" t="s">
         <v>964</v>
       </c>
       <c r="G45" t="s">
         <v>964</v>
       </c>
       <c r="H45" t="s">
         <v>966</v>
       </c>
       <c r="I45" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>53</v>
       </c>
       <c r="B46" t="s">
         <v>264</v>
       </c>
       <c r="C46" t="s">
         <v>475</v>
       </c>
       <c r="D46" t="s">
         <v>667</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="E46" s="1" t="s">
         <v>797</v>
       </c>
       <c r="F46" t="s">
         <v>964</v>
       </c>
       <c r="G46" t="s">
         <v>964</v>
       </c>
       <c r="H46" t="s">
         <v>966</v>
       </c>
       <c r="I46" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>54</v>
       </c>
       <c r="B47" t="s">
         <v>265</v>
       </c>
       <c r="C47" t="s">
         <v>476</v>
       </c>
       <c r="D47" t="s">
         <v>668</v>
       </c>
-      <c r="E47" s="2" t="s">
+      <c r="E47" s="1" t="s">
         <v>798</v>
       </c>
       <c r="F47" t="s">
         <v>964</v>
       </c>
       <c r="G47" t="s">
         <v>964</v>
       </c>
       <c r="H47" t="s">
         <v>966</v>
       </c>
       <c r="I47" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>55</v>
       </c>
       <c r="B48" t="s">
         <v>266</v>
       </c>
       <c r="C48" t="s">
         <v>477</v>
       </c>
       <c r="D48" t="s">
         <v>668</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="E48" s="1" t="s">
         <v>799</v>
       </c>
       <c r="F48" t="s">
         <v>964</v>
       </c>
       <c r="G48" t="s">
         <v>964</v>
       </c>
       <c r="H48" t="s">
         <v>966</v>
       </c>
       <c r="I48" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>56</v>
       </c>
       <c r="B49" t="s">
         <v>267</v>
       </c>
       <c r="C49" t="s">
         <v>478</v>
       </c>
       <c r="D49" t="s">
         <v>660</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="E49" s="1" t="s">
         <v>800</v>
       </c>
       <c r="F49" t="s">
         <v>964</v>
       </c>
       <c r="G49" t="s">
         <v>964</v>
       </c>
       <c r="H49" t="s">
         <v>966</v>
       </c>
       <c r="I49" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>57</v>
       </c>
       <c r="B50" t="s">
         <v>268</v>
       </c>
       <c r="C50" t="s">
         <v>479</v>
       </c>
       <c r="D50" t="s">
         <v>660</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="E50" s="1" t="s">
         <v>801</v>
       </c>
       <c r="F50" t="s">
         <v>964</v>
       </c>
       <c r="G50" t="s">
         <v>964</v>
       </c>
       <c r="H50" t="s">
         <v>966</v>
       </c>
       <c r="I50" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>58</v>
       </c>
       <c r="B51" t="s">
         <v>269</v>
       </c>
       <c r="C51" t="s">
         <v>480</v>
       </c>
       <c r="D51" t="s">
         <v>669</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="E51" s="1" t="s">
         <v>802</v>
       </c>
       <c r="F51" t="s">
         <v>964</v>
       </c>
       <c r="G51" t="s">
         <v>964</v>
       </c>
       <c r="H51" t="s">
         <v>966</v>
       </c>
       <c r="I51" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>59</v>
       </c>
       <c r="B52" t="s">
         <v>270</v>
       </c>
       <c r="C52" t="s">
         <v>481</v>
       </c>
       <c r="D52" t="s">
         <v>669</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="E52" s="1" t="s">
         <v>803</v>
       </c>
       <c r="F52" t="s">
         <v>964</v>
       </c>
       <c r="G52" t="s">
         <v>964</v>
       </c>
       <c r="H52" t="s">
         <v>966</v>
       </c>
       <c r="I52" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>60</v>
       </c>
       <c r="B53" t="s">
         <v>271</v>
       </c>
       <c r="C53" t="s">
         <v>482</v>
       </c>
       <c r="D53" t="s">
         <v>670</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="E53" s="1" t="s">
         <v>804</v>
       </c>
       <c r="F53" t="s">
         <v>964</v>
       </c>
       <c r="G53" t="s">
         <v>964</v>
       </c>
       <c r="H53" t="s">
         <v>966</v>
       </c>
       <c r="I53" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>61</v>
       </c>
       <c r="B54" t="s">
         <v>272</v>
       </c>
       <c r="C54" t="s">
         <v>483</v>
       </c>
       <c r="D54" t="s">
         <v>670</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="1" t="s">
         <v>805</v>
       </c>
       <c r="F54" t="s">
         <v>964</v>
       </c>
       <c r="G54" t="s">
         <v>964</v>
       </c>
       <c r="H54" t="s">
         <v>966</v>
       </c>
       <c r="I54" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>62</v>
       </c>
       <c r="B55" t="s">
         <v>273</v>
       </c>
       <c r="C55" t="s">
         <v>484</v>
       </c>
       <c r="D55" t="s">
         <v>671</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="E55" s="1" t="s">
         <v>806</v>
       </c>
       <c r="F55" t="s">
         <v>964</v>
       </c>
       <c r="G55" t="s">
         <v>964</v>
       </c>
       <c r="H55" t="s">
         <v>966</v>
       </c>
       <c r="I55" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>63</v>
       </c>
       <c r="B56" t="s">
         <v>274</v>
       </c>
       <c r="C56" t="s">
         <v>485</v>
       </c>
       <c r="D56" t="s">
         <v>671</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="E56" s="1" t="s">
         <v>807</v>
       </c>
       <c r="F56" t="s">
         <v>964</v>
       </c>
       <c r="G56" t="s">
         <v>964</v>
       </c>
       <c r="H56" t="s">
         <v>966</v>
       </c>
       <c r="I56" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>64</v>
       </c>
       <c r="B57" t="s">
         <v>275</v>
       </c>
       <c r="C57" t="s">
         <v>486</v>
       </c>
       <c r="D57" t="s">
         <v>672</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="E57" s="1" t="s">
         <v>808</v>
       </c>
       <c r="F57" t="s">
         <v>964</v>
       </c>
       <c r="G57" t="s">
         <v>964</v>
       </c>
       <c r="H57" t="s">
         <v>966</v>
       </c>
       <c r="I57" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>65</v>
       </c>
       <c r="B58" t="s">
         <v>276</v>
       </c>
       <c r="C58" t="s">
         <v>487</v>
       </c>
       <c r="D58" t="s">
         <v>672</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="E58" s="1" t="s">
         <v>809</v>
       </c>
       <c r="F58" t="s">
         <v>964</v>
       </c>
       <c r="G58" t="s">
         <v>964</v>
       </c>
       <c r="H58" t="s">
         <v>966</v>
       </c>
       <c r="I58" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
         <v>277</v>
       </c>
       <c r="C59" t="s">
         <v>488</v>
       </c>
       <c r="D59" t="s">
         <v>673</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="E59" s="1" t="s">
         <v>810</v>
       </c>
       <c r="F59" t="s">
         <v>964</v>
       </c>
       <c r="G59" t="s">
         <v>964</v>
       </c>
       <c r="H59" t="s">
         <v>966</v>
       </c>
       <c r="I59" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>67</v>
       </c>
       <c r="B60" t="s">
         <v>278</v>
       </c>
       <c r="C60" t="s">
         <v>489</v>
       </c>
       <c r="D60" t="s">
         <v>674</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="E60" s="1" t="s">
         <v>811</v>
       </c>
       <c r="F60" t="s">
         <v>964</v>
       </c>
       <c r="G60" t="s">
         <v>964</v>
       </c>
       <c r="H60" t="s">
         <v>966</v>
       </c>
       <c r="I60" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>68</v>
       </c>
       <c r="B61" t="s">
         <v>279</v>
       </c>
       <c r="C61" t="s">
         <v>490</v>
       </c>
       <c r="D61" t="s">
         <v>666</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="E61" s="1" t="s">
         <v>812</v>
       </c>
       <c r="F61" t="s">
         <v>964</v>
       </c>
       <c r="G61" t="s">
         <v>964</v>
       </c>
       <c r="H61" t="s">
         <v>966</v>
       </c>
       <c r="I61" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>69</v>
       </c>
       <c r="B62" t="s">
         <v>280</v>
       </c>
       <c r="C62" t="s">
         <v>491</v>
       </c>
       <c r="D62" t="s">
         <v>666</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="E62" s="1" t="s">
         <v>813</v>
       </c>
       <c r="F62" t="s">
         <v>964</v>
       </c>
       <c r="G62" t="s">
         <v>964</v>
       </c>
       <c r="H62" t="s">
         <v>966</v>
       </c>
       <c r="I62" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>70</v>
       </c>
       <c r="B63" t="s">
         <v>281</v>
       </c>
       <c r="C63" t="s">
         <v>492</v>
       </c>
       <c r="D63" t="s">
         <v>675</v>
       </c>
-      <c r="E63" s="2" t="s">
+      <c r="E63" s="1" t="s">
         <v>814</v>
       </c>
       <c r="F63" t="s">
         <v>964</v>
       </c>
       <c r="G63" t="s">
         <v>964</v>
       </c>
       <c r="H63" t="s">
         <v>966</v>
       </c>
       <c r="I63" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>71</v>
       </c>
       <c r="B64" t="s">
         <v>282</v>
       </c>
       <c r="C64" t="s">
         <v>493</v>
       </c>
       <c r="D64" t="s">
         <v>676</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="E64" s="1" t="s">
         <v>815</v>
       </c>
       <c r="F64" t="s">
         <v>964</v>
       </c>
       <c r="G64" t="s">
         <v>964</v>
       </c>
       <c r="H64" t="s">
         <v>966</v>
       </c>
       <c r="I64" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>72</v>
       </c>
       <c r="B65" t="s">
         <v>283</v>
       </c>
       <c r="C65" t="s">
         <v>494</v>
       </c>
       <c r="D65" t="s">
         <v>676</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="E65" s="1" t="s">
         <v>816</v>
       </c>
       <c r="F65" t="s">
         <v>964</v>
       </c>
       <c r="G65" t="s">
         <v>964</v>
       </c>
       <c r="H65" t="s">
         <v>966</v>
       </c>
       <c r="I65" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>73</v>
       </c>
       <c r="B66" t="s">
         <v>284</v>
       </c>
       <c r="C66" t="s">
         <v>495</v>
       </c>
       <c r="D66" t="s">
         <v>677</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="E66" s="1" t="s">
         <v>817</v>
       </c>
       <c r="F66" t="s">
         <v>964</v>
       </c>
       <c r="G66" t="s">
         <v>964</v>
       </c>
       <c r="H66" t="s">
         <v>966</v>
       </c>
       <c r="I66" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>74</v>
       </c>
       <c r="B67" t="s">
         <v>285</v>
       </c>
       <c r="C67" t="s">
         <v>496</v>
       </c>
       <c r="D67" t="s">
         <v>677</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="E67" s="1" t="s">
         <v>818</v>
       </c>
       <c r="F67" t="s">
         <v>964</v>
       </c>
       <c r="G67" t="s">
         <v>964</v>
       </c>
       <c r="H67" t="s">
         <v>966</v>
       </c>
       <c r="I67" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>75</v>
       </c>
       <c r="B68" t="s">
         <v>286</v>
       </c>
       <c r="C68" t="s">
         <v>497</v>
       </c>
       <c r="D68" t="s">
         <v>678</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="E68" s="1" t="s">
         <v>819</v>
       </c>
       <c r="F68" t="s">
         <v>964</v>
       </c>
       <c r="G68" t="s">
         <v>964</v>
       </c>
       <c r="H68" t="s">
         <v>966</v>
       </c>
       <c r="I68" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>76</v>
       </c>
       <c r="B69" t="s">
         <v>287</v>
       </c>
       <c r="C69" t="s">
         <v>498</v>
       </c>
       <c r="D69" t="s">
         <v>679</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="E69" s="1" t="s">
         <v>820</v>
       </c>
       <c r="F69" t="s">
         <v>964</v>
       </c>
       <c r="G69" t="s">
         <v>964</v>
       </c>
       <c r="H69" t="s">
         <v>966</v>
       </c>
       <c r="I69" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>77</v>
       </c>
       <c r="B70" t="s">
         <v>288</v>
       </c>
       <c r="C70" t="s">
         <v>499</v>
       </c>
       <c r="D70" t="s">
         <v>680</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="E70" s="1" t="s">
         <v>821</v>
       </c>
       <c r="F70" t="s">
         <v>964</v>
       </c>
       <c r="G70" t="s">
         <v>964</v>
       </c>
       <c r="H70" t="s">
         <v>966</v>
       </c>
       <c r="I70" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>78</v>
       </c>
       <c r="B71" t="s">
         <v>289</v>
       </c>
       <c r="C71" t="s">
         <v>500</v>
       </c>
       <c r="D71" t="s">
         <v>681</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="E71" s="1" t="s">
         <v>822</v>
       </c>
       <c r="F71" t="s">
         <v>964</v>
       </c>
       <c r="G71" t="s">
         <v>964</v>
       </c>
       <c r="H71" t="s">
         <v>966</v>
       </c>
       <c r="I71" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>79</v>
       </c>
       <c r="B72" t="s">
         <v>290</v>
       </c>
       <c r="C72" t="s">
         <v>501</v>
       </c>
       <c r="D72" t="s">
         <v>681</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="E72" s="1" t="s">
         <v>823</v>
       </c>
       <c r="F72" t="s">
         <v>964</v>
       </c>
       <c r="G72" t="s">
         <v>964</v>
       </c>
       <c r="H72" t="s">
         <v>966</v>
       </c>
       <c r="I72" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>80</v>
       </c>
       <c r="B73" t="s">
         <v>291</v>
       </c>
       <c r="C73" t="s">
         <v>502</v>
       </c>
       <c r="D73" t="s">
         <v>682</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="E73" s="1" t="s">
         <v>824</v>
       </c>
       <c r="F73" t="s">
         <v>964</v>
       </c>
       <c r="G73" t="s">
         <v>964</v>
       </c>
       <c r="H73" t="s">
         <v>966</v>
       </c>
       <c r="I73" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>81</v>
       </c>
       <c r="B74" t="s">
         <v>292</v>
       </c>
       <c r="C74" t="s">
         <v>503</v>
       </c>
       <c r="D74" t="s">
         <v>683</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="E74" s="1" t="s">
         <v>825</v>
       </c>
       <c r="F74" t="s">
         <v>964</v>
       </c>
       <c r="G74" t="s">
         <v>964</v>
       </c>
       <c r="H74" t="s">
         <v>966</v>
       </c>
       <c r="I74" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>82</v>
       </c>
       <c r="B75" t="s">
         <v>293</v>
       </c>
       <c r="C75" t="s">
         <v>504</v>
       </c>
       <c r="D75" t="s">
         <v>683</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="E75" s="1" t="s">
         <v>826</v>
       </c>
       <c r="F75" t="s">
         <v>964</v>
       </c>
       <c r="G75" t="s">
         <v>964</v>
       </c>
       <c r="H75" t="s">
         <v>966</v>
       </c>
       <c r="I75" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>83</v>
       </c>
       <c r="B76" t="s">
         <v>294</v>
       </c>
       <c r="C76" t="s">
         <v>505</v>
       </c>
       <c r="D76" t="s">
         <v>684</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="E76" s="1" t="s">
         <v>827</v>
       </c>
       <c r="F76" t="s">
         <v>964</v>
       </c>
       <c r="G76" t="s">
         <v>964</v>
       </c>
       <c r="H76" t="s">
         <v>966</v>
       </c>
       <c r="I76" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>84</v>
       </c>
       <c r="B77" t="s">
         <v>295</v>
       </c>
       <c r="C77" t="s">
         <v>506</v>
       </c>
       <c r="D77" t="s">
         <v>685</v>
       </c>
-      <c r="E77" s="2" t="s">
+      <c r="E77" s="1" t="s">
         <v>828</v>
       </c>
       <c r="F77" t="s">
         <v>964</v>
       </c>
       <c r="G77" t="s">
         <v>964</v>
       </c>
       <c r="H77" t="s">
         <v>966</v>
       </c>
       <c r="I77" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>85</v>
       </c>
       <c r="B78" t="s">
         <v>296</v>
       </c>
       <c r="C78" t="s">
         <v>507</v>
       </c>
       <c r="D78" t="s">
         <v>685</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="E78" s="1" t="s">
         <v>829</v>
       </c>
       <c r="F78" t="s">
         <v>964</v>
       </c>
       <c r="G78" t="s">
         <v>964</v>
       </c>
       <c r="H78" t="s">
         <v>966</v>
       </c>
       <c r="I78" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>86</v>
       </c>
       <c r="B79" t="s">
         <v>297</v>
       </c>
       <c r="C79" t="s">
         <v>508</v>
       </c>
       <c r="D79" t="s">
         <v>686</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="E79" s="1" t="s">
         <v>830</v>
       </c>
       <c r="F79" t="s">
         <v>964</v>
       </c>
       <c r="G79" t="s">
         <v>964</v>
       </c>
       <c r="H79" t="s">
         <v>966</v>
       </c>
       <c r="I79" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>87</v>
       </c>
       <c r="B80" t="s">
         <v>298</v>
       </c>
       <c r="C80" t="s">
         <v>509</v>
       </c>
       <c r="D80" t="s">
         <v>686</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="E80" s="1" t="s">
         <v>831</v>
       </c>
       <c r="F80" t="s">
         <v>964</v>
       </c>
       <c r="G80" t="s">
         <v>964</v>
       </c>
       <c r="H80" t="s">
         <v>966</v>
       </c>
       <c r="I80" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>88</v>
       </c>
       <c r="B81" t="s">
         <v>299</v>
       </c>
       <c r="C81" t="s">
         <v>510</v>
       </c>
       <c r="D81" t="s">
         <v>658</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="E81" s="1" t="s">
         <v>832</v>
       </c>
       <c r="F81" t="s">
         <v>964</v>
       </c>
       <c r="G81" t="s">
         <v>964</v>
       </c>
       <c r="H81" t="s">
         <v>966</v>
       </c>
       <c r="I81" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>89</v>
       </c>
       <c r="B82" t="s">
         <v>300</v>
       </c>
       <c r="C82" t="s">
         <v>511</v>
       </c>
       <c r="D82" t="s">
         <v>658</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="E82" s="1" t="s">
         <v>833</v>
       </c>
       <c r="F82" t="s">
         <v>964</v>
       </c>
       <c r="G82" t="s">
         <v>964</v>
       </c>
       <c r="H82" t="s">
         <v>966</v>
       </c>
       <c r="I82" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>90</v>
       </c>
       <c r="B83" t="s">
         <v>301</v>
       </c>
       <c r="C83" t="s">
         <v>512</v>
       </c>
       <c r="D83" t="s">
         <v>687</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="E83" s="1" t="s">
         <v>834</v>
       </c>
       <c r="F83" t="s">
         <v>964</v>
       </c>
       <c r="G83" t="s">
         <v>964</v>
       </c>
       <c r="H83" t="s">
         <v>966</v>
       </c>
       <c r="I83" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>91</v>
       </c>
       <c r="B84" t="s">
         <v>302</v>
       </c>
       <c r="C84" t="s">
         <v>513</v>
       </c>
       <c r="D84" t="s">
         <v>687</v>
       </c>
-      <c r="E84" s="2" t="s">
+      <c r="E84" s="1" t="s">
         <v>835</v>
       </c>
       <c r="F84" t="s">
         <v>964</v>
       </c>
       <c r="G84" t="s">
         <v>964</v>
       </c>
       <c r="H84" t="s">
         <v>966</v>
       </c>
       <c r="I84" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>92</v>
       </c>
       <c r="B85" t="s">
         <v>303</v>
       </c>
       <c r="C85" t="s">
         <v>514</v>
       </c>
       <c r="D85" t="s">
         <v>688</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="E85" s="1" t="s">
         <v>836</v>
       </c>
       <c r="F85" t="s">
         <v>964</v>
       </c>
       <c r="G85" t="s">
         <v>964</v>
       </c>
       <c r="H85" t="s">
         <v>966</v>
       </c>
       <c r="I85" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>93</v>
       </c>
       <c r="B86" t="s">
         <v>304</v>
       </c>
       <c r="C86" t="s">
         <v>515</v>
       </c>
       <c r="D86" t="s">
         <v>689</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="E86" s="1" t="s">
         <v>837</v>
       </c>
       <c r="F86" t="s">
         <v>964</v>
       </c>
       <c r="G86" t="s">
         <v>964</v>
       </c>
       <c r="H86" t="s">
         <v>966</v>
       </c>
       <c r="I86" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>94</v>
       </c>
       <c r="B87" t="s">
         <v>305</v>
       </c>
       <c r="C87" t="s">
         <v>516</v>
       </c>
       <c r="D87" t="s">
         <v>689</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="E87" s="1" t="s">
         <v>838</v>
       </c>
       <c r="F87" t="s">
         <v>964</v>
       </c>
       <c r="G87" t="s">
         <v>964</v>
       </c>
       <c r="H87" t="s">
         <v>966</v>
       </c>
       <c r="I87" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>95</v>
       </c>
       <c r="B88" t="s">
         <v>306</v>
       </c>
       <c r="C88" t="s">
         <v>517</v>
       </c>
       <c r="D88" t="s">
         <v>690</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="E88" s="1" t="s">
         <v>839</v>
       </c>
       <c r="F88" t="s">
         <v>964</v>
       </c>
       <c r="G88" t="s">
         <v>964</v>
       </c>
       <c r="H88" t="s">
         <v>966</v>
       </c>
       <c r="I88" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>96</v>
       </c>
       <c r="B89" t="s">
         <v>307</v>
       </c>
       <c r="C89" t="s">
         <v>518</v>
       </c>
       <c r="D89" t="s">
         <v>683</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="E89" s="1" t="s">
         <v>840</v>
       </c>
       <c r="F89" t="s">
         <v>964</v>
       </c>
       <c r="G89" t="s">
         <v>964</v>
       </c>
       <c r="H89" t="s">
         <v>966</v>
       </c>
       <c r="I89" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>97</v>
       </c>
       <c r="B90" t="s">
         <v>308</v>
       </c>
       <c r="C90" t="s">
         <v>519</v>
       </c>
       <c r="D90" t="s">
         <v>683</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="E90" s="1" t="s">
         <v>841</v>
       </c>
       <c r="F90" t="s">
         <v>964</v>
       </c>
       <c r="G90" t="s">
         <v>964</v>
       </c>
       <c r="H90" t="s">
         <v>966</v>
       </c>
       <c r="I90" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>98</v>
       </c>
       <c r="B91" t="s">
         <v>309</v>
       </c>
       <c r="C91" t="s">
         <v>520</v>
       </c>
       <c r="D91" t="s">
         <v>691</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="E91" s="1" t="s">
         <v>842</v>
       </c>
       <c r="F91" t="s">
         <v>964</v>
       </c>
       <c r="G91" t="s">
         <v>964</v>
       </c>
       <c r="H91" t="s">
         <v>966</v>
       </c>
       <c r="I91" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>99</v>
       </c>
       <c r="B92" t="s">
         <v>310</v>
       </c>
       <c r="C92" t="s">
         <v>521</v>
       </c>
       <c r="D92" t="s">
         <v>691</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="E92" s="1" t="s">
         <v>843</v>
       </c>
       <c r="F92" t="s">
         <v>964</v>
       </c>
       <c r="G92" t="s">
         <v>964</v>
       </c>
       <c r="H92" t="s">
         <v>966</v>
       </c>
       <c r="I92" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>100</v>
       </c>
       <c r="B93" t="s">
         <v>311</v>
       </c>
       <c r="C93" t="s">
         <v>522</v>
       </c>
       <c r="D93" t="s">
         <v>692</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="E93" s="1" t="s">
         <v>844</v>
       </c>
       <c r="F93" t="s">
         <v>964</v>
       </c>
       <c r="G93" t="s">
         <v>964</v>
       </c>
       <c r="H93" t="s">
         <v>966</v>
       </c>
       <c r="I93" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>101</v>
       </c>
       <c r="B94" t="s">
         <v>312</v>
       </c>
       <c r="C94" t="s">
         <v>523</v>
       </c>
       <c r="D94" t="s">
         <v>692</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="E94" s="1" t="s">
         <v>845</v>
       </c>
       <c r="F94" t="s">
         <v>964</v>
       </c>
       <c r="G94" t="s">
         <v>964</v>
       </c>
       <c r="H94" t="s">
         <v>966</v>
       </c>
       <c r="I94" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>102</v>
       </c>
       <c r="B95" t="s">
         <v>313</v>
       </c>
       <c r="C95" t="s">
         <v>524</v>
       </c>
       <c r="D95" t="s">
         <v>693</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="E95" s="1" t="s">
         <v>846</v>
       </c>
       <c r="F95" t="s">
         <v>964</v>
       </c>
       <c r="G95" t="s">
         <v>964</v>
       </c>
       <c r="H95" t="s">
         <v>966</v>
       </c>
       <c r="I95" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>103</v>
       </c>
       <c r="B96" t="s">
         <v>314</v>
       </c>
       <c r="C96" t="s">
         <v>525</v>
       </c>
       <c r="D96" t="s">
         <v>693</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="E96" s="1" t="s">
         <v>847</v>
       </c>
       <c r="F96" t="s">
         <v>964</v>
       </c>
       <c r="G96" t="s">
         <v>964</v>
       </c>
       <c r="H96" t="s">
         <v>966</v>
       </c>
       <c r="I96" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>104</v>
       </c>
       <c r="B97" t="s">
         <v>315</v>
       </c>
       <c r="C97" t="s">
         <v>526</v>
       </c>
       <c r="D97" t="s">
         <v>694</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="E97" s="1" t="s">
         <v>848</v>
       </c>
       <c r="F97" t="s">
         <v>964</v>
       </c>
       <c r="G97" t="s">
         <v>964</v>
       </c>
       <c r="H97" t="s">
         <v>966</v>
       </c>
       <c r="I97" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>105</v>
       </c>
       <c r="B98" t="s">
         <v>316</v>
       </c>
       <c r="C98" t="s">
         <v>527</v>
       </c>
       <c r="D98" t="s">
         <v>694</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="E98" s="1" t="s">
         <v>849</v>
       </c>
       <c r="F98" t="s">
         <v>964</v>
       </c>
       <c r="G98" t="s">
         <v>964</v>
       </c>
       <c r="H98" t="s">
         <v>966</v>
       </c>
       <c r="I98" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>106</v>
       </c>
       <c r="B99" t="s">
         <v>317</v>
       </c>
       <c r="C99" t="s">
         <v>528</v>
       </c>
       <c r="D99" t="s">
         <v>651</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="E99" s="1" t="s">
         <v>850</v>
       </c>
       <c r="F99" t="s">
         <v>964</v>
       </c>
       <c r="G99" t="s">
         <v>964</v>
       </c>
       <c r="H99" t="s">
         <v>966</v>
       </c>
       <c r="I99" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>107</v>
       </c>
       <c r="B100" t="s">
         <v>318</v>
       </c>
       <c r="C100" t="s">
         <v>529</v>
       </c>
       <c r="D100" t="s">
         <v>651</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="E100" s="1" t="s">
         <v>851</v>
       </c>
       <c r="F100" t="s">
         <v>964</v>
       </c>
       <c r="G100" t="s">
         <v>964</v>
       </c>
       <c r="H100" t="s">
         <v>966</v>
       </c>
       <c r="I100" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>108</v>
       </c>
       <c r="B101" t="s">
         <v>319</v>
       </c>
       <c r="C101" t="s">
         <v>530</v>
       </c>
       <c r="D101" t="s">
         <v>695</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="E101" s="1" t="s">
         <v>852</v>
       </c>
       <c r="F101" t="s">
         <v>964</v>
       </c>
       <c r="G101" t="s">
         <v>964</v>
       </c>
       <c r="H101" t="s">
         <v>966</v>
       </c>
       <c r="I101" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>109</v>
       </c>
       <c r="B102" t="s">
         <v>320</v>
       </c>
       <c r="C102" t="s">
         <v>531</v>
       </c>
       <c r="D102" t="s">
         <v>695</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="E102" s="1" t="s">
         <v>853</v>
       </c>
       <c r="F102" t="s">
         <v>964</v>
       </c>
       <c r="G102" t="s">
         <v>964</v>
       </c>
       <c r="H102" t="s">
         <v>966</v>
       </c>
       <c r="I102" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>110</v>
       </c>
       <c r="B103" t="s">
         <v>321</v>
       </c>
       <c r="C103" t="s">
         <v>532</v>
       </c>
       <c r="D103" t="s">
         <v>696</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="E103" s="1" t="s">
         <v>854</v>
       </c>
       <c r="F103" t="s">
         <v>964</v>
       </c>
       <c r="G103" t="s">
         <v>964</v>
       </c>
       <c r="H103" t="s">
         <v>966</v>
       </c>
       <c r="I103" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>111</v>
       </c>
       <c r="B104" t="s">
         <v>322</v>
       </c>
       <c r="C104" t="s">
         <v>533</v>
       </c>
       <c r="D104" t="s">
         <v>696</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="E104" s="1" t="s">
         <v>855</v>
       </c>
       <c r="F104" t="s">
         <v>964</v>
       </c>
       <c r="G104" t="s">
         <v>964</v>
       </c>
       <c r="H104" t="s">
         <v>966</v>
       </c>
       <c r="I104" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>112</v>
       </c>
       <c r="B105" t="s">
         <v>323</v>
       </c>
       <c r="C105" t="s">
         <v>534</v>
       </c>
       <c r="D105" t="s">
         <v>697</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="E105" s="1" t="s">
         <v>856</v>
       </c>
       <c r="F105" t="s">
         <v>964</v>
       </c>
       <c r="G105" t="s">
         <v>964</v>
       </c>
       <c r="H105" t="s">
         <v>966</v>
       </c>
       <c r="I105" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>113</v>
       </c>
       <c r="B106" t="s">
         <v>324</v>
       </c>
       <c r="C106" t="s">
         <v>535</v>
       </c>
       <c r="D106" t="s">
         <v>697</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="E106" s="1" t="s">
         <v>857</v>
       </c>
       <c r="F106" t="s">
         <v>964</v>
       </c>
       <c r="G106" t="s">
         <v>964</v>
       </c>
       <c r="H106" t="s">
         <v>966</v>
       </c>
       <c r="I106" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>114</v>
       </c>
       <c r="B107" t="s">
         <v>325</v>
       </c>
       <c r="C107" t="s">
         <v>536</v>
       </c>
       <c r="D107" t="s">
         <v>698</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="E107" s="1" t="s">
         <v>858</v>
       </c>
       <c r="F107" t="s">
         <v>964</v>
       </c>
       <c r="G107" t="s">
         <v>964</v>
       </c>
       <c r="H107" t="s">
         <v>966</v>
       </c>
       <c r="I107" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>115</v>
       </c>
       <c r="B108" t="s">
         <v>326</v>
       </c>
       <c r="C108" t="s">
         <v>537</v>
       </c>
       <c r="D108" t="s">
         <v>699</v>
       </c>
-      <c r="E108" s="2" t="s">
+      <c r="E108" s="1" t="s">
         <v>859</v>
       </c>
       <c r="F108" t="s">
         <v>964</v>
       </c>
       <c r="G108" t="s">
         <v>964</v>
       </c>
       <c r="H108" t="s">
         <v>966</v>
       </c>
       <c r="I108" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
         <v>116</v>
       </c>
       <c r="B109" t="s">
         <v>327</v>
       </c>
       <c r="C109" t="s">
         <v>538</v>
       </c>
       <c r="D109" t="s">
         <v>700</v>
       </c>
-      <c r="E109" s="2" t="s">
+      <c r="E109" s="1" t="s">
         <v>860</v>
       </c>
       <c r="F109" t="s">
         <v>964</v>
       </c>
       <c r="G109" t="s">
         <v>964</v>
       </c>
       <c r="H109" t="s">
         <v>966</v>
       </c>
       <c r="I109" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>117</v>
       </c>
       <c r="B110" t="s">
         <v>328</v>
       </c>
       <c r="C110" t="s">
         <v>539</v>
       </c>
       <c r="D110" t="s">
         <v>700</v>
       </c>
-      <c r="E110" s="2" t="s">
+      <c r="E110" s="1" t="s">
         <v>861</v>
       </c>
       <c r="F110" t="s">
         <v>964</v>
       </c>
       <c r="G110" t="s">
         <v>964</v>
       </c>
       <c r="H110" t="s">
         <v>966</v>
       </c>
       <c r="I110" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>118</v>
       </c>
       <c r="B111" t="s">
         <v>329</v>
       </c>
       <c r="C111" t="s">
         <v>540</v>
       </c>
       <c r="D111" t="s">
         <v>701</v>
       </c>
-      <c r="E111" s="2" t="s">
+      <c r="E111" s="1" t="s">
         <v>862</v>
       </c>
       <c r="F111" t="s">
         <v>964</v>
       </c>
       <c r="G111" t="s">
         <v>964</v>
       </c>
       <c r="H111" t="s">
         <v>966</v>
       </c>
       <c r="I111" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
         <v>119</v>
       </c>
       <c r="B112" t="s">
         <v>330</v>
       </c>
       <c r="C112" t="s">
         <v>541</v>
       </c>
       <c r="D112" t="s">
         <v>701</v>
       </c>
-      <c r="E112" s="2" t="s">
+      <c r="E112" s="1" t="s">
         <v>863</v>
       </c>
       <c r="F112" t="s">
         <v>964</v>
       </c>
       <c r="G112" t="s">
         <v>964</v>
       </c>
       <c r="H112" t="s">
         <v>966</v>
       </c>
       <c r="I112" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>120</v>
       </c>
       <c r="B113" t="s">
         <v>331</v>
       </c>
       <c r="C113" t="s">
         <v>542</v>
       </c>
       <c r="D113" t="s">
         <v>702</v>
       </c>
-      <c r="E113" s="2" t="s">
+      <c r="E113" s="1" t="s">
         <v>864</v>
       </c>
       <c r="F113" t="s">
         <v>964</v>
       </c>
       <c r="G113" t="s">
         <v>964</v>
       </c>
       <c r="H113" t="s">
         <v>966</v>
       </c>
       <c r="I113" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>121</v>
       </c>
       <c r="B114" t="s">
         <v>332</v>
       </c>
       <c r="C114" t="s">
         <v>543</v>
       </c>
       <c r="D114" t="s">
         <v>702</v>
       </c>
-      <c r="E114" s="2" t="s">
+      <c r="E114" s="1" t="s">
         <v>865</v>
       </c>
       <c r="F114" t="s">
         <v>964</v>
       </c>
       <c r="G114" t="s">
         <v>964</v>
       </c>
       <c r="H114" t="s">
         <v>966</v>
       </c>
       <c r="I114" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>122</v>
       </c>
       <c r="B115" t="s">
         <v>333</v>
       </c>
       <c r="C115" t="s">
         <v>544</v>
       </c>
       <c r="D115" t="s">
         <v>703</v>
       </c>
-      <c r="E115" s="2" t="s">
+      <c r="E115" s="1" t="s">
         <v>866</v>
       </c>
       <c r="F115" t="s">
         <v>964</v>
       </c>
       <c r="G115" t="s">
         <v>964</v>
       </c>
       <c r="H115" t="s">
         <v>966</v>
       </c>
       <c r="I115" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
         <v>123</v>
       </c>
       <c r="B116" t="s">
         <v>334</v>
       </c>
       <c r="C116" t="s">
         <v>545</v>
       </c>
       <c r="D116" t="s">
         <v>704</v>
       </c>
-      <c r="E116" s="2" t="s">
+      <c r="E116" s="1" t="s">
         <v>867</v>
       </c>
       <c r="F116" t="s">
         <v>964</v>
       </c>
       <c r="G116" t="s">
         <v>964</v>
       </c>
       <c r="H116" t="s">
         <v>966</v>
       </c>
       <c r="I116" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
         <v>124</v>
       </c>
       <c r="B117" t="s">
         <v>335</v>
       </c>
       <c r="C117" t="s">
         <v>546</v>
       </c>
       <c r="D117" t="s">
         <v>704</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="E117" s="1" t="s">
         <v>868</v>
       </c>
       <c r="F117" t="s">
         <v>964</v>
       </c>
       <c r="G117" t="s">
         <v>964</v>
       </c>
       <c r="H117" t="s">
         <v>966</v>
       </c>
       <c r="I117" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
         <v>125</v>
       </c>
       <c r="B118" t="s">
         <v>336</v>
       </c>
       <c r="C118" t="s">
         <v>547</v>
       </c>
       <c r="D118" t="s">
         <v>705</v>
       </c>
-      <c r="E118" s="2" t="s">
+      <c r="E118" s="1" t="s">
         <v>869</v>
       </c>
       <c r="F118" t="s">
         <v>964</v>
       </c>
       <c r="G118" t="s">
         <v>964</v>
       </c>
       <c r="H118" t="s">
         <v>966</v>
       </c>
       <c r="I118" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>126</v>
       </c>
       <c r="B119" t="s">
         <v>337</v>
       </c>
       <c r="C119" t="s">
         <v>548</v>
       </c>
       <c r="D119" t="s">
         <v>705</v>
       </c>
-      <c r="E119" s="2" t="s">
+      <c r="E119" s="1" t="s">
         <v>870</v>
       </c>
       <c r="F119" t="s">
         <v>964</v>
       </c>
       <c r="G119" t="s">
         <v>964</v>
       </c>
       <c r="H119" t="s">
         <v>966</v>
       </c>
       <c r="I119" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>127</v>
       </c>
       <c r="B120" t="s">
         <v>338</v>
       </c>
       <c r="C120" t="s">
         <v>549</v>
       </c>
       <c r="D120" t="s">
         <v>683</v>
       </c>
-      <c r="E120" s="2" t="s">
+      <c r="E120" s="1" t="s">
         <v>871</v>
       </c>
       <c r="F120" t="s">
         <v>964</v>
       </c>
       <c r="G120" t="s">
         <v>964</v>
       </c>
       <c r="H120" t="s">
         <v>966</v>
       </c>
       <c r="I120" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
         <v>128</v>
       </c>
       <c r="B121" t="s">
         <v>339</v>
       </c>
       <c r="C121" t="s">
         <v>550</v>
       </c>
       <c r="D121" t="s">
         <v>683</v>
       </c>
-      <c r="E121" s="2" t="s">
+      <c r="E121" s="1" t="s">
         <v>872</v>
       </c>
       <c r="F121" t="s">
         <v>964</v>
       </c>
       <c r="G121" t="s">
         <v>964</v>
       </c>
       <c r="H121" t="s">
         <v>966</v>
       </c>
       <c r="I121" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>129</v>
       </c>
       <c r="B122" t="s">
         <v>340</v>
       </c>
       <c r="C122" t="s">
         <v>551</v>
       </c>
       <c r="D122" t="s">
         <v>706</v>
       </c>
-      <c r="E122" s="2" t="s">
+      <c r="E122" s="1" t="s">
         <v>873</v>
       </c>
       <c r="F122" t="s">
         <v>964</v>
       </c>
       <c r="G122" t="s">
         <v>964</v>
       </c>
       <c r="H122" t="s">
         <v>966</v>
       </c>
       <c r="I122" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
         <v>130</v>
       </c>
       <c r="B123" t="s">
         <v>341</v>
       </c>
       <c r="C123" t="s">
         <v>552</v>
       </c>
       <c r="D123" t="s">
         <v>657</v>
       </c>
-      <c r="E123" s="2" t="s">
+      <c r="E123" s="1" t="s">
         <v>874</v>
       </c>
       <c r="F123" t="s">
         <v>964</v>
       </c>
       <c r="G123" t="s">
         <v>964</v>
       </c>
       <c r="H123" t="s">
         <v>966</v>
       </c>
       <c r="I123" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
         <v>131</v>
       </c>
       <c r="B124" t="s">
         <v>342</v>
       </c>
       <c r="C124" t="s">
         <v>553</v>
       </c>
       <c r="D124" t="s">
         <v>657</v>
       </c>
-      <c r="E124" s="2" t="s">
+      <c r="E124" s="1" t="s">
         <v>875</v>
       </c>
       <c r="F124" t="s">
         <v>964</v>
       </c>
       <c r="G124" t="s">
         <v>964</v>
       </c>
       <c r="H124" t="s">
         <v>966</v>
       </c>
       <c r="I124" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
         <v>132</v>
       </c>
       <c r="B125" t="s">
         <v>343</v>
       </c>
       <c r="C125" t="s">
         <v>554</v>
       </c>
       <c r="D125" t="s">
         <v>707</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="E125" s="1" t="s">
         <v>876</v>
       </c>
       <c r="F125" t="s">
         <v>964</v>
       </c>
       <c r="G125" t="s">
         <v>964</v>
       </c>
       <c r="H125" t="s">
         <v>966</v>
       </c>
       <c r="I125" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>133</v>
       </c>
       <c r="B126" t="s">
         <v>344</v>
       </c>
       <c r="C126" t="s">
         <v>555</v>
       </c>
       <c r="D126" t="s">
         <v>707</v>
       </c>
-      <c r="E126" s="2" t="s">
+      <c r="E126" s="1" t="s">
         <v>877</v>
       </c>
       <c r="F126" t="s">
         <v>964</v>
       </c>
       <c r="G126" t="s">
         <v>964</v>
       </c>
       <c r="H126" t="s">
         <v>966</v>
       </c>
       <c r="I126" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
         <v>134</v>
       </c>
       <c r="B127" t="s">
         <v>345</v>
       </c>
       <c r="C127" t="s">
         <v>556</v>
       </c>
       <c r="D127" t="s">
         <v>708</v>
       </c>
-      <c r="E127" s="2" t="s">
+      <c r="E127" s="1" t="s">
         <v>878</v>
       </c>
       <c r="F127" t="s">
         <v>964</v>
       </c>
       <c r="G127" t="s">
         <v>964</v>
       </c>
       <c r="H127" t="s">
         <v>966</v>
       </c>
       <c r="I127" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>135</v>
       </c>
       <c r="B128" t="s">
         <v>346</v>
       </c>
       <c r="C128" t="s">
         <v>557</v>
       </c>
       <c r="D128" t="s">
         <v>709</v>
       </c>
-      <c r="E128" s="2" t="s">
+      <c r="E128" s="1" t="s">
         <v>879</v>
       </c>
       <c r="F128" t="s">
         <v>964</v>
       </c>
       <c r="G128" t="s">
         <v>964</v>
       </c>
       <c r="H128" t="s">
         <v>966</v>
       </c>
       <c r="I128" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>136</v>
       </c>
       <c r="B129" t="s">
         <v>347</v>
       </c>
       <c r="C129" t="s">
         <v>558</v>
       </c>
       <c r="D129" t="s">
         <v>709</v>
       </c>
-      <c r="E129" s="2" t="s">
+      <c r="E129" s="1" t="s">
         <v>880</v>
       </c>
       <c r="F129" t="s">
         <v>964</v>
       </c>
       <c r="G129" t="s">
         <v>964</v>
       </c>
       <c r="H129" t="s">
         <v>966</v>
       </c>
       <c r="I129" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>137</v>
       </c>
       <c r="B130" t="s">
         <v>348</v>
       </c>
       <c r="C130" t="s">
         <v>559</v>
       </c>
       <c r="D130" t="s">
         <v>710</v>
       </c>
-      <c r="E130" s="2" t="s">
+      <c r="E130" s="1" t="s">
         <v>881</v>
       </c>
       <c r="F130" t="s">
         <v>964</v>
       </c>
       <c r="G130" t="s">
         <v>964</v>
       </c>
       <c r="H130" t="s">
         <v>966</v>
       </c>
       <c r="I130" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
         <v>138</v>
       </c>
       <c r="B131" t="s">
         <v>349</v>
       </c>
       <c r="C131" t="s">
         <v>560</v>
       </c>
       <c r="D131" t="s">
         <v>710</v>
       </c>
-      <c r="E131" s="2" t="s">
+      <c r="E131" s="1" t="s">
         <v>882</v>
       </c>
       <c r="F131" t="s">
         <v>964</v>
       </c>
       <c r="G131" t="s">
         <v>964</v>
       </c>
       <c r="H131" t="s">
         <v>966</v>
       </c>
       <c r="I131" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>139</v>
       </c>
       <c r="B132" t="s">
         <v>350</v>
       </c>
       <c r="C132" t="s">
         <v>561</v>
       </c>
       <c r="D132" t="s">
         <v>711</v>
       </c>
-      <c r="E132" s="2" t="s">
+      <c r="E132" s="1" t="s">
         <v>883</v>
       </c>
       <c r="F132" t="s">
         <v>964</v>
       </c>
       <c r="G132" t="s">
         <v>964</v>
       </c>
       <c r="H132" t="s">
         <v>966</v>
       </c>
       <c r="I132" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>140</v>
       </c>
       <c r="B133" t="s">
         <v>351</v>
       </c>
       <c r="C133" t="s">
         <v>562</v>
       </c>
       <c r="D133" t="s">
         <v>711</v>
       </c>
-      <c r="E133" s="2" t="s">
+      <c r="E133" s="1" t="s">
         <v>884</v>
       </c>
       <c r="F133" t="s">
         <v>964</v>
       </c>
       <c r="G133" t="s">
         <v>964</v>
       </c>
       <c r="H133" t="s">
         <v>966</v>
       </c>
       <c r="I133" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
         <v>141</v>
       </c>
       <c r="B134" t="s">
         <v>352</v>
       </c>
       <c r="C134" t="s">
         <v>563</v>
       </c>
       <c r="D134" t="s">
         <v>712</v>
       </c>
-      <c r="E134" s="2" t="s">
+      <c r="E134" s="1" t="s">
         <v>885</v>
       </c>
       <c r="F134" t="s">
         <v>964</v>
       </c>
       <c r="G134" t="s">
         <v>964</v>
       </c>
       <c r="H134" t="s">
         <v>966</v>
       </c>
       <c r="I134" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
         <v>142</v>
       </c>
       <c r="B135" t="s">
         <v>353</v>
       </c>
       <c r="C135" t="s">
         <v>564</v>
       </c>
       <c r="D135" t="s">
         <v>712</v>
       </c>
-      <c r="E135" s="2" t="s">
+      <c r="E135" s="1" t="s">
         <v>886</v>
       </c>
       <c r="F135" t="s">
         <v>964</v>
       </c>
       <c r="G135" t="s">
         <v>964</v>
       </c>
       <c r="H135" t="s">
         <v>966</v>
       </c>
       <c r="I135" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>143</v>
       </c>
       <c r="B136" t="s">
         <v>354</v>
       </c>
       <c r="C136" t="s">
         <v>565</v>
       </c>
       <c r="D136" t="s">
         <v>713</v>
       </c>
-      <c r="E136" s="2" t="s">
+      <c r="E136" s="1" t="s">
         <v>887</v>
       </c>
       <c r="F136" t="s">
         <v>964</v>
       </c>
       <c r="G136" t="s">
         <v>964</v>
       </c>
       <c r="H136" t="s">
         <v>966</v>
       </c>
       <c r="I136" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>144</v>
       </c>
       <c r="B137" t="s">
         <v>355</v>
       </c>
       <c r="C137" t="s">
         <v>566</v>
       </c>
       <c r="D137" t="s">
         <v>713</v>
       </c>
-      <c r="E137" s="2" t="s">
+      <c r="E137" s="1" t="s">
         <v>888</v>
       </c>
       <c r="F137" t="s">
         <v>964</v>
       </c>
       <c r="G137" t="s">
         <v>964</v>
       </c>
       <c r="H137" t="s">
         <v>966</v>
       </c>
       <c r="I137" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>145</v>
       </c>
       <c r="B138" t="s">
         <v>356</v>
       </c>
       <c r="C138" t="s">
         <v>567</v>
       </c>
       <c r="D138" t="s">
         <v>714</v>
       </c>
-      <c r="E138" s="2" t="s">
+      <c r="E138" s="1" t="s">
         <v>889</v>
       </c>
       <c r="F138" t="s">
         <v>964</v>
       </c>
       <c r="G138" t="s">
         <v>964</v>
       </c>
       <c r="H138" t="s">
         <v>966</v>
       </c>
       <c r="I138" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>146</v>
       </c>
       <c r="B139" t="s">
         <v>357</v>
       </c>
       <c r="C139" t="s">
         <v>568</v>
       </c>
       <c r="D139" t="s">
         <v>715</v>
       </c>
-      <c r="E139" s="2" t="s">
+      <c r="E139" s="1" t="s">
         <v>890</v>
       </c>
       <c r="F139" t="s">
         <v>964</v>
       </c>
       <c r="G139" t="s">
         <v>964</v>
       </c>
       <c r="H139" t="s">
         <v>966</v>
       </c>
       <c r="I139" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
         <v>147</v>
       </c>
       <c r="B140" t="s">
         <v>358</v>
       </c>
       <c r="C140" t="s">
         <v>569</v>
       </c>
       <c r="D140" t="s">
         <v>716</v>
       </c>
-      <c r="E140" s="2" t="s">
+      <c r="E140" s="1" t="s">
         <v>891</v>
       </c>
       <c r="F140" t="s">
         <v>964</v>
       </c>
       <c r="G140" t="s">
         <v>964</v>
       </c>
       <c r="H140" t="s">
         <v>966</v>
       </c>
       <c r="I140" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
         <v>148</v>
       </c>
       <c r="B141" t="s">
         <v>359</v>
       </c>
       <c r="C141" t="s">
         <v>570</v>
       </c>
       <c r="D141" t="s">
         <v>716</v>
       </c>
-      <c r="E141" s="2" t="s">
+      <c r="E141" s="1" t="s">
         <v>892</v>
       </c>
       <c r="F141" t="s">
         <v>964</v>
       </c>
       <c r="G141" t="s">
         <v>964</v>
       </c>
       <c r="H141" t="s">
         <v>966</v>
       </c>
       <c r="I141" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
         <v>149</v>
       </c>
       <c r="B142" t="s">
         <v>360</v>
       </c>
       <c r="C142" t="s">
         <v>571</v>
       </c>
       <c r="D142" t="s">
         <v>644</v>
       </c>
-      <c r="E142" s="2" t="s">
+      <c r="E142" s="1" t="s">
         <v>893</v>
       </c>
       <c r="F142" t="s">
         <v>964</v>
       </c>
       <c r="G142" t="s">
         <v>964</v>
       </c>
       <c r="H142" t="s">
         <v>966</v>
       </c>
       <c r="I142" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
         <v>150</v>
       </c>
       <c r="B143" t="s">
         <v>361</v>
       </c>
       <c r="C143" t="s">
         <v>572</v>
       </c>
       <c r="D143" t="s">
         <v>644</v>
       </c>
-      <c r="E143" s="2" t="s">
+      <c r="E143" s="1" t="s">
         <v>894</v>
       </c>
       <c r="F143" t="s">
         <v>964</v>
       </c>
       <c r="G143" t="s">
         <v>964</v>
       </c>
       <c r="H143" t="s">
         <v>966</v>
       </c>
       <c r="I143" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
         <v>151</v>
       </c>
       <c r="B144" t="s">
         <v>362</v>
       </c>
       <c r="C144" t="s">
         <v>573</v>
       </c>
       <c r="D144" t="s">
         <v>717</v>
       </c>
-      <c r="E144" s="2" t="s">
+      <c r="E144" s="1" t="s">
         <v>895</v>
       </c>
       <c r="F144" t="s">
         <v>964</v>
       </c>
       <c r="G144" t="s">
         <v>964</v>
       </c>
       <c r="H144" t="s">
         <v>966</v>
       </c>
       <c r="I144" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
         <v>152</v>
       </c>
       <c r="B145" t="s">
         <v>363</v>
       </c>
       <c r="C145" t="s">
         <v>574</v>
       </c>
       <c r="D145" t="s">
         <v>717</v>
       </c>
-      <c r="E145" s="2" t="s">
+      <c r="E145" s="1" t="s">
         <v>896</v>
       </c>
       <c r="F145" t="s">
         <v>964</v>
       </c>
       <c r="G145" t="s">
         <v>964</v>
       </c>
       <c r="H145" t="s">
         <v>966</v>
       </c>
       <c r="I145" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
         <v>153</v>
       </c>
       <c r="B146" t="s">
         <v>364</v>
       </c>
       <c r="C146" t="s">
         <v>575</v>
       </c>
       <c r="D146" t="s">
         <v>718</v>
       </c>
-      <c r="E146" s="2" t="s">
+      <c r="E146" s="1" t="s">
         <v>897</v>
       </c>
       <c r="F146" t="s">
         <v>964</v>
       </c>
       <c r="G146" t="s">
         <v>964</v>
       </c>
       <c r="H146" t="s">
         <v>966</v>
       </c>
       <c r="I146" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
         <v>154</v>
       </c>
       <c r="B147" t="s">
         <v>365</v>
       </c>
       <c r="C147" t="s">
         <v>576</v>
       </c>
       <c r="D147" t="s">
         <v>718</v>
       </c>
-      <c r="E147" s="2" t="s">
+      <c r="E147" s="1" t="s">
         <v>898</v>
       </c>
       <c r="F147" t="s">
         <v>964</v>
       </c>
       <c r="G147" t="s">
         <v>964</v>
       </c>
       <c r="H147" t="s">
         <v>966</v>
       </c>
       <c r="I147" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
         <v>155</v>
       </c>
       <c r="B148" t="s">
         <v>366</v>
       </c>
       <c r="C148" t="s">
         <v>577</v>
       </c>
       <c r="D148" t="s">
         <v>719</v>
       </c>
-      <c r="E148" s="2" t="s">
+      <c r="E148" s="1" t="s">
         <v>899</v>
       </c>
       <c r="F148" t="s">
         <v>964</v>
       </c>
       <c r="G148" t="s">
         <v>964</v>
       </c>
       <c r="H148" t="s">
         <v>966</v>
       </c>
       <c r="I148" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
         <v>156</v>
       </c>
       <c r="B149" t="s">
         <v>367</v>
       </c>
       <c r="C149" t="s">
         <v>578</v>
       </c>
       <c r="D149" t="s">
         <v>720</v>
       </c>
-      <c r="E149" s="2" t="s">
+      <c r="E149" s="1" t="s">
         <v>900</v>
       </c>
       <c r="F149" t="s">
         <v>964</v>
       </c>
       <c r="G149" t="s">
         <v>965</v>
       </c>
       <c r="H149" t="s">
         <v>966</v>
       </c>
       <c r="I149" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
         <v>157</v>
       </c>
       <c r="B150" t="s">
         <v>368</v>
       </c>
       <c r="C150" t="s">
         <v>579</v>
       </c>
       <c r="D150" t="s">
         <v>720</v>
       </c>
-      <c r="E150" s="2" t="s">
+      <c r="E150" s="1" t="s">
         <v>901</v>
       </c>
       <c r="F150" t="s">
         <v>964</v>
       </c>
       <c r="G150" t="s">
         <v>964</v>
       </c>
       <c r="H150" t="s">
         <v>966</v>
       </c>
       <c r="I150" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
         <v>158</v>
       </c>
       <c r="B151" t="s">
         <v>369</v>
       </c>
       <c r="C151" t="s">
         <v>580</v>
       </c>
       <c r="D151" t="s">
         <v>721</v>
       </c>
-      <c r="E151" s="2" t="s">
+      <c r="E151" s="1" t="s">
         <v>902</v>
       </c>
       <c r="F151" t="s">
         <v>964</v>
       </c>
       <c r="G151" t="s">
         <v>964</v>
       </c>
       <c r="H151" t="s">
         <v>966</v>
       </c>
       <c r="I151" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>159</v>
       </c>
       <c r="B152" t="s">
         <v>370</v>
       </c>
       <c r="C152" t="s">
         <v>581</v>
       </c>
       <c r="D152" t="s">
         <v>721</v>
       </c>
-      <c r="E152" s="2" t="s">
+      <c r="E152" s="1" t="s">
         <v>903</v>
       </c>
       <c r="F152" t="s">
         <v>964</v>
       </c>
       <c r="G152" t="s">
         <v>964</v>
       </c>
       <c r="H152" t="s">
         <v>966</v>
       </c>
       <c r="I152" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
         <v>160</v>
       </c>
       <c r="B153" t="s">
         <v>371</v>
       </c>
       <c r="C153" t="s">
         <v>582</v>
       </c>
       <c r="D153" t="s">
         <v>722</v>
       </c>
-      <c r="E153" s="2" t="s">
+      <c r="E153" s="1" t="s">
         <v>904</v>
       </c>
       <c r="F153" t="s">
         <v>964</v>
       </c>
       <c r="G153" t="s">
         <v>964</v>
       </c>
       <c r="H153" t="s">
         <v>966</v>
       </c>
       <c r="I153" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>161</v>
       </c>
       <c r="B154" t="s">
         <v>372</v>
       </c>
       <c r="C154" t="s">
         <v>583</v>
       </c>
       <c r="D154" t="s">
         <v>722</v>
       </c>
-      <c r="E154" s="2" t="s">
+      <c r="E154" s="1" t="s">
         <v>905</v>
       </c>
       <c r="F154" t="s">
         <v>964</v>
       </c>
       <c r="G154" t="s">
         <v>964</v>
       </c>
       <c r="H154" t="s">
         <v>966</v>
       </c>
       <c r="I154" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
         <v>162</v>
       </c>
       <c r="B155" t="s">
         <v>373</v>
       </c>
       <c r="C155" t="s">
         <v>584</v>
       </c>
       <c r="D155" t="s">
         <v>723</v>
       </c>
-      <c r="E155" s="2" t="s">
+      <c r="E155" s="1" t="s">
         <v>906</v>
       </c>
       <c r="F155" t="s">
         <v>964</v>
       </c>
       <c r="G155" t="s">
         <v>964</v>
       </c>
       <c r="H155" t="s">
         <v>966</v>
       </c>
       <c r="I155" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>163</v>
       </c>
       <c r="B156" t="s">
         <v>374</v>
       </c>
       <c r="C156" t="s">
         <v>585</v>
       </c>
       <c r="D156" t="s">
         <v>724</v>
       </c>
-      <c r="E156" s="2" t="s">
+      <c r="E156" s="1" t="s">
         <v>907</v>
       </c>
       <c r="F156" t="s">
         <v>964</v>
       </c>
       <c r="G156" t="s">
         <v>964</v>
       </c>
       <c r="H156" t="s">
         <v>966</v>
       </c>
       <c r="I156" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
         <v>164</v>
       </c>
       <c r="B157" t="s">
         <v>375</v>
       </c>
       <c r="C157" t="s">
         <v>586</v>
       </c>
       <c r="D157" t="s">
         <v>724</v>
       </c>
-      <c r="E157" s="2" t="s">
+      <c r="E157" s="1" t="s">
         <v>908</v>
       </c>
       <c r="F157" t="s">
         <v>964</v>
       </c>
       <c r="G157" t="s">
         <v>964</v>
       </c>
       <c r="H157" t="s">
         <v>966</v>
       </c>
       <c r="I157" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>165</v>
       </c>
       <c r="B158" t="s">
         <v>376</v>
       </c>
       <c r="C158" t="s">
         <v>587</v>
       </c>
       <c r="D158" t="s">
         <v>725</v>
       </c>
-      <c r="E158" s="2" t="s">
+      <c r="E158" s="1" t="s">
         <v>909</v>
       </c>
       <c r="F158" t="s">
         <v>964</v>
       </c>
       <c r="G158" t="s">
         <v>964</v>
       </c>
       <c r="H158" t="s">
         <v>966</v>
       </c>
       <c r="I158" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>166</v>
       </c>
       <c r="B159" t="s">
         <v>377</v>
       </c>
       <c r="C159" t="s">
         <v>588</v>
       </c>
       <c r="D159" t="s">
         <v>726</v>
       </c>
-      <c r="E159" s="2" t="s">
+      <c r="E159" s="1" t="s">
         <v>910</v>
       </c>
       <c r="F159" t="s">
         <v>964</v>
       </c>
       <c r="G159" t="s">
         <v>964</v>
       </c>
       <c r="H159" t="s">
         <v>966</v>
       </c>
       <c r="I159" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
         <v>167</v>
       </c>
       <c r="B160" t="s">
         <v>378</v>
       </c>
       <c r="C160" t="s">
         <v>589</v>
       </c>
       <c r="D160" t="s">
         <v>658</v>
       </c>
-      <c r="E160" s="2" t="s">
+      <c r="E160" s="1" t="s">
         <v>911</v>
       </c>
       <c r="F160" t="s">
         <v>964</v>
       </c>
       <c r="G160" t="s">
         <v>964</v>
       </c>
       <c r="H160" t="s">
         <v>966</v>
       </c>
       <c r="I160" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
         <v>168</v>
       </c>
       <c r="B161" t="s">
         <v>379</v>
       </c>
       <c r="C161" t="s">
         <v>590</v>
       </c>
       <c r="D161" t="s">
         <v>658</v>
       </c>
-      <c r="E161" s="2" t="s">
+      <c r="E161" s="1" t="s">
         <v>912</v>
       </c>
       <c r="F161" t="s">
         <v>964</v>
       </c>
       <c r="G161" t="s">
         <v>964</v>
       </c>
       <c r="H161" t="s">
         <v>966</v>
       </c>
       <c r="I161" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
         <v>169</v>
       </c>
       <c r="B162" t="s">
         <v>380</v>
       </c>
       <c r="C162" t="s">
         <v>591</v>
       </c>
       <c r="D162" t="s">
         <v>727</v>
       </c>
-      <c r="E162" s="2" t="s">
+      <c r="E162" s="1" t="s">
         <v>913</v>
       </c>
       <c r="F162" t="s">
         <v>964</v>
       </c>
       <c r="G162" t="s">
         <v>964</v>
       </c>
       <c r="H162" t="s">
         <v>966</v>
       </c>
       <c r="I162" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>170</v>
       </c>
       <c r="B163" t="s">
         <v>381</v>
       </c>
       <c r="C163" t="s">
         <v>592</v>
       </c>
       <c r="D163" t="s">
         <v>727</v>
       </c>
-      <c r="E163" s="2" t="s">
+      <c r="E163" s="1" t="s">
         <v>914</v>
       </c>
       <c r="F163" t="s">
         <v>964</v>
       </c>
       <c r="G163" t="s">
         <v>964</v>
       </c>
       <c r="H163" t="s">
         <v>966</v>
       </c>
       <c r="I163" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>171</v>
       </c>
       <c r="B164" t="s">
         <v>382</v>
       </c>
       <c r="C164" t="s">
         <v>593</v>
       </c>
       <c r="D164" t="s">
         <v>728</v>
       </c>
-      <c r="E164" s="2" t="s">
+      <c r="E164" s="1" t="s">
         <v>915</v>
       </c>
       <c r="F164" t="s">
         <v>964</v>
       </c>
       <c r="G164" t="s">
         <v>964</v>
       </c>
       <c r="H164" t="s">
         <v>966</v>
       </c>
       <c r="I164" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>172</v>
       </c>
       <c r="B165" t="s">
         <v>383</v>
       </c>
       <c r="C165" t="s">
         <v>594</v>
       </c>
       <c r="D165" t="s">
         <v>729</v>
       </c>
-      <c r="E165" s="2" t="s">
+      <c r="E165" s="1" t="s">
         <v>916</v>
       </c>
       <c r="F165" t="s">
         <v>964</v>
       </c>
       <c r="G165" t="s">
         <v>964</v>
       </c>
       <c r="H165" t="s">
         <v>966</v>
       </c>
       <c r="I165" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>173</v>
       </c>
       <c r="B166" t="s">
         <v>384</v>
       </c>
       <c r="C166" t="s">
         <v>595</v>
       </c>
       <c r="D166" t="s">
         <v>730</v>
       </c>
-      <c r="E166" s="2" t="s">
+      <c r="E166" s="1" t="s">
         <v>917</v>
       </c>
       <c r="F166" t="s">
         <v>964</v>
       </c>
       <c r="G166" t="s">
         <v>964</v>
       </c>
       <c r="H166" t="s">
         <v>966</v>
       </c>
       <c r="I166" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>174</v>
       </c>
       <c r="B167" t="s">
         <v>385</v>
       </c>
       <c r="C167" t="s">
         <v>596</v>
       </c>
       <c r="D167" t="s">
         <v>730</v>
       </c>
-      <c r="E167" s="2" t="s">
+      <c r="E167" s="1" t="s">
         <v>918</v>
       </c>
       <c r="F167" t="s">
         <v>964</v>
       </c>
       <c r="G167" t="s">
         <v>964</v>
       </c>
       <c r="H167" t="s">
         <v>966</v>
       </c>
       <c r="I167" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
         <v>175</v>
       </c>
       <c r="B168" t="s">
         <v>386</v>
       </c>
       <c r="C168" t="s">
         <v>597</v>
       </c>
       <c r="D168" t="s">
         <v>731</v>
       </c>
-      <c r="E168" s="2" t="s">
+      <c r="E168" s="1" t="s">
         <v>919</v>
       </c>
       <c r="F168" t="s">
         <v>964</v>
       </c>
       <c r="G168" t="s">
         <v>964</v>
       </c>
       <c r="H168" t="s">
         <v>966</v>
       </c>
       <c r="I168" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>176</v>
       </c>
       <c r="B169" t="s">
         <v>387</v>
       </c>
       <c r="C169" t="s">
         <v>598</v>
       </c>
       <c r="D169" t="s">
         <v>731</v>
       </c>
-      <c r="E169" s="2" t="s">
+      <c r="E169" s="1" t="s">
         <v>920</v>
       </c>
       <c r="F169" t="s">
         <v>964</v>
       </c>
       <c r="G169" t="s">
         <v>964</v>
       </c>
       <c r="H169" t="s">
         <v>966</v>
       </c>
       <c r="I169" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>177</v>
       </c>
       <c r="B170" t="s">
         <v>388</v>
       </c>
       <c r="C170" t="s">
         <v>599</v>
       </c>
       <c r="D170" t="s">
         <v>732</v>
       </c>
-      <c r="E170" s="2" t="s">
+      <c r="E170" s="1" t="s">
         <v>921</v>
       </c>
       <c r="F170" t="s">
         <v>964</v>
       </c>
       <c r="G170" t="s">
         <v>964</v>
       </c>
       <c r="H170" t="s">
         <v>966</v>
       </c>
       <c r="I170" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>178</v>
       </c>
       <c r="B171" t="s">
         <v>389</v>
       </c>
       <c r="C171" t="s">
         <v>600</v>
       </c>
       <c r="D171" t="s">
         <v>733</v>
       </c>
-      <c r="E171" s="2" t="s">
+      <c r="E171" s="1" t="s">
         <v>922</v>
       </c>
       <c r="F171" t="s">
         <v>964</v>
       </c>
       <c r="G171" t="s">
         <v>964</v>
       </c>
       <c r="H171" t="s">
         <v>966</v>
       </c>
       <c r="I171" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>179</v>
       </c>
       <c r="B172" t="s">
         <v>390</v>
       </c>
       <c r="C172" t="s">
         <v>601</v>
       </c>
       <c r="D172" t="s">
         <v>733</v>
       </c>
-      <c r="E172" s="2" t="s">
+      <c r="E172" s="1" t="s">
         <v>923</v>
       </c>
       <c r="F172" t="s">
         <v>964</v>
       </c>
       <c r="G172" t="s">
         <v>964</v>
       </c>
       <c r="H172" t="s">
         <v>966</v>
       </c>
       <c r="I172" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>180</v>
       </c>
       <c r="B173" t="s">
         <v>391</v>
       </c>
       <c r="C173" t="s">
         <v>602</v>
       </c>
       <c r="D173" t="s">
         <v>734</v>
       </c>
-      <c r="E173" s="2" t="s">
+      <c r="E173" s="1" t="s">
         <v>924</v>
       </c>
       <c r="F173" t="s">
         <v>964</v>
       </c>
       <c r="G173" t="s">
         <v>964</v>
       </c>
       <c r="H173" t="s">
         <v>966</v>
       </c>
       <c r="I173" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>181</v>
       </c>
       <c r="B174" t="s">
         <v>392</v>
       </c>
       <c r="C174" t="s">
         <v>603</v>
       </c>
       <c r="D174" t="s">
         <v>735</v>
       </c>
-      <c r="E174" s="2" t="s">
+      <c r="E174" s="1" t="s">
         <v>925</v>
       </c>
       <c r="F174" t="s">
         <v>964</v>
       </c>
       <c r="G174" t="s">
         <v>964</v>
       </c>
       <c r="H174" t="s">
         <v>966</v>
       </c>
       <c r="I174" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
         <v>182</v>
       </c>
       <c r="B175" t="s">
         <v>393</v>
       </c>
       <c r="C175" t="s">
         <v>604</v>
       </c>
       <c r="D175" t="s">
         <v>735</v>
       </c>
-      <c r="E175" s="2" t="s">
+      <c r="E175" s="1" t="s">
         <v>926</v>
       </c>
       <c r="F175" t="s">
         <v>964</v>
       </c>
       <c r="G175" t="s">
         <v>964</v>
       </c>
       <c r="H175" t="s">
         <v>966</v>
       </c>
       <c r="I175" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
         <v>183</v>
       </c>
       <c r="B176" t="s">
         <v>394</v>
       </c>
       <c r="C176" t="s">
         <v>605</v>
       </c>
       <c r="D176" t="s">
         <v>736</v>
       </c>
-      <c r="E176" s="2" t="s">
+      <c r="E176" s="1" t="s">
         <v>927</v>
       </c>
       <c r="F176" t="s">
         <v>964</v>
       </c>
       <c r="G176" t="s">
         <v>964</v>
       </c>
       <c r="H176" t="s">
         <v>966</v>
       </c>
       <c r="I176" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>184</v>
       </c>
       <c r="B177" t="s">
         <v>395</v>
       </c>
       <c r="C177" t="s">
         <v>606</v>
       </c>
       <c r="D177" t="s">
         <v>736</v>
       </c>
-      <c r="E177" s="2" t="s">
+      <c r="E177" s="1" t="s">
         <v>928</v>
       </c>
       <c r="F177" t="s">
         <v>964</v>
       </c>
       <c r="G177" t="s">
         <v>964</v>
       </c>
       <c r="H177" t="s">
         <v>966</v>
       </c>
       <c r="I177" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>185</v>
       </c>
       <c r="B178" t="s">
         <v>396</v>
       </c>
       <c r="C178" t="s">
         <v>607</v>
       </c>
       <c r="D178" t="s">
         <v>737</v>
       </c>
-      <c r="E178" s="2" t="s">
+      <c r="E178" s="1" t="s">
         <v>929</v>
       </c>
       <c r="F178" t="s">
         <v>964</v>
       </c>
       <c r="G178" t="s">
         <v>964</v>
       </c>
       <c r="H178" t="s">
         <v>966</v>
       </c>
       <c r="I178" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>186</v>
       </c>
       <c r="B179" t="s">
         <v>397</v>
       </c>
       <c r="C179" t="s">
         <v>608</v>
       </c>
       <c r="D179" t="s">
         <v>737</v>
       </c>
-      <c r="E179" s="2" t="s">
+      <c r="E179" s="1" t="s">
         <v>930</v>
       </c>
       <c r="F179" t="s">
         <v>964</v>
       </c>
       <c r="G179" t="s">
         <v>964</v>
       </c>
       <c r="H179" t="s">
         <v>966</v>
       </c>
       <c r="I179" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
         <v>187</v>
       </c>
       <c r="B180" t="s">
         <v>398</v>
       </c>
       <c r="C180" t="s">
         <v>609</v>
       </c>
       <c r="D180" t="s">
         <v>738</v>
       </c>
-      <c r="E180" s="2" t="s">
+      <c r="E180" s="1" t="s">
         <v>931</v>
       </c>
       <c r="F180" t="s">
         <v>964</v>
       </c>
       <c r="G180" t="s">
         <v>964</v>
       </c>
       <c r="H180" t="s">
         <v>966</v>
       </c>
       <c r="I180" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
         <v>188</v>
       </c>
       <c r="B181" t="s">
         <v>399</v>
       </c>
       <c r="C181" t="s">
         <v>610</v>
       </c>
       <c r="D181" t="s">
         <v>671</v>
       </c>
-      <c r="E181" s="2" t="s">
+      <c r="E181" s="1" t="s">
         <v>932</v>
       </c>
       <c r="F181" t="s">
         <v>964</v>
       </c>
       <c r="G181" t="s">
         <v>964</v>
       </c>
       <c r="H181" t="s">
         <v>966</v>
       </c>
       <c r="I181" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>189</v>
       </c>
       <c r="B182" t="s">
         <v>400</v>
       </c>
       <c r="C182" t="s">
         <v>611</v>
       </c>
       <c r="D182" t="s">
         <v>671</v>
       </c>
-      <c r="E182" s="2" t="s">
+      <c r="E182" s="1" t="s">
         <v>933</v>
       </c>
       <c r="F182" t="s">
         <v>964</v>
       </c>
       <c r="G182" t="s">
         <v>964</v>
       </c>
       <c r="H182" t="s">
         <v>966</v>
       </c>
       <c r="I182" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
         <v>190</v>
       </c>
       <c r="B183" t="s">
         <v>401</v>
       </c>
       <c r="C183" t="s">
         <v>612</v>
       </c>
       <c r="D183" t="s">
         <v>739</v>
       </c>
-      <c r="E183" s="2" t="s">
+      <c r="E183" s="1" t="s">
         <v>934</v>
       </c>
       <c r="F183" t="s">
         <v>964</v>
       </c>
       <c r="G183" t="s">
         <v>964</v>
       </c>
       <c r="H183" t="s">
         <v>966</v>
       </c>
       <c r="I183" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>191</v>
       </c>
       <c r="B184" t="s">
         <v>402</v>
       </c>
       <c r="C184" t="s">
         <v>613</v>
       </c>
       <c r="D184" t="s">
         <v>739</v>
       </c>
-      <c r="E184" s="2" t="s">
+      <c r="E184" s="1" t="s">
         <v>935</v>
       </c>
       <c r="F184" t="s">
         <v>964</v>
       </c>
       <c r="G184" t="s">
         <v>964</v>
       </c>
       <c r="H184" t="s">
         <v>966</v>
       </c>
       <c r="I184" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
         <v>192</v>
       </c>
       <c r="B185" t="s">
         <v>403</v>
       </c>
       <c r="C185" t="s">
         <v>614</v>
       </c>
       <c r="D185" t="s">
         <v>740</v>
       </c>
-      <c r="E185" s="2" t="s">
+      <c r="E185" s="1" t="s">
         <v>936</v>
       </c>
       <c r="F185" t="s">
         <v>964</v>
       </c>
       <c r="G185" t="s">
         <v>964</v>
       </c>
       <c r="H185" t="s">
         <v>966</v>
       </c>
       <c r="I185" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
         <v>193</v>
       </c>
       <c r="B186" t="s">
         <v>404</v>
       </c>
       <c r="C186" t="s">
         <v>615</v>
       </c>
       <c r="D186" t="s">
         <v>740</v>
       </c>
-      <c r="E186" s="2" t="s">
+      <c r="E186" s="1" t="s">
         <v>937</v>
       </c>
       <c r="F186" t="s">
         <v>964</v>
       </c>
       <c r="G186" t="s">
         <v>964</v>
       </c>
       <c r="H186" t="s">
         <v>966</v>
       </c>
       <c r="I186" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
         <v>194</v>
       </c>
       <c r="B187" t="s">
         <v>405</v>
       </c>
       <c r="C187" t="s">
         <v>616</v>
       </c>
       <c r="D187" t="s">
         <v>741</v>
       </c>
-      <c r="E187" s="2" t="s">
+      <c r="E187" s="1" t="s">
         <v>938</v>
       </c>
       <c r="F187" t="s">
         <v>964</v>
       </c>
       <c r="G187" t="s">
         <v>964</v>
       </c>
       <c r="H187" t="s">
         <v>966</v>
       </c>
       <c r="I187" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
         <v>195</v>
       </c>
       <c r="B188" t="s">
         <v>406</v>
       </c>
       <c r="C188" t="s">
         <v>617</v>
       </c>
       <c r="D188" t="s">
         <v>741</v>
       </c>
-      <c r="E188" s="2" t="s">
+      <c r="E188" s="1" t="s">
         <v>939</v>
       </c>
       <c r="F188" t="s">
         <v>964</v>
       </c>
       <c r="G188" t="s">
         <v>964</v>
       </c>
       <c r="H188" t="s">
         <v>966</v>
       </c>
       <c r="I188" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
         <v>196</v>
       </c>
       <c r="B189" t="s">
         <v>407</v>
       </c>
       <c r="C189" t="s">
         <v>618</v>
       </c>
       <c r="D189" t="s">
         <v>742</v>
       </c>
-      <c r="E189" s="2" t="s">
+      <c r="E189" s="1" t="s">
         <v>940</v>
       </c>
       <c r="F189" t="s">
         <v>964</v>
       </c>
       <c r="G189" t="s">
         <v>964</v>
       </c>
       <c r="H189" t="s">
         <v>966</v>
       </c>
       <c r="I189" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>197</v>
       </c>
       <c r="B190" t="s">
         <v>408</v>
       </c>
       <c r="C190" t="s">
         <v>619</v>
       </c>
       <c r="D190" t="s">
         <v>742</v>
       </c>
-      <c r="E190" s="2" t="s">
+      <c r="E190" s="1" t="s">
         <v>941</v>
       </c>
       <c r="F190" t="s">
         <v>964</v>
       </c>
       <c r="G190" t="s">
         <v>964</v>
       </c>
       <c r="H190" t="s">
         <v>966</v>
       </c>
       <c r="I190" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
         <v>198</v>
       </c>
       <c r="B191" t="s">
         <v>409</v>
       </c>
       <c r="C191" t="s">
         <v>620</v>
       </c>
       <c r="D191" t="s">
         <v>676</v>
       </c>
-      <c r="E191" s="2" t="s">
+      <c r="E191" s="1" t="s">
         <v>942</v>
       </c>
       <c r="F191" t="s">
         <v>964</v>
       </c>
       <c r="G191" t="s">
         <v>964</v>
       </c>
       <c r="H191" t="s">
         <v>966</v>
       </c>
       <c r="I191" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
         <v>199</v>
       </c>
       <c r="B192" t="s">
         <v>410</v>
       </c>
       <c r="C192" t="s">
         <v>621</v>
       </c>
       <c r="D192" t="s">
         <v>676</v>
       </c>
-      <c r="E192" s="2" t="s">
+      <c r="E192" s="1" t="s">
         <v>943</v>
       </c>
       <c r="F192" t="s">
         <v>964</v>
       </c>
       <c r="G192" t="s">
         <v>964</v>
       </c>
       <c r="H192" t="s">
         <v>966</v>
       </c>
       <c r="I192" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
         <v>200</v>
       </c>
       <c r="B193" t="s">
         <v>411</v>
       </c>
       <c r="C193" t="s">
         <v>622</v>
       </c>
       <c r="D193" t="s">
         <v>743</v>
       </c>
-      <c r="E193" s="2" t="s">
+      <c r="E193" s="1" t="s">
         <v>944</v>
       </c>
       <c r="F193" t="s">
         <v>964</v>
       </c>
       <c r="G193" t="s">
         <v>964</v>
       </c>
       <c r="H193" t="s">
         <v>966</v>
       </c>
       <c r="I193" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
         <v>201</v>
       </c>
       <c r="B194" t="s">
         <v>412</v>
       </c>
       <c r="C194" t="s">
         <v>623</v>
       </c>
       <c r="D194" t="s">
         <v>743</v>
       </c>
-      <c r="E194" s="2" t="s">
+      <c r="E194" s="1" t="s">
         <v>945</v>
       </c>
       <c r="F194" t="s">
         <v>964</v>
       </c>
       <c r="G194" t="s">
         <v>964</v>
       </c>
       <c r="H194" t="s">
         <v>966</v>
       </c>
       <c r="I194" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
         <v>202</v>
       </c>
       <c r="B195" t="s">
         <v>413</v>
       </c>
       <c r="C195" t="s">
         <v>624</v>
       </c>
       <c r="D195" t="s">
         <v>688</v>
       </c>
-      <c r="E195" s="2" t="s">
+      <c r="E195" s="1" t="s">
         <v>946</v>
       </c>
       <c r="F195" t="s">
         <v>964</v>
       </c>
       <c r="G195" t="s">
         <v>964</v>
       </c>
       <c r="H195" t="s">
         <v>966</v>
       </c>
       <c r="I195" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
         <v>203</v>
       </c>
       <c r="B196" t="s">
         <v>414</v>
       </c>
       <c r="C196" t="s">
         <v>625</v>
       </c>
       <c r="D196" t="s">
         <v>744</v>
       </c>
-      <c r="E196" s="2" t="s">
+      <c r="E196" s="1" t="s">
         <v>947</v>
       </c>
       <c r="F196" t="s">
         <v>964</v>
       </c>
       <c r="G196" t="s">
         <v>964</v>
       </c>
       <c r="H196" t="s">
         <v>966</v>
       </c>
       <c r="I196" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
         <v>204</v>
       </c>
       <c r="B197" t="s">
         <v>415</v>
       </c>
       <c r="C197" t="s">
         <v>626</v>
       </c>
       <c r="D197" t="s">
         <v>744</v>
       </c>
-      <c r="E197" s="2" t="s">
+      <c r="E197" s="1" t="s">
         <v>948</v>
       </c>
       <c r="F197" t="s">
         <v>964</v>
       </c>
       <c r="G197" t="s">
         <v>964</v>
       </c>
       <c r="H197" t="s">
         <v>966</v>
       </c>
       <c r="I197" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
         <v>205</v>
       </c>
       <c r="B198" t="s">
         <v>416</v>
       </c>
       <c r="C198" t="s">
         <v>627</v>
       </c>
       <c r="D198" t="s">
         <v>745</v>
       </c>
-      <c r="E198" s="2" t="s">
+      <c r="E198" s="1" t="s">
         <v>949</v>
       </c>
       <c r="F198" t="s">
         <v>964</v>
       </c>
       <c r="G198" t="s">
         <v>964</v>
       </c>
       <c r="H198" t="s">
         <v>966</v>
       </c>
       <c r="I198" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>206</v>
       </c>
       <c r="B199" t="s">
         <v>417</v>
       </c>
       <c r="C199" t="s">
         <v>628</v>
       </c>
       <c r="D199" t="s">
         <v>745</v>
       </c>
-      <c r="E199" s="2" t="s">
+      <c r="E199" s="1" t="s">
         <v>950</v>
       </c>
       <c r="F199" t="s">
         <v>964</v>
       </c>
       <c r="G199" t="s">
         <v>964</v>
       </c>
       <c r="H199" t="s">
         <v>966</v>
       </c>
       <c r="I199" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
         <v>207</v>
       </c>
       <c r="B200" t="s">
         <v>418</v>
       </c>
       <c r="C200" t="s">
         <v>629</v>
       </c>
       <c r="D200" t="s">
         <v>746</v>
       </c>
-      <c r="E200" s="2" t="s">
+      <c r="E200" s="1" t="s">
         <v>951</v>
       </c>
       <c r="F200" t="s">
         <v>964</v>
       </c>
       <c r="G200" t="s">
         <v>964</v>
       </c>
       <c r="H200" t="s">
         <v>966</v>
       </c>
       <c r="I200" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
         <v>208</v>
       </c>
       <c r="B201" t="s">
         <v>419</v>
       </c>
       <c r="C201" t="s">
         <v>630</v>
       </c>
       <c r="D201" t="s">
         <v>653</v>
       </c>
-      <c r="E201" s="2" t="s">
+      <c r="E201" s="1" t="s">
         <v>952</v>
       </c>
       <c r="F201" t="s">
         <v>964</v>
       </c>
       <c r="G201" t="s">
         <v>964</v>
       </c>
       <c r="H201" t="s">
         <v>966</v>
       </c>
       <c r="I201" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
         <v>209</v>
       </c>
       <c r="B202" t="s">
         <v>420</v>
       </c>
       <c r="C202" t="s">
         <v>631</v>
       </c>
       <c r="D202" t="s">
         <v>653</v>
       </c>
-      <c r="E202" s="2" t="s">
+      <c r="E202" s="1" t="s">
         <v>953</v>
       </c>
       <c r="F202" t="s">
         <v>964</v>
       </c>
       <c r="G202" t="s">
         <v>964</v>
       </c>
       <c r="H202" t="s">
         <v>966</v>
       </c>
       <c r="I202" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
         <v>210</v>
       </c>
       <c r="B203" t="s">
         <v>421</v>
       </c>
       <c r="C203" t="s">
         <v>632</v>
       </c>
       <c r="D203" t="s">
         <v>747</v>
       </c>
-      <c r="E203" s="2" t="s">
+      <c r="E203" s="1" t="s">
         <v>954</v>
       </c>
       <c r="F203" t="s">
         <v>964</v>
       </c>
       <c r="G203" t="s">
         <v>964</v>
       </c>
       <c r="H203" t="s">
         <v>966</v>
       </c>
       <c r="I203" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
         <v>211</v>
       </c>
       <c r="B204" t="s">
         <v>422</v>
       </c>
       <c r="C204" t="s">
         <v>633</v>
       </c>
       <c r="D204" t="s">
         <v>747</v>
       </c>
-      <c r="E204" s="2" t="s">
+      <c r="E204" s="1" t="s">
         <v>955</v>
       </c>
       <c r="F204" t="s">
         <v>964</v>
       </c>
       <c r="G204" t="s">
         <v>964</v>
       </c>
       <c r="H204" t="s">
         <v>966</v>
       </c>
       <c r="I204" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
         <v>212</v>
       </c>
       <c r="B205" t="s">
         <v>423</v>
       </c>
       <c r="C205" t="s">
         <v>634</v>
       </c>
       <c r="D205" t="s">
         <v>748</v>
       </c>
-      <c r="E205" s="2" t="s">
+      <c r="E205" s="1" t="s">
         <v>956</v>
       </c>
       <c r="F205" t="s">
         <v>964</v>
       </c>
       <c r="G205" t="s">
         <v>964</v>
       </c>
       <c r="H205" t="s">
         <v>966</v>
       </c>
       <c r="I205" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
         <v>213</v>
       </c>
       <c r="B206" t="s">
         <v>424</v>
       </c>
       <c r="C206" t="s">
         <v>635</v>
       </c>
       <c r="D206" t="s">
         <v>749</v>
       </c>
-      <c r="E206" s="2" t="s">
+      <c r="E206" s="1" t="s">
         <v>957</v>
       </c>
       <c r="F206" t="s">
         <v>964</v>
       </c>
       <c r="G206" t="s">
         <v>964</v>
       </c>
       <c r="H206" t="s">
         <v>966</v>
       </c>
       <c r="I206" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
         <v>214</v>
       </c>
       <c r="B207" t="s">
         <v>425</v>
       </c>
       <c r="C207" t="s">
         <v>636</v>
       </c>
       <c r="D207" t="s">
         <v>749</v>
       </c>
-      <c r="E207" s="2" t="s">
+      <c r="E207" s="1" t="s">
         <v>958</v>
       </c>
       <c r="F207" t="s">
         <v>964</v>
       </c>
       <c r="G207" t="s">
         <v>964</v>
       </c>
       <c r="H207" t="s">
         <v>966</v>
       </c>
       <c r="I207" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
         <v>215</v>
       </c>
       <c r="B208" t="s">
         <v>426</v>
       </c>
       <c r="C208" t="s">
         <v>637</v>
       </c>
       <c r="D208" t="s">
         <v>750</v>
       </c>
-      <c r="E208" s="2" t="s">
+      <c r="E208" s="1" t="s">
         <v>959</v>
       </c>
       <c r="F208" t="s">
         <v>964</v>
       </c>
       <c r="G208" t="s">
         <v>964</v>
       </c>
       <c r="H208" t="s">
         <v>966</v>
       </c>
       <c r="I208" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>216</v>
       </c>
       <c r="B209" t="s">
         <v>427</v>
       </c>
       <c r="C209" t="s">
         <v>638</v>
       </c>
       <c r="D209" t="s">
         <v>751</v>
       </c>
-      <c r="E209" s="2" t="s">
+      <c r="E209" s="1" t="s">
         <v>960</v>
       </c>
       <c r="F209" t="s">
         <v>964</v>
       </c>
       <c r="G209" t="s">
         <v>964</v>
       </c>
       <c r="H209" t="s">
         <v>966</v>
       </c>
       <c r="I209" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>217</v>
       </c>
       <c r="B210" t="s">
         <v>428</v>
       </c>
       <c r="C210" t="s">
         <v>639</v>
       </c>
       <c r="D210" t="s">
         <v>751</v>
       </c>
-      <c r="E210" s="2" t="s">
+      <c r="E210" s="1" t="s">
         <v>961</v>
       </c>
       <c r="F210" t="s">
         <v>964</v>
       </c>
       <c r="G210" t="s">
         <v>964</v>
       </c>
       <c r="H210" t="s">
         <v>966</v>
       </c>
       <c r="I210" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
         <v>218</v>
       </c>
       <c r="B211" t="s">
         <v>429</v>
       </c>
       <c r="C211" t="s">
         <v>640</v>
       </c>
       <c r="D211" t="s">
         <v>752</v>
       </c>
-      <c r="E211" s="2" t="s">
+      <c r="E211" s="1" t="s">
         <v>962</v>
       </c>
       <c r="F211" t="s">
         <v>964</v>
       </c>
       <c r="G211" t="s">
         <v>964</v>
       </c>
       <c r="H211" t="s">
         <v>966</v>
       </c>
       <c r="I211" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
         <v>219</v>
       </c>
       <c r="B212" t="s">
         <v>430</v>
       </c>
       <c r="C212" t="s">
         <v>641</v>
       </c>
       <c r="D212" t="s">
         <v>752</v>
       </c>
-      <c r="E212" s="2" t="s">
+      <c r="E212" s="1" t="s">
         <v>963</v>
       </c>
       <c r="F212" t="s">
         <v>964</v>
       </c>
       <c r="G212" t="s">
         <v>964</v>
       </c>
       <c r="H212" t="s">
         <v>966</v>
       </c>
       <c r="I212" t="s">
         <v>967</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1" location="AN1644"/>
     <hyperlink ref="E3" r:id="rId2" location="AN1645"/>
     <hyperlink ref="E4" r:id="rId3" location="AN1646"/>
     <hyperlink ref="E5" r:id="rId4" location="AN1647"/>
     <hyperlink ref="E6" r:id="rId5" location="AN1648"/>
     <hyperlink ref="E7" r:id="rId6" location="AN1649"/>
     <hyperlink ref="E8" r:id="rId7" location="AN1650"/>
     <hyperlink ref="E9" r:id="rId8" location="AN1651"/>
@@ -9828,194 +10697,9090 @@
     <hyperlink ref="E195" r:id="rId194" location="AN1837"/>
     <hyperlink ref="E196" r:id="rId195" location="AN1838"/>
     <hyperlink ref="E197" r:id="rId196" location="AN1839"/>
     <hyperlink ref="E198" r:id="rId197" location="AN1840"/>
     <hyperlink ref="E199" r:id="rId198" location="AN1841"/>
     <hyperlink ref="E200" r:id="rId199" location="AN1842"/>
     <hyperlink ref="E201" r:id="rId200" location="AN1843"/>
     <hyperlink ref="E202" r:id="rId201" location="AN1844"/>
     <hyperlink ref="E203" r:id="rId202" location="AN1845"/>
     <hyperlink ref="E204" r:id="rId203" location="AN1846"/>
     <hyperlink ref="E205" r:id="rId204" location="AN1847"/>
     <hyperlink ref="E206" r:id="rId205" location="AN1848"/>
     <hyperlink ref="E207" r:id="rId206" location="AN1849"/>
     <hyperlink ref="E208" r:id="rId207" location="AN1850"/>
     <hyperlink ref="E209" r:id="rId208" location="AN1851"/>
     <hyperlink ref="E210" r:id="rId209" location="AN1852"/>
     <hyperlink ref="E211" r:id="rId210" location="AN1853"/>
     <hyperlink ref="E212" r:id="rId211" location="AN1854"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:F295"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" spans="1:6">
+      <c r="A1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C1" t="s">
+        <v>970</v>
+      </c>
+      <c r="D1" t="s">
+        <v>971</v>
+      </c>
+      <c r="E1" t="s">
+        <v>972</v>
+      </c>
+      <c r="F1" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>974</v>
+      </c>
+      <c r="D2" t="s">
+        <v>991</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F2" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>975</v>
+      </c>
+      <c r="D3" t="s">
+        <v>992</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F3" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" t="s">
+        <v>255</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>976</v>
+      </c>
+      <c r="D4" t="s">
+        <v>993</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F4" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
+        <v>977</v>
+      </c>
+      <c r="D5" t="s">
+        <v>994</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F5" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" t="s">
+        <v>368</v>
+      </c>
+      <c r="B6" t="s">
+        <v>157</v>
+      </c>
+      <c r="C6" t="s">
+        <v>978</v>
+      </c>
+      <c r="D6" t="s">
+        <v>995</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F6" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" t="s">
+        <v>368</v>
+      </c>
+      <c r="B7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D7" t="s">
+        <v>996</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F7" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" t="s">
+        <v>323</v>
+      </c>
+      <c r="B8" t="s">
+        <v>112</v>
+      </c>
+      <c r="C8" t="s">
+        <v>980</v>
+      </c>
+      <c r="D8" t="s">
+        <v>997</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F8" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" t="s">
+        <v>312</v>
+      </c>
+      <c r="B9" t="s">
+        <v>101</v>
+      </c>
+      <c r="C9" t="s">
+        <v>981</v>
+      </c>
+      <c r="D9" t="s">
+        <v>998</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F9" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" t="s">
+        <v>312</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>982</v>
+      </c>
+      <c r="D10" t="s">
+        <v>999</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F10" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" t="s">
+        <v>312</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>983</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F11" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" t="s">
+        <v>383</v>
+      </c>
+      <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
+        <v>975</v>
+      </c>
+      <c r="D12" t="s">
+        <v>992</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F12" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" t="s">
+        <v>412</v>
+      </c>
+      <c r="B13" t="s">
+        <v>201</v>
+      </c>
+      <c r="C13" t="s">
+        <v>975</v>
+      </c>
+      <c r="D13" t="s">
+        <v>992</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F13" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" t="s">
+        <v>303</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>981</v>
+      </c>
+      <c r="D14" t="s">
+        <v>998</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F14" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" t="s">
+        <v>408</v>
+      </c>
+      <c r="B15" t="s">
+        <v>197</v>
+      </c>
+      <c r="C15" t="s">
+        <v>981</v>
+      </c>
+      <c r="D15" t="s">
+        <v>998</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F15" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" t="s">
+        <v>335</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>975</v>
+      </c>
+      <c r="D16" t="s">
+        <v>992</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F16" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" t="s">
+        <v>335</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>982</v>
+      </c>
+      <c r="D17" t="s">
+        <v>999</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F17" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" t="s">
+        <v>238</v>
+      </c>
+      <c r="B18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C18" t="s">
+        <v>980</v>
+      </c>
+      <c r="D18" t="s">
+        <v>997</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F18" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" t="s">
+        <v>238</v>
+      </c>
+      <c r="B19" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" t="s">
+        <v>982</v>
+      </c>
+      <c r="D19" t="s">
+        <v>999</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F19" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" t="s">
+        <v>280</v>
+      </c>
+      <c r="B20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C20" t="s">
+        <v>982</v>
+      </c>
+      <c r="D20" t="s">
+        <v>999</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F20" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" t="s">
+        <v>377</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>982</v>
+      </c>
+      <c r="D21" t="s">
+        <v>999</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F21" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" t="s">
+        <v>377</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>976</v>
+      </c>
+      <c r="D22" t="s">
+        <v>993</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F22" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
+        <v>281</v>
+      </c>
+      <c r="B23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" t="s">
+        <v>982</v>
+      </c>
+      <c r="D23" t="s">
+        <v>999</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F23" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
+        <v>281</v>
+      </c>
+      <c r="B24" t="s">
+        <v>70</v>
+      </c>
+      <c r="C24" t="s">
+        <v>975</v>
+      </c>
+      <c r="D24" t="s">
+        <v>992</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F24" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" t="s">
+        <v>290</v>
+      </c>
+      <c r="B25" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" t="s">
+        <v>980</v>
+      </c>
+      <c r="D25" t="s">
+        <v>997</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F25" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" t="s">
+        <v>392</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>983</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F26" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" t="s">
+        <v>392</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>984</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F27" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" t="s">
+        <v>220</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>982</v>
+      </c>
+      <c r="D28" t="s">
+        <v>999</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F28" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" t="s">
+        <v>220</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>976</v>
+      </c>
+      <c r="D29" t="s">
+        <v>993</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F29" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" t="s">
+        <v>314</v>
+      </c>
+      <c r="B30" t="s">
+        <v>103</v>
+      </c>
+      <c r="C30" t="s">
+        <v>976</v>
+      </c>
+      <c r="D30" t="s">
+        <v>993</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F30" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" t="s">
+        <v>314</v>
+      </c>
+      <c r="B31" t="s">
+        <v>103</v>
+      </c>
+      <c r="C31" t="s">
+        <v>982</v>
+      </c>
+      <c r="D31" t="s">
+        <v>999</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F31" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" t="s">
+        <v>314</v>
+      </c>
+      <c r="B32" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" t="s">
+        <v>981</v>
+      </c>
+      <c r="D32" t="s">
+        <v>998</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F32" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" t="s">
+        <v>354</v>
+      </c>
+      <c r="B33" t="s">
+        <v>143</v>
+      </c>
+      <c r="C33" t="s">
+        <v>976</v>
+      </c>
+      <c r="D33" t="s">
+        <v>993</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F33" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" t="s">
+        <v>354</v>
+      </c>
+      <c r="B34" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" t="s">
+        <v>981</v>
+      </c>
+      <c r="D34" t="s">
+        <v>998</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F34" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" t="s">
+        <v>287</v>
+      </c>
+      <c r="B35" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" t="s">
+        <v>980</v>
+      </c>
+      <c r="D35" t="s">
+        <v>997</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F35" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" t="s">
+        <v>287</v>
+      </c>
+      <c r="B36" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" t="s">
+        <v>982</v>
+      </c>
+      <c r="D36" t="s">
+        <v>999</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F36" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" t="s">
+        <v>296</v>
+      </c>
+      <c r="B37" t="s">
+        <v>85</v>
+      </c>
+      <c r="C37" t="s">
+        <v>982</v>
+      </c>
+      <c r="D37" t="s">
+        <v>999</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F37" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" t="s">
+        <v>305</v>
+      </c>
+      <c r="B38" t="s">
+        <v>94</v>
+      </c>
+      <c r="C38" t="s">
+        <v>981</v>
+      </c>
+      <c r="D38" t="s">
+        <v>998</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F38" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" t="s">
+        <v>305</v>
+      </c>
+      <c r="B39" t="s">
+        <v>94</v>
+      </c>
+      <c r="C39" t="s">
+        <v>980</v>
+      </c>
+      <c r="D39" t="s">
+        <v>997</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F39" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>305</v>
+      </c>
+      <c r="B40" t="s">
+        <v>94</v>
+      </c>
+      <c r="C40" t="s">
+        <v>982</v>
+      </c>
+      <c r="D40" t="s">
+        <v>999</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F40" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>305</v>
+      </c>
+      <c r="B41" t="s">
+        <v>94</v>
+      </c>
+      <c r="C41" t="s">
+        <v>976</v>
+      </c>
+      <c r="D41" t="s">
+        <v>993</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F41" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>294</v>
+      </c>
+      <c r="B42" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" t="s">
+        <v>981</v>
+      </c>
+      <c r="D42" t="s">
+        <v>998</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F42" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>294</v>
+      </c>
+      <c r="B43" t="s">
+        <v>83</v>
+      </c>
+      <c r="C43" t="s">
+        <v>974</v>
+      </c>
+      <c r="D43" t="s">
+        <v>991</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F43" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>313</v>
+      </c>
+      <c r="B44" t="s">
+        <v>102</v>
+      </c>
+      <c r="C44" t="s">
+        <v>976</v>
+      </c>
+      <c r="D44" t="s">
+        <v>993</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F44" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>313</v>
+      </c>
+      <c r="B45" t="s">
+        <v>102</v>
+      </c>
+      <c r="C45" t="s">
+        <v>982</v>
+      </c>
+      <c r="D45" t="s">
+        <v>999</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F45" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>313</v>
+      </c>
+      <c r="B46" t="s">
+        <v>102</v>
+      </c>
+      <c r="C46" t="s">
+        <v>981</v>
+      </c>
+      <c r="D46" t="s">
+        <v>998</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F46" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>336</v>
+      </c>
+      <c r="B47" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" t="s">
+        <v>975</v>
+      </c>
+      <c r="D47" t="s">
+        <v>992</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F47" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>326</v>
+      </c>
+      <c r="B48" t="s">
+        <v>115</v>
+      </c>
+      <c r="C48" t="s">
+        <v>982</v>
+      </c>
+      <c r="D48" t="s">
+        <v>999</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F48" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>264</v>
+      </c>
+      <c r="B49" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" t="s">
+        <v>984</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F49" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>264</v>
+      </c>
+      <c r="B50" t="s">
+        <v>53</v>
+      </c>
+      <c r="C50" t="s">
+        <v>985</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F50" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>264</v>
+      </c>
+      <c r="B51" t="s">
+        <v>53</v>
+      </c>
+      <c r="C51" t="s">
+        <v>974</v>
+      </c>
+      <c r="D51" t="s">
+        <v>991</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F51" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>364</v>
+      </c>
+      <c r="B52" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" t="s">
+        <v>974</v>
+      </c>
+      <c r="D52" t="s">
+        <v>991</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F52" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>245</v>
+      </c>
+      <c r="B53" t="s">
+        <v>34</v>
+      </c>
+      <c r="C53" t="s">
+        <v>975</v>
+      </c>
+      <c r="D53" t="s">
+        <v>992</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F53" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>263</v>
+      </c>
+      <c r="B54" t="s">
+        <v>52</v>
+      </c>
+      <c r="C54" t="s">
+        <v>984</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F54" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>263</v>
+      </c>
+      <c r="B55" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" t="s">
+        <v>985</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F55" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>263</v>
+      </c>
+      <c r="B56" t="s">
+        <v>52</v>
+      </c>
+      <c r="C56" t="s">
+        <v>974</v>
+      </c>
+      <c r="D56" t="s">
+        <v>991</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F56" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B57" t="s">
+        <v>139</v>
+      </c>
+      <c r="C57" t="s">
+        <v>981</v>
+      </c>
+      <c r="D57" t="s">
+        <v>998</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F57" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>350</v>
+      </c>
+      <c r="B58" t="s">
+        <v>139</v>
+      </c>
+      <c r="C58" t="s">
+        <v>976</v>
+      </c>
+      <c r="D58" t="s">
+        <v>993</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F58" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>164</v>
+      </c>
+      <c r="C59" t="s">
+        <v>980</v>
+      </c>
+      <c r="D59" t="s">
+        <v>997</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F59" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" t="s">
+        <v>311</v>
+      </c>
+      <c r="B60" t="s">
+        <v>100</v>
+      </c>
+      <c r="C60" t="s">
+        <v>981</v>
+      </c>
+      <c r="D60" t="s">
+        <v>998</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F60" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" t="s">
+        <v>311</v>
+      </c>
+      <c r="B61" t="s">
+        <v>100</v>
+      </c>
+      <c r="C61" t="s">
+        <v>982</v>
+      </c>
+      <c r="D61" t="s">
+        <v>999</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F61" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" t="s">
+        <v>311</v>
+      </c>
+      <c r="B62" t="s">
+        <v>100</v>
+      </c>
+      <c r="C62" t="s">
+        <v>983</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F62" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" t="s">
+        <v>185</v>
+      </c>
+      <c r="C63" t="s">
+        <v>980</v>
+      </c>
+      <c r="D63" t="s">
+        <v>997</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F63" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" t="s">
+        <v>371</v>
+      </c>
+      <c r="B64" t="s">
+        <v>160</v>
+      </c>
+      <c r="C64" t="s">
+        <v>981</v>
+      </c>
+      <c r="D64" t="s">
+        <v>998</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F64" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" t="s">
+        <v>371</v>
+      </c>
+      <c r="B65" t="s">
+        <v>160</v>
+      </c>
+      <c r="C65" t="s">
+        <v>976</v>
+      </c>
+      <c r="D65" t="s">
+        <v>993</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F65" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" t="s">
+        <v>340</v>
+      </c>
+      <c r="B66" t="s">
+        <v>129</v>
+      </c>
+      <c r="C66" t="s">
+        <v>982</v>
+      </c>
+      <c r="D66" t="s">
+        <v>999</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F66" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" t="s">
+        <v>340</v>
+      </c>
+      <c r="B67" t="s">
+        <v>129</v>
+      </c>
+      <c r="C67" t="s">
+        <v>976</v>
+      </c>
+      <c r="D67" t="s">
+        <v>993</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F67" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" t="s">
+        <v>421</v>
+      </c>
+      <c r="B68" t="s">
+        <v>210</v>
+      </c>
+      <c r="C68" t="s">
+        <v>980</v>
+      </c>
+      <c r="D68" t="s">
+        <v>997</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F68" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" t="s">
+        <v>384</v>
+      </c>
+      <c r="B69" t="s">
+        <v>173</v>
+      </c>
+      <c r="C69" t="s">
+        <v>976</v>
+      </c>
+      <c r="D69" t="s">
+        <v>993</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F69" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" t="s">
+        <v>384</v>
+      </c>
+      <c r="B70" t="s">
+        <v>173</v>
+      </c>
+      <c r="C70" t="s">
+        <v>981</v>
+      </c>
+      <c r="D70" t="s">
+        <v>998</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F70" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" t="s">
+        <v>345</v>
+      </c>
+      <c r="B71" t="s">
+        <v>134</v>
+      </c>
+      <c r="C71" t="s">
+        <v>976</v>
+      </c>
+      <c r="D71" t="s">
+        <v>993</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F71" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" t="s">
+        <v>345</v>
+      </c>
+      <c r="B72" t="s">
+        <v>134</v>
+      </c>
+      <c r="C72" t="s">
+        <v>986</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F72" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" t="s">
+        <v>345</v>
+      </c>
+      <c r="B73" t="s">
+        <v>134</v>
+      </c>
+      <c r="C73" t="s">
+        <v>974</v>
+      </c>
+      <c r="D73" t="s">
+        <v>991</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F73" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" t="s">
+        <v>345</v>
+      </c>
+      <c r="B74" t="s">
+        <v>134</v>
+      </c>
+      <c r="C74" t="s">
+        <v>982</v>
+      </c>
+      <c r="D74" t="s">
+        <v>999</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F74" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" t="s">
+        <v>345</v>
+      </c>
+      <c r="B75" t="s">
+        <v>134</v>
+      </c>
+      <c r="C75" t="s">
+        <v>981</v>
+      </c>
+      <c r="D75" t="s">
+        <v>998</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F75" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" t="s">
+        <v>349</v>
+      </c>
+      <c r="B76" t="s">
+        <v>138</v>
+      </c>
+      <c r="C76" t="s">
+        <v>976</v>
+      </c>
+      <c r="D76" t="s">
+        <v>993</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F76" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" t="s">
+        <v>349</v>
+      </c>
+      <c r="B77" t="s">
+        <v>138</v>
+      </c>
+      <c r="C77" t="s">
+        <v>981</v>
+      </c>
+      <c r="D77" t="s">
+        <v>998</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F77" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" t="s">
+        <v>241</v>
+      </c>
+      <c r="B78" t="s">
+        <v>30</v>
+      </c>
+      <c r="C78" t="s">
+        <v>976</v>
+      </c>
+      <c r="D78" t="s">
+        <v>993</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F78" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" t="s">
+        <v>241</v>
+      </c>
+      <c r="B79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C79" t="s">
+        <v>981</v>
+      </c>
+      <c r="D79" t="s">
+        <v>998</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F79" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" t="s">
+        <v>407</v>
+      </c>
+      <c r="B80" t="s">
+        <v>196</v>
+      </c>
+      <c r="C80" t="s">
+        <v>981</v>
+      </c>
+      <c r="D80" t="s">
+        <v>998</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F80" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
+        <v>99</v>
+      </c>
+      <c r="C81" t="s">
+        <v>981</v>
+      </c>
+      <c r="D81" t="s">
+        <v>998</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F81" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>310</v>
+      </c>
+      <c r="B82" t="s">
+        <v>99</v>
+      </c>
+      <c r="C82" t="s">
+        <v>976</v>
+      </c>
+      <c r="D82" t="s">
+        <v>993</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F82" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>272</v>
+      </c>
+      <c r="B83" t="s">
+        <v>61</v>
+      </c>
+      <c r="C83" t="s">
+        <v>976</v>
+      </c>
+      <c r="D83" t="s">
+        <v>993</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F83" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>272</v>
+      </c>
+      <c r="B84" t="s">
+        <v>61</v>
+      </c>
+      <c r="C84" t="s">
+        <v>981</v>
+      </c>
+      <c r="D84" t="s">
+        <v>998</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F84" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>295</v>
+      </c>
+      <c r="B85" t="s">
+        <v>84</v>
+      </c>
+      <c r="C85" t="s">
+        <v>982</v>
+      </c>
+      <c r="D85" t="s">
+        <v>999</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F85" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" t="s">
+        <v>131</v>
+      </c>
+      <c r="C86" t="s">
+        <v>983</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F86" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>324</v>
+      </c>
+      <c r="B87" t="s">
+        <v>113</v>
+      </c>
+      <c r="C87" t="s">
+        <v>980</v>
+      </c>
+      <c r="D87" t="s">
+        <v>997</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F87" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>265</v>
+      </c>
+      <c r="B88" t="s">
+        <v>54</v>
+      </c>
+      <c r="C88" t="s">
+        <v>974</v>
+      </c>
+      <c r="D88" t="s">
+        <v>991</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F88" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>249</v>
+      </c>
+      <c r="B89" t="s">
+        <v>38</v>
+      </c>
+      <c r="C89" t="s">
+        <v>982</v>
+      </c>
+      <c r="D89" t="s">
+        <v>999</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F89" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>261</v>
+      </c>
+      <c r="B90" t="s">
+        <v>50</v>
+      </c>
+      <c r="C90" t="s">
+        <v>982</v>
+      </c>
+      <c r="D90" t="s">
+        <v>999</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F90" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>309</v>
+      </c>
+      <c r="B91" t="s">
+        <v>98</v>
+      </c>
+      <c r="C91" t="s">
+        <v>981</v>
+      </c>
+      <c r="D91" t="s">
+        <v>998</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F91" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>309</v>
+      </c>
+      <c r="B92" t="s">
+        <v>98</v>
+      </c>
+      <c r="C92" t="s">
+        <v>976</v>
+      </c>
+      <c r="D92" t="s">
+        <v>993</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F92" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>299</v>
+      </c>
+      <c r="B93" t="s">
+        <v>88</v>
+      </c>
+      <c r="C93" t="s">
+        <v>975</v>
+      </c>
+      <c r="D93" t="s">
+        <v>992</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F93" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>230</v>
+      </c>
+      <c r="B94" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" t="s">
+        <v>975</v>
+      </c>
+      <c r="D94" t="s">
+        <v>992</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F94" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>235</v>
+      </c>
+      <c r="B95" t="s">
+        <v>24</v>
+      </c>
+      <c r="C95" t="s">
+        <v>976</v>
+      </c>
+      <c r="D95" t="s">
+        <v>993</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F95" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>235</v>
+      </c>
+      <c r="B96" t="s">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>981</v>
+      </c>
+      <c r="D96" t="s">
+        <v>998</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F96" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>380</v>
+      </c>
+      <c r="B97" t="s">
+        <v>169</v>
+      </c>
+      <c r="C97" t="s">
+        <v>982</v>
+      </c>
+      <c r="D97" t="s">
+        <v>999</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F97" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>381</v>
+      </c>
+      <c r="B98" t="s">
+        <v>170</v>
+      </c>
+      <c r="C98" t="s">
+        <v>982</v>
+      </c>
+      <c r="D98" t="s">
+        <v>999</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F98" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>269</v>
+      </c>
+      <c r="B99" t="s">
+        <v>58</v>
+      </c>
+      <c r="C99" t="s">
+        <v>982</v>
+      </c>
+      <c r="D99" t="s">
+        <v>999</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F99" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>269</v>
+      </c>
+      <c r="B100" t="s">
+        <v>58</v>
+      </c>
+      <c r="C100" t="s">
+        <v>980</v>
+      </c>
+      <c r="D100" t="s">
+        <v>997</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F100" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>279</v>
+      </c>
+      <c r="B101" t="s">
+        <v>68</v>
+      </c>
+      <c r="C101" t="s">
+        <v>982</v>
+      </c>
+      <c r="D101" t="s">
+        <v>999</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F101" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>234</v>
+      </c>
+      <c r="B102" t="s">
+        <v>23</v>
+      </c>
+      <c r="C102" t="s">
+        <v>986</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F102" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>234</v>
+      </c>
+      <c r="B103" t="s">
+        <v>23</v>
+      </c>
+      <c r="C103" t="s">
+        <v>987</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F103" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>234</v>
+      </c>
+      <c r="B104" t="s">
+        <v>23</v>
+      </c>
+      <c r="C104" t="s">
+        <v>982</v>
+      </c>
+      <c r="D104" t="s">
+        <v>999</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F104" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" t="s">
+        <v>234</v>
+      </c>
+      <c r="B105" t="s">
+        <v>23</v>
+      </c>
+      <c r="C105" t="s">
+        <v>988</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F105" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" t="s">
+        <v>267</v>
+      </c>
+      <c r="B106" t="s">
+        <v>56</v>
+      </c>
+      <c r="C106" t="s">
+        <v>982</v>
+      </c>
+      <c r="D106" t="s">
+        <v>999</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F106" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" t="s">
+        <v>277</v>
+      </c>
+      <c r="B107" t="s">
+        <v>66</v>
+      </c>
+      <c r="C107" t="s">
+        <v>974</v>
+      </c>
+      <c r="D107" t="s">
+        <v>991</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F107" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" t="s">
+        <v>277</v>
+      </c>
+      <c r="B108" t="s">
+        <v>66</v>
+      </c>
+      <c r="C108" t="s">
+        <v>981</v>
+      </c>
+      <c r="D108" t="s">
+        <v>998</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F108" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" t="s">
+        <v>277</v>
+      </c>
+      <c r="B109" t="s">
+        <v>66</v>
+      </c>
+      <c r="C109" t="s">
+        <v>976</v>
+      </c>
+      <c r="D109" t="s">
+        <v>993</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F109" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" t="s">
+        <v>366</v>
+      </c>
+      <c r="B110" t="s">
+        <v>155</v>
+      </c>
+      <c r="C110" t="s">
+        <v>982</v>
+      </c>
+      <c r="D110" t="s">
+        <v>999</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F110" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" t="s">
+        <v>284</v>
+      </c>
+      <c r="B111" t="s">
+        <v>73</v>
+      </c>
+      <c r="C111" t="s">
+        <v>989</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F111" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>284</v>
+      </c>
+      <c r="B112" t="s">
+        <v>73</v>
+      </c>
+      <c r="C112" t="s">
+        <v>981</v>
+      </c>
+      <c r="D112" t="s">
+        <v>998</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F112" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>332</v>
+      </c>
+      <c r="B113" t="s">
+        <v>121</v>
+      </c>
+      <c r="C113" t="s">
+        <v>978</v>
+      </c>
+      <c r="D113" t="s">
+        <v>995</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F113" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>332</v>
+      </c>
+      <c r="B114" t="s">
+        <v>121</v>
+      </c>
+      <c r="C114" t="s">
+        <v>983</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F114" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>397</v>
+      </c>
+      <c r="B115" t="s">
+        <v>186</v>
+      </c>
+      <c r="C115" t="s">
+        <v>980</v>
+      </c>
+      <c r="D115" t="s">
+        <v>997</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F115" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>359</v>
+      </c>
+      <c r="B116" t="s">
+        <v>148</v>
+      </c>
+      <c r="C116" t="s">
+        <v>981</v>
+      </c>
+      <c r="D116" t="s">
+        <v>998</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F116" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>359</v>
+      </c>
+      <c r="B117" t="s">
+        <v>148</v>
+      </c>
+      <c r="C117" t="s">
+        <v>976</v>
+      </c>
+      <c r="D117" t="s">
+        <v>993</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F117" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" t="s">
+        <v>216</v>
+      </c>
+      <c r="C118" t="s">
+        <v>982</v>
+      </c>
+      <c r="D118" t="s">
+        <v>999</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F118" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>402</v>
+      </c>
+      <c r="B119" t="s">
+        <v>191</v>
+      </c>
+      <c r="C119" t="s">
+        <v>976</v>
+      </c>
+      <c r="D119" t="s">
+        <v>993</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F119" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>402</v>
+      </c>
+      <c r="B120" t="s">
+        <v>191</v>
+      </c>
+      <c r="C120" t="s">
+        <v>981</v>
+      </c>
+      <c r="D120" t="s">
+        <v>998</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F120" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>276</v>
+      </c>
+      <c r="B121" t="s">
+        <v>65</v>
+      </c>
+      <c r="C121" t="s">
+        <v>983</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F121" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>363</v>
+      </c>
+      <c r="B122" t="s">
+        <v>152</v>
+      </c>
+      <c r="C122" t="s">
+        <v>976</v>
+      </c>
+      <c r="D122" t="s">
+        <v>993</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F122" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>363</v>
+      </c>
+      <c r="B123" t="s">
+        <v>152</v>
+      </c>
+      <c r="C123" t="s">
+        <v>981</v>
+      </c>
+      <c r="D123" t="s">
+        <v>998</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F123" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>243</v>
+      </c>
+      <c r="B124" t="s">
+        <v>32</v>
+      </c>
+      <c r="C124" t="s">
+        <v>983</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F124" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>428</v>
+      </c>
+      <c r="B125" t="s">
+        <v>217</v>
+      </c>
+      <c r="C125" t="s">
+        <v>982</v>
+      </c>
+      <c r="D125" t="s">
+        <v>999</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F125" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>422</v>
+      </c>
+      <c r="B126" t="s">
+        <v>211</v>
+      </c>
+      <c r="C126" t="s">
+        <v>980</v>
+      </c>
+      <c r="D126" t="s">
+        <v>997</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F126" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
+        <v>297</v>
+      </c>
+      <c r="B127" t="s">
+        <v>86</v>
+      </c>
+      <c r="C127" t="s">
+        <v>982</v>
+      </c>
+      <c r="D127" t="s">
+        <v>999</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F127" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>382</v>
+      </c>
+      <c r="B128" t="s">
+        <v>171</v>
+      </c>
+      <c r="C128" t="s">
+        <v>976</v>
+      </c>
+      <c r="D128" t="s">
+        <v>993</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F128" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" t="s">
+        <v>262</v>
+      </c>
+      <c r="B129" t="s">
+        <v>51</v>
+      </c>
+      <c r="C129" t="s">
+        <v>982</v>
+      </c>
+      <c r="D129" t="s">
+        <v>999</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F129" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130" t="s">
+        <v>318</v>
+      </c>
+      <c r="B130" t="s">
+        <v>107</v>
+      </c>
+      <c r="C130" t="s">
+        <v>986</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" t="s">
+        <v>318</v>
+      </c>
+      <c r="B131" t="s">
+        <v>107</v>
+      </c>
+      <c r="C131" t="s">
+        <v>987</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F131" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" t="s">
+        <v>318</v>
+      </c>
+      <c r="B132" t="s">
+        <v>107</v>
+      </c>
+      <c r="C132" t="s">
+        <v>982</v>
+      </c>
+      <c r="D132" t="s">
+        <v>999</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F132" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" t="s">
+        <v>318</v>
+      </c>
+      <c r="B133" t="s">
+        <v>107</v>
+      </c>
+      <c r="C133" t="s">
+        <v>988</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F133" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>337</v>
+      </c>
+      <c r="B134" t="s">
+        <v>126</v>
+      </c>
+      <c r="C134" t="s">
+        <v>975</v>
+      </c>
+      <c r="D134" t="s">
+        <v>992</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F134" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>400</v>
+      </c>
+      <c r="B135" t="s">
+        <v>189</v>
+      </c>
+      <c r="C135" t="s">
+        <v>982</v>
+      </c>
+      <c r="D135" t="s">
+        <v>999</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F135" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>253</v>
+      </c>
+      <c r="B136" t="s">
+        <v>42</v>
+      </c>
+      <c r="C136" t="s">
+        <v>983</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F136" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>253</v>
+      </c>
+      <c r="B137" t="s">
+        <v>42</v>
+      </c>
+      <c r="C137" t="s">
+        <v>978</v>
+      </c>
+      <c r="D137" t="s">
+        <v>995</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F137" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>253</v>
+      </c>
+      <c r="B138" t="s">
+        <v>42</v>
+      </c>
+      <c r="C138" t="s">
+        <v>982</v>
+      </c>
+      <c r="D138" t="s">
+        <v>999</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F138" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>404</v>
+      </c>
+      <c r="B139" t="s">
+        <v>193</v>
+      </c>
+      <c r="C139" t="s">
+        <v>979</v>
+      </c>
+      <c r="D139" t="s">
+        <v>996</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F139" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>404</v>
+      </c>
+      <c r="B140" t="s">
+        <v>193</v>
+      </c>
+      <c r="C140" t="s">
+        <v>983</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>388</v>
+      </c>
+      <c r="B141" t="s">
+        <v>177</v>
+      </c>
+      <c r="C141" t="s">
+        <v>981</v>
+      </c>
+      <c r="D141" t="s">
+        <v>998</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F141" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>388</v>
+      </c>
+      <c r="B142" t="s">
+        <v>177</v>
+      </c>
+      <c r="C142" t="s">
+        <v>974</v>
+      </c>
+      <c r="D142" t="s">
+        <v>991</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F142" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>259</v>
+      </c>
+      <c r="B143" t="s">
+        <v>48</v>
+      </c>
+      <c r="C143" t="s">
+        <v>982</v>
+      </c>
+      <c r="D143" t="s">
+        <v>999</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F143" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>328</v>
+      </c>
+      <c r="B144" t="s">
+        <v>117</v>
+      </c>
+      <c r="C144" t="s">
+        <v>981</v>
+      </c>
+      <c r="D144" t="s">
+        <v>998</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F144" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>328</v>
+      </c>
+      <c r="B145" t="s">
+        <v>117</v>
+      </c>
+      <c r="C145" t="s">
+        <v>976</v>
+      </c>
+      <c r="D145" t="s">
+        <v>993</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F145" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>355</v>
+      </c>
+      <c r="B146" t="s">
+        <v>144</v>
+      </c>
+      <c r="C146" t="s">
+        <v>976</v>
+      </c>
+      <c r="D146" t="s">
+        <v>993</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F146" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>355</v>
+      </c>
+      <c r="B147" t="s">
+        <v>144</v>
+      </c>
+      <c r="C147" t="s">
+        <v>981</v>
+      </c>
+      <c r="D147" t="s">
+        <v>998</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F147" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>300</v>
+      </c>
+      <c r="B148" t="s">
+        <v>89</v>
+      </c>
+      <c r="C148" t="s">
+        <v>975</v>
+      </c>
+      <c r="D148" t="s">
+        <v>992</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F148" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>352</v>
+      </c>
+      <c r="B149" t="s">
+        <v>141</v>
+      </c>
+      <c r="C149" t="s">
+        <v>976</v>
+      </c>
+      <c r="D149" t="s">
+        <v>993</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F149" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>352</v>
+      </c>
+      <c r="B150" t="s">
+        <v>141</v>
+      </c>
+      <c r="C150" t="s">
+        <v>981</v>
+      </c>
+      <c r="D150" t="s">
+        <v>998</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F150" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>251</v>
+      </c>
+      <c r="B151" t="s">
+        <v>40</v>
+      </c>
+      <c r="C151" t="s">
+        <v>984</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F151" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>251</v>
+      </c>
+      <c r="B152" t="s">
+        <v>40</v>
+      </c>
+      <c r="C152" t="s">
+        <v>983</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F152" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>424</v>
+      </c>
+      <c r="B153" t="s">
+        <v>213</v>
+      </c>
+      <c r="C153" t="s">
+        <v>983</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F153" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>424</v>
+      </c>
+      <c r="B154" t="s">
+        <v>213</v>
+      </c>
+      <c r="C154" t="s">
+        <v>981</v>
+      </c>
+      <c r="D154" t="s">
+        <v>998</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F154" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>360</v>
+      </c>
+      <c r="B155" t="s">
+        <v>149</v>
+      </c>
+      <c r="C155" t="s">
+        <v>982</v>
+      </c>
+      <c r="D155" t="s">
+        <v>999</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F155" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>320</v>
+      </c>
+      <c r="B156" t="s">
+        <v>109</v>
+      </c>
+      <c r="C156" t="s">
+        <v>982</v>
+      </c>
+      <c r="D156" t="s">
+        <v>999</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F156" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>320</v>
+      </c>
+      <c r="B157" t="s">
+        <v>109</v>
+      </c>
+      <c r="C157" t="s">
+        <v>980</v>
+      </c>
+      <c r="D157" t="s">
+        <v>997</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F157" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>327</v>
+      </c>
+      <c r="B158" t="s">
+        <v>116</v>
+      </c>
+      <c r="C158" t="s">
+        <v>981</v>
+      </c>
+      <c r="D158" t="s">
+        <v>998</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F158" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>327</v>
+      </c>
+      <c r="B159" t="s">
+        <v>116</v>
+      </c>
+      <c r="C159" t="s">
+        <v>976</v>
+      </c>
+      <c r="D159" t="s">
+        <v>993</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F159" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>256</v>
+      </c>
+      <c r="B160" t="s">
+        <v>45</v>
+      </c>
+      <c r="C160" t="s">
+        <v>976</v>
+      </c>
+      <c r="D160" t="s">
+        <v>993</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F160" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>237</v>
+      </c>
+      <c r="B161" t="s">
+        <v>26</v>
+      </c>
+      <c r="C161" t="s">
+        <v>980</v>
+      </c>
+      <c r="D161" t="s">
+        <v>997</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F161" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>237</v>
+      </c>
+      <c r="B162" t="s">
+        <v>26</v>
+      </c>
+      <c r="C162" t="s">
+        <v>982</v>
+      </c>
+      <c r="D162" t="s">
+        <v>999</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F162" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>376</v>
+      </c>
+      <c r="B163" t="s">
+        <v>165</v>
+      </c>
+      <c r="C163" t="s">
+        <v>975</v>
+      </c>
+      <c r="D163" t="s">
+        <v>992</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F163" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>319</v>
+      </c>
+      <c r="B164" t="s">
+        <v>108</v>
+      </c>
+      <c r="C164" t="s">
+        <v>982</v>
+      </c>
+      <c r="D164" t="s">
+        <v>999</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F164" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>319</v>
+      </c>
+      <c r="B165" t="s">
+        <v>108</v>
+      </c>
+      <c r="C165" t="s">
+        <v>980</v>
+      </c>
+      <c r="D165" t="s">
+        <v>997</v>
+      </c>
+      <c r="E165" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F165" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>302</v>
+      </c>
+      <c r="B166" t="s">
+        <v>91</v>
+      </c>
+      <c r="C166" t="s">
+        <v>977</v>
+      </c>
+      <c r="D166" t="s">
+        <v>994</v>
+      </c>
+      <c r="E166" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F166" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>418</v>
+      </c>
+      <c r="B167" t="s">
+        <v>207</v>
+      </c>
+      <c r="C167" t="s">
+        <v>976</v>
+      </c>
+      <c r="D167" t="s">
+        <v>993</v>
+      </c>
+      <c r="E167" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F167" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>418</v>
+      </c>
+      <c r="B168" t="s">
+        <v>207</v>
+      </c>
+      <c r="C168" t="s">
+        <v>982</v>
+      </c>
+      <c r="D168" t="s">
+        <v>999</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F168" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>291</v>
+      </c>
+      <c r="B169" t="s">
+        <v>80</v>
+      </c>
+      <c r="C169" t="s">
+        <v>982</v>
+      </c>
+      <c r="D169" t="s">
+        <v>999</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F169" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
+        <v>291</v>
+      </c>
+      <c r="B170" t="s">
+        <v>80</v>
+      </c>
+      <c r="C170" t="s">
+        <v>976</v>
+      </c>
+      <c r="D170" t="s">
+        <v>993</v>
+      </c>
+      <c r="E170" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F170" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>415</v>
+      </c>
+      <c r="B171" t="s">
+        <v>204</v>
+      </c>
+      <c r="C171" t="s">
+        <v>982</v>
+      </c>
+      <c r="D171" t="s">
+        <v>999</v>
+      </c>
+      <c r="E171" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F171" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>415</v>
+      </c>
+      <c r="B172" t="s">
+        <v>204</v>
+      </c>
+      <c r="C172" t="s">
+        <v>975</v>
+      </c>
+      <c r="D172" t="s">
+        <v>992</v>
+      </c>
+      <c r="E172" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F172" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>362</v>
+      </c>
+      <c r="B173" t="s">
+        <v>151</v>
+      </c>
+      <c r="C173" t="s">
+        <v>976</v>
+      </c>
+      <c r="D173" t="s">
+        <v>993</v>
+      </c>
+      <c r="E173" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F173" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>362</v>
+      </c>
+      <c r="B174" t="s">
+        <v>151</v>
+      </c>
+      <c r="C174" t="s">
+        <v>981</v>
+      </c>
+      <c r="D174" t="s">
+        <v>998</v>
+      </c>
+      <c r="E174" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F174" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>222</v>
+      </c>
+      <c r="B175" t="s">
+        <v>11</v>
+      </c>
+      <c r="C175" t="s">
+        <v>982</v>
+      </c>
+      <c r="D175" t="s">
+        <v>999</v>
+      </c>
+      <c r="E175" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F175" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>275</v>
+      </c>
+      <c r="B176" t="s">
+        <v>64</v>
+      </c>
+      <c r="C176" t="s">
+        <v>983</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E176" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F176" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>274</v>
+      </c>
+      <c r="B177" t="s">
+        <v>63</v>
+      </c>
+      <c r="C177" t="s">
+        <v>982</v>
+      </c>
+      <c r="D177" t="s">
+        <v>999</v>
+      </c>
+      <c r="E177" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F177" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>401</v>
+      </c>
+      <c r="B178" t="s">
+        <v>190</v>
+      </c>
+      <c r="C178" t="s">
+        <v>976</v>
+      </c>
+      <c r="D178" t="s">
+        <v>993</v>
+      </c>
+      <c r="E178" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F178" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>401</v>
+      </c>
+      <c r="B179" t="s">
+        <v>190</v>
+      </c>
+      <c r="C179" t="s">
+        <v>981</v>
+      </c>
+      <c r="D179" t="s">
+        <v>998</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F179" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>304</v>
+      </c>
+      <c r="B180" t="s">
+        <v>93</v>
+      </c>
+      <c r="C180" t="s">
+        <v>981</v>
+      </c>
+      <c r="D180" t="s">
+        <v>998</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F180" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>304</v>
+      </c>
+      <c r="B181" t="s">
+        <v>93</v>
+      </c>
+      <c r="C181" t="s">
+        <v>980</v>
+      </c>
+      <c r="D181" t="s">
+        <v>997</v>
+      </c>
+      <c r="E181" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>304</v>
+      </c>
+      <c r="B182" t="s">
+        <v>93</v>
+      </c>
+      <c r="C182" t="s">
+        <v>982</v>
+      </c>
+      <c r="D182" t="s">
+        <v>999</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F182" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>304</v>
+      </c>
+      <c r="B183" t="s">
+        <v>93</v>
+      </c>
+      <c r="C183" t="s">
+        <v>976</v>
+      </c>
+      <c r="D183" t="s">
+        <v>993</v>
+      </c>
+      <c r="E183" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F183" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>330</v>
+      </c>
+      <c r="B184" t="s">
+        <v>119</v>
+      </c>
+      <c r="C184" t="s">
+        <v>979</v>
+      </c>
+      <c r="D184" t="s">
+        <v>996</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>361</v>
+      </c>
+      <c r="B185" t="s">
+        <v>150</v>
+      </c>
+      <c r="C185" t="s">
+        <v>982</v>
+      </c>
+      <c r="D185" t="s">
+        <v>999</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>227</v>
+      </c>
+      <c r="B186" t="s">
+        <v>16</v>
+      </c>
+      <c r="C186" t="s">
+        <v>981</v>
+      </c>
+      <c r="D186" t="s">
+        <v>998</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>227</v>
+      </c>
+      <c r="B187" t="s">
+        <v>16</v>
+      </c>
+      <c r="C187" t="s">
+        <v>976</v>
+      </c>
+      <c r="D187" t="s">
+        <v>993</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>229</v>
+      </c>
+      <c r="B188" t="s">
+        <v>18</v>
+      </c>
+      <c r="C188" t="s">
+        <v>975</v>
+      </c>
+      <c r="D188" t="s">
+        <v>992</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>226</v>
+      </c>
+      <c r="B189" t="s">
+        <v>15</v>
+      </c>
+      <c r="C189" t="s">
+        <v>981</v>
+      </c>
+      <c r="D189" t="s">
+        <v>998</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F189" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>226</v>
+      </c>
+      <c r="B190" t="s">
+        <v>15</v>
+      </c>
+      <c r="C190" t="s">
+        <v>976</v>
+      </c>
+      <c r="D190" t="s">
+        <v>993</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F190" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>341</v>
+      </c>
+      <c r="B191" t="s">
+        <v>130</v>
+      </c>
+      <c r="C191" t="s">
+        <v>983</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F191" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>347</v>
+      </c>
+      <c r="B192" t="s">
+        <v>136</v>
+      </c>
+      <c r="C192" t="s">
+        <v>983</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F192" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>347</v>
+      </c>
+      <c r="B193" t="s">
+        <v>136</v>
+      </c>
+      <c r="C193" t="s">
+        <v>984</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F193" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>266</v>
+      </c>
+      <c r="B194" t="s">
+        <v>55</v>
+      </c>
+      <c r="C194" t="s">
+        <v>974</v>
+      </c>
+      <c r="D194" t="s">
+        <v>991</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F194" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>409</v>
+      </c>
+      <c r="B195" t="s">
+        <v>198</v>
+      </c>
+      <c r="C195" t="s">
+        <v>981</v>
+      </c>
+      <c r="D195" t="s">
+        <v>998</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F195" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>317</v>
+      </c>
+      <c r="B196" t="s">
+        <v>106</v>
+      </c>
+      <c r="C196" t="s">
+        <v>986</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F196" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>317</v>
+      </c>
+      <c r="B197" t="s">
+        <v>106</v>
+      </c>
+      <c r="C197" t="s">
+        <v>987</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>317</v>
+      </c>
+      <c r="B198" t="s">
+        <v>106</v>
+      </c>
+      <c r="C198" t="s">
+        <v>982</v>
+      </c>
+      <c r="D198" t="s">
+        <v>999</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>317</v>
+      </c>
+      <c r="B199" t="s">
+        <v>106</v>
+      </c>
+      <c r="C199" t="s">
+        <v>988</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F199" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>228</v>
+      </c>
+      <c r="B200" t="s">
+        <v>17</v>
+      </c>
+      <c r="C200" t="s">
+        <v>976</v>
+      </c>
+      <c r="D200" t="s">
+        <v>993</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>221</v>
+      </c>
+      <c r="B201" t="s">
+        <v>10</v>
+      </c>
+      <c r="C201" t="s">
+        <v>976</v>
+      </c>
+      <c r="D201" t="s">
+        <v>993</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F201" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202" t="s">
+        <v>378</v>
+      </c>
+      <c r="B202" t="s">
+        <v>167</v>
+      </c>
+      <c r="C202" t="s">
+        <v>975</v>
+      </c>
+      <c r="D202" t="s">
+        <v>992</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F202" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203" t="s">
+        <v>379</v>
+      </c>
+      <c r="B203" t="s">
+        <v>168</v>
+      </c>
+      <c r="C203" t="s">
+        <v>975</v>
+      </c>
+      <c r="D203" t="s">
+        <v>992</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204" t="s">
+        <v>346</v>
+      </c>
+      <c r="B204" t="s">
+        <v>135</v>
+      </c>
+      <c r="C204" t="s">
+        <v>983</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E204" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205" t="s">
+        <v>346</v>
+      </c>
+      <c r="B205" t="s">
+        <v>135</v>
+      </c>
+      <c r="C205" t="s">
+        <v>984</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E205" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206" t="s">
+        <v>351</v>
+      </c>
+      <c r="B206" t="s">
+        <v>140</v>
+      </c>
+      <c r="C206" t="s">
+        <v>981</v>
+      </c>
+      <c r="D206" t="s">
+        <v>998</v>
+      </c>
+      <c r="E206" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207" t="s">
+        <v>351</v>
+      </c>
+      <c r="B207" t="s">
+        <v>140</v>
+      </c>
+      <c r="C207" t="s">
+        <v>976</v>
+      </c>
+      <c r="D207" t="s">
+        <v>993</v>
+      </c>
+      <c r="E207" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F207" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>252</v>
+      </c>
+      <c r="B208" t="s">
+        <v>41</v>
+      </c>
+      <c r="C208" t="s">
+        <v>984</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E208" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F208" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209" t="s">
+        <v>252</v>
+      </c>
+      <c r="B209" t="s">
+        <v>41</v>
+      </c>
+      <c r="C209" t="s">
+        <v>983</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E209" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F209" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210" t="s">
+        <v>372</v>
+      </c>
+      <c r="B210" t="s">
+        <v>161</v>
+      </c>
+      <c r="C210" t="s">
+        <v>981</v>
+      </c>
+      <c r="D210" t="s">
+        <v>998</v>
+      </c>
+      <c r="E210" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F210" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211" t="s">
+        <v>372</v>
+      </c>
+      <c r="B211" t="s">
+        <v>161</v>
+      </c>
+      <c r="C211" t="s">
+        <v>976</v>
+      </c>
+      <c r="D211" t="s">
+        <v>993</v>
+      </c>
+      <c r="E211" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F211" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212" t="s">
+        <v>329</v>
+      </c>
+      <c r="B212" t="s">
+        <v>118</v>
+      </c>
+      <c r="C212" t="s">
+        <v>979</v>
+      </c>
+      <c r="D212" t="s">
+        <v>996</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F212" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213" t="s">
+        <v>333</v>
+      </c>
+      <c r="B213" t="s">
+        <v>122</v>
+      </c>
+      <c r="C213" t="s">
+        <v>975</v>
+      </c>
+      <c r="D213" t="s">
+        <v>992</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214" t="s">
+        <v>333</v>
+      </c>
+      <c r="B214" t="s">
+        <v>122</v>
+      </c>
+      <c r="C214" t="s">
+        <v>982</v>
+      </c>
+      <c r="D214" t="s">
+        <v>999</v>
+      </c>
+      <c r="E214" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>411</v>
+      </c>
+      <c r="B215" t="s">
+        <v>200</v>
+      </c>
+      <c r="C215" t="s">
+        <v>975</v>
+      </c>
+      <c r="D215" t="s">
+        <v>992</v>
+      </c>
+      <c r="E215" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F215" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>419</v>
+      </c>
+      <c r="B216" t="s">
+        <v>208</v>
+      </c>
+      <c r="C216" t="s">
+        <v>980</v>
+      </c>
+      <c r="D216" t="s">
+        <v>997</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F216" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>419</v>
+      </c>
+      <c r="B217" t="s">
+        <v>208</v>
+      </c>
+      <c r="C217" t="s">
+        <v>982</v>
+      </c>
+      <c r="D217" t="s">
+        <v>999</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F217" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218" t="s">
+        <v>254</v>
+      </c>
+      <c r="B218" t="s">
+        <v>43</v>
+      </c>
+      <c r="C218" t="s">
+        <v>983</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E218" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F218" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219" t="s">
+        <v>254</v>
+      </c>
+      <c r="B219" t="s">
+        <v>43</v>
+      </c>
+      <c r="C219" t="s">
+        <v>978</v>
+      </c>
+      <c r="D219" t="s">
+        <v>995</v>
+      </c>
+      <c r="E219" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220" t="s">
+        <v>254</v>
+      </c>
+      <c r="B220" t="s">
+        <v>43</v>
+      </c>
+      <c r="C220" t="s">
+        <v>982</v>
+      </c>
+      <c r="D220" t="s">
+        <v>999</v>
+      </c>
+      <c r="E220" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F220" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221" t="s">
+        <v>403</v>
+      </c>
+      <c r="B221" t="s">
+        <v>192</v>
+      </c>
+      <c r="C221" t="s">
+        <v>979</v>
+      </c>
+      <c r="D221" t="s">
+        <v>996</v>
+      </c>
+      <c r="E221" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F221" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222" t="s">
+        <v>403</v>
+      </c>
+      <c r="B222" t="s">
+        <v>192</v>
+      </c>
+      <c r="C222" t="s">
+        <v>983</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E222" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F222" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223" t="s">
+        <v>260</v>
+      </c>
+      <c r="B223" t="s">
+        <v>49</v>
+      </c>
+      <c r="C223" t="s">
+        <v>982</v>
+      </c>
+      <c r="D223" t="s">
+        <v>999</v>
+      </c>
+      <c r="E223" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224" t="s">
+        <v>429</v>
+      </c>
+      <c r="B224" t="s">
+        <v>218</v>
+      </c>
+      <c r="C224" t="s">
+        <v>982</v>
+      </c>
+      <c r="D224" t="s">
+        <v>999</v>
+      </c>
+      <c r="E224" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F224" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225" t="s">
+        <v>429</v>
+      </c>
+      <c r="B225" t="s">
+        <v>218</v>
+      </c>
+      <c r="C225" t="s">
+        <v>975</v>
+      </c>
+      <c r="D225" t="s">
+        <v>992</v>
+      </c>
+      <c r="E225" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F225" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226" t="s">
+        <v>321</v>
+      </c>
+      <c r="B226" t="s">
+        <v>110</v>
+      </c>
+      <c r="C226" t="s">
+        <v>976</v>
+      </c>
+      <c r="D226" t="s">
+        <v>993</v>
+      </c>
+      <c r="E226" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F226" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227" t="s">
+        <v>289</v>
+      </c>
+      <c r="B227" t="s">
+        <v>78</v>
+      </c>
+      <c r="C227" t="s">
+        <v>980</v>
+      </c>
+      <c r="D227" t="s">
+        <v>997</v>
+      </c>
+      <c r="E227" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F227" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228" t="s">
+        <v>223</v>
+      </c>
+      <c r="B228" t="s">
+        <v>12</v>
+      </c>
+      <c r="C228" t="s">
+        <v>982</v>
+      </c>
+      <c r="D228" t="s">
+        <v>999</v>
+      </c>
+      <c r="E228" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229" t="s">
+        <v>393</v>
+      </c>
+      <c r="B229" t="s">
+        <v>182</v>
+      </c>
+      <c r="C229" t="s">
+        <v>983</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E229" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230" t="s">
+        <v>393</v>
+      </c>
+      <c r="B230" t="s">
+        <v>182</v>
+      </c>
+      <c r="C230" t="s">
+        <v>984</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E230" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F230" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231" t="s">
+        <v>273</v>
+      </c>
+      <c r="B231" t="s">
+        <v>62</v>
+      </c>
+      <c r="C231" t="s">
+        <v>982</v>
+      </c>
+      <c r="D231" t="s">
+        <v>999</v>
+      </c>
+      <c r="E231" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F231" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232" t="s">
+        <v>357</v>
+      </c>
+      <c r="B232" t="s">
+        <v>146</v>
+      </c>
+      <c r="C232" t="s">
+        <v>982</v>
+      </c>
+      <c r="D232" t="s">
+        <v>999</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F232" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233" t="s">
+        <v>244</v>
+      </c>
+      <c r="B233" t="s">
+        <v>33</v>
+      </c>
+      <c r="C233" t="s">
+        <v>983</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F233" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234" t="s">
+        <v>430</v>
+      </c>
+      <c r="B234" t="s">
+        <v>219</v>
+      </c>
+      <c r="C234" t="s">
+        <v>982</v>
+      </c>
+      <c r="D234" t="s">
+        <v>999</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F234" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" t="s">
+        <v>430</v>
+      </c>
+      <c r="B235" t="s">
+        <v>219</v>
+      </c>
+      <c r="C235" t="s">
+        <v>975</v>
+      </c>
+      <c r="D235" t="s">
+        <v>992</v>
+      </c>
+      <c r="E235" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F235" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" t="s">
+        <v>268</v>
+      </c>
+      <c r="B236" t="s">
+        <v>57</v>
+      </c>
+      <c r="C236" t="s">
+        <v>982</v>
+      </c>
+      <c r="D236" t="s">
+        <v>999</v>
+      </c>
+      <c r="E236" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F236" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" t="s">
+        <v>283</v>
+      </c>
+      <c r="B237" t="s">
+        <v>72</v>
+      </c>
+      <c r="C237" t="s">
+        <v>981</v>
+      </c>
+      <c r="D237" t="s">
+        <v>998</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F237" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>278</v>
+      </c>
+      <c r="B238" t="s">
+        <v>67</v>
+      </c>
+      <c r="C238" t="s">
+        <v>979</v>
+      </c>
+      <c r="D238" t="s">
+        <v>996</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F238" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>285</v>
+      </c>
+      <c r="B239" t="s">
+        <v>74</v>
+      </c>
+      <c r="C239" t="s">
+        <v>989</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F239" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>285</v>
+      </c>
+      <c r="B240" t="s">
+        <v>74</v>
+      </c>
+      <c r="C240" t="s">
+        <v>981</v>
+      </c>
+      <c r="D240" t="s">
+        <v>998</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F240" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" t="s">
+        <v>270</v>
+      </c>
+      <c r="B241" t="s">
+        <v>59</v>
+      </c>
+      <c r="C241" t="s">
+        <v>982</v>
+      </c>
+      <c r="D241" t="s">
+        <v>999</v>
+      </c>
+      <c r="E241" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" t="s">
+        <v>270</v>
+      </c>
+      <c r="B242" t="s">
+        <v>59</v>
+      </c>
+      <c r="C242" t="s">
+        <v>980</v>
+      </c>
+      <c r="D242" t="s">
+        <v>997</v>
+      </c>
+      <c r="E242" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F242" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" t="s">
+        <v>236</v>
+      </c>
+      <c r="B243" t="s">
+        <v>25</v>
+      </c>
+      <c r="C243" t="s">
+        <v>976</v>
+      </c>
+      <c r="D243" t="s">
+        <v>993</v>
+      </c>
+      <c r="E243" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F243" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" t="s">
+        <v>236</v>
+      </c>
+      <c r="B244" t="s">
+        <v>25</v>
+      </c>
+      <c r="C244" t="s">
+        <v>981</v>
+      </c>
+      <c r="D244" t="s">
+        <v>998</v>
+      </c>
+      <c r="E244" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" t="s">
+        <v>367</v>
+      </c>
+      <c r="B245" t="s">
+        <v>156</v>
+      </c>
+      <c r="C245" t="s">
+        <v>978</v>
+      </c>
+      <c r="D245" t="s">
+        <v>995</v>
+      </c>
+      <c r="E245" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F245" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" t="s">
+        <v>367</v>
+      </c>
+      <c r="B246" t="s">
+        <v>156</v>
+      </c>
+      <c r="C246" t="s">
+        <v>979</v>
+      </c>
+      <c r="D246" t="s">
+        <v>996</v>
+      </c>
+      <c r="E246" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F246" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" t="s">
+        <v>398</v>
+      </c>
+      <c r="B247" t="s">
+        <v>187</v>
+      </c>
+      <c r="C247" t="s">
+        <v>980</v>
+      </c>
+      <c r="D247" t="s">
+        <v>997</v>
+      </c>
+      <c r="E247" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F247" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" t="s">
+        <v>398</v>
+      </c>
+      <c r="B248" t="s">
+        <v>187</v>
+      </c>
+      <c r="C248" t="s">
+        <v>976</v>
+      </c>
+      <c r="D248" t="s">
+        <v>993</v>
+      </c>
+      <c r="E248" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F248" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" t="s">
+        <v>298</v>
+      </c>
+      <c r="B249" t="s">
+        <v>87</v>
+      </c>
+      <c r="C249" t="s">
+        <v>982</v>
+      </c>
+      <c r="D249" t="s">
+        <v>999</v>
+      </c>
+      <c r="E249" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" t="s">
+        <v>425</v>
+      </c>
+      <c r="B250" t="s">
+        <v>214</v>
+      </c>
+      <c r="C250" t="s">
+        <v>983</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E250" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F250" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251" t="s">
+        <v>425</v>
+      </c>
+      <c r="B251" t="s">
+        <v>214</v>
+      </c>
+      <c r="C251" t="s">
+        <v>981</v>
+      </c>
+      <c r="D251" t="s">
+        <v>998</v>
+      </c>
+      <c r="E251" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F251" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252" t="s">
+        <v>232</v>
+      </c>
+      <c r="B252" t="s">
+        <v>21</v>
+      </c>
+      <c r="C252" t="s">
+        <v>974</v>
+      </c>
+      <c r="D252" t="s">
+        <v>991</v>
+      </c>
+      <c r="E252" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253" t="s">
+        <v>232</v>
+      </c>
+      <c r="B253" t="s">
+        <v>21</v>
+      </c>
+      <c r="C253" t="s">
+        <v>981</v>
+      </c>
+      <c r="D253" t="s">
+        <v>998</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F253" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" t="s">
+        <v>232</v>
+      </c>
+      <c r="B254" t="s">
+        <v>21</v>
+      </c>
+      <c r="C254" t="s">
+        <v>989</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E254" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F254" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255" t="s">
+        <v>348</v>
+      </c>
+      <c r="B255" t="s">
+        <v>137</v>
+      </c>
+      <c r="C255" t="s">
+        <v>976</v>
+      </c>
+      <c r="D255" t="s">
+        <v>993</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F255" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256" t="s">
+        <v>348</v>
+      </c>
+      <c r="B256" t="s">
+        <v>137</v>
+      </c>
+      <c r="C256" t="s">
+        <v>981</v>
+      </c>
+      <c r="D256" t="s">
+        <v>998</v>
+      </c>
+      <c r="E256" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257" t="s">
+        <v>231</v>
+      </c>
+      <c r="B257" t="s">
+        <v>20</v>
+      </c>
+      <c r="C257" t="s">
+        <v>981</v>
+      </c>
+      <c r="D257" t="s">
+        <v>998</v>
+      </c>
+      <c r="E257" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F257" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258" t="s">
+        <v>250</v>
+      </c>
+      <c r="B258" t="s">
+        <v>39</v>
+      </c>
+      <c r="C258" t="s">
+        <v>982</v>
+      </c>
+      <c r="D258" t="s">
+        <v>999</v>
+      </c>
+      <c r="E258" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F258" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" t="s">
+        <v>242</v>
+      </c>
+      <c r="B259" t="s">
+        <v>31</v>
+      </c>
+      <c r="C259" t="s">
+        <v>976</v>
+      </c>
+      <c r="D259" t="s">
+        <v>993</v>
+      </c>
+      <c r="E259" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F259" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260" t="s">
+        <v>239</v>
+      </c>
+      <c r="B260" t="s">
+        <v>28</v>
+      </c>
+      <c r="C260" t="s">
+        <v>983</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E260" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F260" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261" t="s">
+        <v>239</v>
+      </c>
+      <c r="B261" t="s">
+        <v>28</v>
+      </c>
+      <c r="C261" t="s">
+        <v>984</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E261" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262" t="s">
+        <v>246</v>
+      </c>
+      <c r="B262" t="s">
+        <v>35</v>
+      </c>
+      <c r="C262" t="s">
+        <v>975</v>
+      </c>
+      <c r="D262" t="s">
+        <v>992</v>
+      </c>
+      <c r="E262" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263" t="s">
+        <v>240</v>
+      </c>
+      <c r="B263" t="s">
+        <v>29</v>
+      </c>
+      <c r="C263" t="s">
+        <v>983</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E263" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264" t="s">
+        <v>240</v>
+      </c>
+      <c r="B264" t="s">
+        <v>29</v>
+      </c>
+      <c r="C264" t="s">
+        <v>984</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265" t="s">
+        <v>358</v>
+      </c>
+      <c r="B265" t="s">
+        <v>147</v>
+      </c>
+      <c r="C265" t="s">
+        <v>981</v>
+      </c>
+      <c r="D265" t="s">
+        <v>998</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F265" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266" t="s">
+        <v>358</v>
+      </c>
+      <c r="B266" t="s">
+        <v>147</v>
+      </c>
+      <c r="C266" t="s">
+        <v>976</v>
+      </c>
+      <c r="D266" t="s">
+        <v>993</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267" t="s">
+        <v>373</v>
+      </c>
+      <c r="B267" t="s">
+        <v>162</v>
+      </c>
+      <c r="C267" t="s">
+        <v>982</v>
+      </c>
+      <c r="D267" t="s">
+        <v>999</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268" t="s">
+        <v>373</v>
+      </c>
+      <c r="B268" t="s">
+        <v>162</v>
+      </c>
+      <c r="C268" t="s">
+        <v>990</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F268" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269" t="s">
+        <v>271</v>
+      </c>
+      <c r="B269" t="s">
+        <v>60</v>
+      </c>
+      <c r="C269" t="s">
+        <v>976</v>
+      </c>
+      <c r="D269" t="s">
+        <v>993</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270" t="s">
+        <v>271</v>
+      </c>
+      <c r="B270" t="s">
+        <v>60</v>
+      </c>
+      <c r="C270" t="s">
+        <v>981</v>
+      </c>
+      <c r="D270" t="s">
+        <v>998</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271" t="s">
+        <v>385</v>
+      </c>
+      <c r="B271" t="s">
+        <v>174</v>
+      </c>
+      <c r="C271" t="s">
+        <v>976</v>
+      </c>
+      <c r="D271" t="s">
+        <v>993</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6">
+      <c r="A272" t="s">
+        <v>385</v>
+      </c>
+      <c r="B272" t="s">
+        <v>174</v>
+      </c>
+      <c r="C272" t="s">
+        <v>981</v>
+      </c>
+      <c r="D272" t="s">
+        <v>998</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6">
+      <c r="A273" t="s">
+        <v>315</v>
+      </c>
+      <c r="B273" t="s">
+        <v>104</v>
+      </c>
+      <c r="C273" t="s">
+        <v>975</v>
+      </c>
+      <c r="D273" t="s">
+        <v>992</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6">
+      <c r="A274" t="s">
+        <v>410</v>
+      </c>
+      <c r="B274" t="s">
+        <v>199</v>
+      </c>
+      <c r="C274" t="s">
+        <v>981</v>
+      </c>
+      <c r="D274" t="s">
+        <v>998</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275" t="s">
+        <v>331</v>
+      </c>
+      <c r="B275" t="s">
+        <v>120</v>
+      </c>
+      <c r="C275" t="s">
+        <v>978</v>
+      </c>
+      <c r="D275" t="s">
+        <v>995</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276" t="s">
+        <v>331</v>
+      </c>
+      <c r="B276" t="s">
+        <v>120</v>
+      </c>
+      <c r="C276" t="s">
+        <v>983</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277" t="s">
+        <v>374</v>
+      </c>
+      <c r="B277" t="s">
+        <v>163</v>
+      </c>
+      <c r="C277" t="s">
+        <v>980</v>
+      </c>
+      <c r="D277" t="s">
+        <v>997</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F277" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278" t="s">
+        <v>233</v>
+      </c>
+      <c r="B278" t="s">
+        <v>22</v>
+      </c>
+      <c r="C278" t="s">
+        <v>986</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F278" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279" t="s">
+        <v>233</v>
+      </c>
+      <c r="B279" t="s">
+        <v>22</v>
+      </c>
+      <c r="C279" t="s">
+        <v>987</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F279" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280" t="s">
+        <v>233</v>
+      </c>
+      <c r="B280" t="s">
+        <v>22</v>
+      </c>
+      <c r="C280" t="s">
+        <v>982</v>
+      </c>
+      <c r="D280" t="s">
+        <v>999</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F280" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281" t="s">
+        <v>233</v>
+      </c>
+      <c r="B281" t="s">
+        <v>22</v>
+      </c>
+      <c r="C281" t="s">
+        <v>988</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F281" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282" t="s">
+        <v>353</v>
+      </c>
+      <c r="B282" t="s">
+        <v>142</v>
+      </c>
+      <c r="C282" t="s">
+        <v>976</v>
+      </c>
+      <c r="D282" t="s">
+        <v>993</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283" t="s">
+        <v>353</v>
+      </c>
+      <c r="B283" t="s">
+        <v>142</v>
+      </c>
+      <c r="C283" t="s">
+        <v>981</v>
+      </c>
+      <c r="D283" t="s">
+        <v>998</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6">
+      <c r="A284" t="s">
+        <v>322</v>
+      </c>
+      <c r="B284" t="s">
+        <v>111</v>
+      </c>
+      <c r="C284" t="s">
+        <v>976</v>
+      </c>
+      <c r="D284" t="s">
+        <v>993</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285" t="s">
+        <v>282</v>
+      </c>
+      <c r="B285" t="s">
+        <v>71</v>
+      </c>
+      <c r="C285" t="s">
+        <v>981</v>
+      </c>
+      <c r="D285" t="s">
+        <v>998</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F285" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286" t="s">
+        <v>334</v>
+      </c>
+      <c r="B286" t="s">
+        <v>123</v>
+      </c>
+      <c r="C286" t="s">
+        <v>975</v>
+      </c>
+      <c r="D286" t="s">
+        <v>992</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287" t="s">
+        <v>334</v>
+      </c>
+      <c r="B287" t="s">
+        <v>123</v>
+      </c>
+      <c r="C287" t="s">
+        <v>982</v>
+      </c>
+      <c r="D287" t="s">
+        <v>999</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F287" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288" t="s">
+        <v>288</v>
+      </c>
+      <c r="B288" t="s">
+        <v>77</v>
+      </c>
+      <c r="C288" t="s">
+        <v>981</v>
+      </c>
+      <c r="D288" t="s">
+        <v>998</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289" t="s">
+        <v>288</v>
+      </c>
+      <c r="B289" t="s">
+        <v>77</v>
+      </c>
+      <c r="C289" t="s">
+        <v>976</v>
+      </c>
+      <c r="D289" t="s">
+        <v>993</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290" t="s">
+        <v>413</v>
+      </c>
+      <c r="B290" t="s">
+        <v>202</v>
+      </c>
+      <c r="C290" t="s">
+        <v>981</v>
+      </c>
+      <c r="D290" t="s">
+        <v>998</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291" t="s">
+        <v>414</v>
+      </c>
+      <c r="B291" t="s">
+        <v>203</v>
+      </c>
+      <c r="C291" t="s">
+        <v>982</v>
+      </c>
+      <c r="D291" t="s">
+        <v>999</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292" t="s">
+        <v>414</v>
+      </c>
+      <c r="B292" t="s">
+        <v>203</v>
+      </c>
+      <c r="C292" t="s">
+        <v>975</v>
+      </c>
+      <c r="D292" t="s">
+        <v>992</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293" t="s">
+        <v>420</v>
+      </c>
+      <c r="B293" t="s">
+        <v>209</v>
+      </c>
+      <c r="C293" t="s">
+        <v>980</v>
+      </c>
+      <c r="D293" t="s">
+        <v>997</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294" t="s">
+        <v>420</v>
+      </c>
+      <c r="B294" t="s">
+        <v>209</v>
+      </c>
+      <c r="C294" t="s">
+        <v>982</v>
+      </c>
+      <c r="D294" t="s">
+        <v>999</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295" t="s">
+        <v>399</v>
+      </c>
+      <c r="B295" t="s">
+        <v>188</v>
+      </c>
+      <c r="C295" t="s">
+        <v>982</v>
+      </c>
+      <c r="D295" t="s">
+        <v>999</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D212"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" t="s">
+        <v>968</v>
+      </c>
+      <c r="B1" t="s">
+        <v>969</v>
+      </c>
+      <c r="C1" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D1" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>316</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>255</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>368</v>
+      </c>
+      <c r="B7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>405</v>
+      </c>
+      <c r="B8" t="s">
+        <v>194</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>323</v>
+      </c>
+      <c r="B9" t="s">
+        <v>112</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>312</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>383</v>
+      </c>
+      <c r="B11" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>412</v>
+      </c>
+      <c r="B12" t="s">
+        <v>201</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>303</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>408</v>
+      </c>
+      <c r="B14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>335</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>395</v>
+      </c>
+      <c r="B16" t="s">
+        <v>184</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>390</v>
+      </c>
+      <c r="B17" t="s">
+        <v>179</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>238</v>
+      </c>
+      <c r="B18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>280</v>
+      </c>
+      <c r="B19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>377</v>
+      </c>
+      <c r="B20" t="s">
+        <v>166</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>281</v>
+      </c>
+      <c r="B21" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>344</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>290</v>
+      </c>
+      <c r="B23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>392</v>
+      </c>
+      <c r="B24" t="s">
+        <v>181</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>338</v>
+      </c>
+      <c r="B25" t="s">
+        <v>127</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>220</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>314</v>
+      </c>
+      <c r="B27" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>354</v>
+      </c>
+      <c r="B28" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>287</v>
+      </c>
+      <c r="B29" t="s">
+        <v>76</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>296</v>
+      </c>
+      <c r="B30" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>305</v>
+      </c>
+      <c r="B31" t="s">
+        <v>94</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>294</v>
+      </c>
+      <c r="B32" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>313</v>
+      </c>
+      <c r="B33" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>336</v>
+      </c>
+      <c r="B34" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>326</v>
+      </c>
+      <c r="B35" t="s">
+        <v>115</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>293</v>
+      </c>
+      <c r="B36" t="s">
+        <v>82</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>264</v>
+      </c>
+      <c r="B37" t="s">
+        <v>53</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>364</v>
+      </c>
+      <c r="B38" t="s">
+        <v>153</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>245</v>
+      </c>
+      <c r="B39" t="s">
+        <v>34</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>350</v>
+      </c>
+      <c r="B41" t="s">
+        <v>139</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>375</v>
+      </c>
+      <c r="B42" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>311</v>
+      </c>
+      <c r="B43" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>396</v>
+      </c>
+      <c r="B44" t="s">
+        <v>185</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>248</v>
+      </c>
+      <c r="B45" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>371</v>
+      </c>
+      <c r="B46" t="s">
+        <v>160</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>340</v>
+      </c>
+      <c r="B47" t="s">
+        <v>129</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>421</v>
+      </c>
+      <c r="B48" t="s">
+        <v>210</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>384</v>
+      </c>
+      <c r="B49" t="s">
+        <v>173</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>345</v>
+      </c>
+      <c r="B50" t="s">
+        <v>134</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>349</v>
+      </c>
+      <c r="B51" t="s">
+        <v>138</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>241</v>
+      </c>
+      <c r="B52" t="s">
+        <v>30</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>407</v>
+      </c>
+      <c r="B53" t="s">
+        <v>196</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
+        <v>99</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>272</v>
+      </c>
+      <c r="B55" t="s">
+        <v>61</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>295</v>
+      </c>
+      <c r="B56" t="s">
+        <v>84</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>339</v>
+      </c>
+      <c r="B57" t="s">
+        <v>128</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>342</v>
+      </c>
+      <c r="B58" t="s">
+        <v>131</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>324</v>
+      </c>
+      <c r="B59" t="s">
+        <v>113</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>265</v>
+      </c>
+      <c r="B60" t="s">
+        <v>54</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>423</v>
+      </c>
+      <c r="B61" t="s">
+        <v>212</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" t="s">
+        <v>38</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>261</v>
+      </c>
+      <c r="B63" t="s">
+        <v>50</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>309</v>
+      </c>
+      <c r="B64" t="s">
+        <v>98</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>299</v>
+      </c>
+      <c r="B65" t="s">
+        <v>88</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>230</v>
+      </c>
+      <c r="B66" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>224</v>
+      </c>
+      <c r="B67" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>235</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>380</v>
+      </c>
+      <c r="B69" t="s">
+        <v>169</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>381</v>
+      </c>
+      <c r="B70" t="s">
+        <v>170</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>269</v>
+      </c>
+      <c r="B71" t="s">
+        <v>58</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>279</v>
+      </c>
+      <c r="B72" t="s">
+        <v>68</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>234</v>
+      </c>
+      <c r="B73" t="s">
+        <v>23</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>267</v>
+      </c>
+      <c r="B74" t="s">
+        <v>56</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>277</v>
+      </c>
+      <c r="B75" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>366</v>
+      </c>
+      <c r="B76" t="s">
+        <v>155</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>247</v>
+      </c>
+      <c r="B77" t="s">
+        <v>36</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>284</v>
+      </c>
+      <c r="B78" t="s">
+        <v>73</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>308</v>
+      </c>
+      <c r="B79" t="s">
+        <v>97</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>332</v>
+      </c>
+      <c r="B80" t="s">
+        <v>121</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>397</v>
+      </c>
+      <c r="B81" t="s">
+        <v>186</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>359</v>
+      </c>
+      <c r="B82" t="s">
+        <v>148</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>427</v>
+      </c>
+      <c r="B83" t="s">
+        <v>216</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>402</v>
+      </c>
+      <c r="B84" t="s">
+        <v>191</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>276</v>
+      </c>
+      <c r="B85" t="s">
+        <v>65</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>325</v>
+      </c>
+      <c r="B86" t="s">
+        <v>114</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>363</v>
+      </c>
+      <c r="B87" t="s">
+        <v>152</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>243</v>
+      </c>
+      <c r="B88" t="s">
+        <v>32</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>428</v>
+      </c>
+      <c r="B89" t="s">
+        <v>217</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>422</v>
+      </c>
+      <c r="B90" t="s">
+        <v>211</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>297</v>
+      </c>
+      <c r="B91" t="s">
+        <v>86</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>306</v>
+      </c>
+      <c r="B92" t="s">
+        <v>95</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>382</v>
+      </c>
+      <c r="B93" t="s">
+        <v>171</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>262</v>
+      </c>
+      <c r="B94" t="s">
+        <v>51</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>318</v>
+      </c>
+      <c r="B95" t="s">
+        <v>107</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>337</v>
+      </c>
+      <c r="B96" t="s">
+        <v>126</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>400</v>
+      </c>
+      <c r="B97" t="s">
+        <v>189</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>253</v>
+      </c>
+      <c r="B98" t="s">
+        <v>42</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>404</v>
+      </c>
+      <c r="B99" t="s">
+        <v>193</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>388</v>
+      </c>
+      <c r="B100" t="s">
+        <v>177</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>259</v>
+      </c>
+      <c r="B101" t="s">
+        <v>48</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>328</v>
+      </c>
+      <c r="B102" t="s">
+        <v>117</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>355</v>
+      </c>
+      <c r="B103" t="s">
+        <v>144</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>300</v>
+      </c>
+      <c r="B104" t="s">
+        <v>89</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>352</v>
+      </c>
+      <c r="B105" t="s">
+        <v>141</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>251</v>
+      </c>
+      <c r="B106" t="s">
+        <v>40</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>424</v>
+      </c>
+      <c r="B107" t="s">
+        <v>213</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>360</v>
+      </c>
+      <c r="B108" t="s">
+        <v>149</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>391</v>
+      </c>
+      <c r="B109" t="s">
+        <v>180</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>320</v>
+      </c>
+      <c r="B110" t="s">
+        <v>109</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>327</v>
+      </c>
+      <c r="B111" t="s">
+        <v>116</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>256</v>
+      </c>
+      <c r="B112" t="s">
+        <v>45</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>237</v>
+      </c>
+      <c r="B113" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>376</v>
+      </c>
+      <c r="B114" t="s">
+        <v>165</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>319</v>
+      </c>
+      <c r="B115" t="s">
+        <v>108</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>370</v>
+      </c>
+      <c r="B116" t="s">
+        <v>159</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>302</v>
+      </c>
+      <c r="B117" t="s">
+        <v>91</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>418</v>
+      </c>
+      <c r="B118" t="s">
+        <v>207</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>291</v>
+      </c>
+      <c r="B119" t="s">
+        <v>80</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>416</v>
+      </c>
+      <c r="B120" t="s">
+        <v>205</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>415</v>
+      </c>
+      <c r="B121" t="s">
+        <v>204</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>286</v>
+      </c>
+      <c r="B122" t="s">
+        <v>75</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>362</v>
+      </c>
+      <c r="B123" t="s">
+        <v>151</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>222</v>
+      </c>
+      <c r="B124" t="s">
+        <v>11</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>275</v>
+      </c>
+      <c r="B125" t="s">
+        <v>64</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>274</v>
+      </c>
+      <c r="B126" t="s">
+        <v>63</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>401</v>
+      </c>
+      <c r="B127" t="s">
+        <v>190</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>304</v>
+      </c>
+      <c r="B128" t="s">
+        <v>93</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>330</v>
+      </c>
+      <c r="B129" t="s">
+        <v>119</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>361</v>
+      </c>
+      <c r="B130" t="s">
+        <v>150</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>227</v>
+      </c>
+      <c r="B131" t="s">
+        <v>16</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>229</v>
+      </c>
+      <c r="B132" t="s">
+        <v>18</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>226</v>
+      </c>
+      <c r="B133" t="s">
+        <v>15</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
+      <c r="A134" t="s">
+        <v>387</v>
+      </c>
+      <c r="B134" t="s">
+        <v>176</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
+      <c r="A135" t="s">
+        <v>341</v>
+      </c>
+      <c r="B135" t="s">
+        <v>130</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>347</v>
+      </c>
+      <c r="B136" t="s">
+        <v>136</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
+      <c r="A137" t="s">
+        <v>258</v>
+      </c>
+      <c r="B137" t="s">
+        <v>47</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
+      <c r="A138" t="s">
+        <v>266</v>
+      </c>
+      <c r="B138" t="s">
+        <v>55</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
+      <c r="A139" t="s">
+        <v>409</v>
+      </c>
+      <c r="B139" t="s">
+        <v>198</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140" t="s">
+        <v>317</v>
+      </c>
+      <c r="B140" t="s">
+        <v>106</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141" t="s">
+        <v>228</v>
+      </c>
+      <c r="B141" t="s">
+        <v>17</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142" t="s">
+        <v>221</v>
+      </c>
+      <c r="B142" t="s">
+        <v>10</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143" t="s">
+        <v>378</v>
+      </c>
+      <c r="B143" t="s">
+        <v>167</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D143" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144" t="s">
+        <v>379</v>
+      </c>
+      <c r="B144" t="s">
+        <v>168</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145" t="s">
+        <v>346</v>
+      </c>
+      <c r="B145" t="s">
+        <v>135</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D145" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4">
+      <c r="A146" t="s">
+        <v>351</v>
+      </c>
+      <c r="B146" t="s">
+        <v>140</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D146" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4">
+      <c r="A147" t="s">
+        <v>252</v>
+      </c>
+      <c r="B147" t="s">
+        <v>41</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D147" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4">
+      <c r="A148" t="s">
+        <v>372</v>
+      </c>
+      <c r="B148" t="s">
+        <v>161</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D148" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4">
+      <c r="A149" t="s">
+        <v>329</v>
+      </c>
+      <c r="B149" t="s">
+        <v>118</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D149" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4">
+      <c r="A150" t="s">
+        <v>333</v>
+      </c>
+      <c r="B150" t="s">
+        <v>122</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D150" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4">
+      <c r="A151" t="s">
+        <v>411</v>
+      </c>
+      <c r="B151" t="s">
+        <v>200</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D151" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4">
+      <c r="A152" t="s">
+        <v>419</v>
+      </c>
+      <c r="B152" t="s">
+        <v>208</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4">
+      <c r="A153" t="s">
+        <v>254</v>
+      </c>
+      <c r="B153" t="s">
+        <v>43</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4">
+      <c r="A154" t="s">
+        <v>403</v>
+      </c>
+      <c r="B154" t="s">
+        <v>192</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4">
+      <c r="A155" t="s">
+        <v>260</v>
+      </c>
+      <c r="B155" t="s">
+        <v>49</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4">
+      <c r="A156" t="s">
+        <v>417</v>
+      </c>
+      <c r="B156" t="s">
+        <v>206</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4">
+      <c r="A157" t="s">
+        <v>429</v>
+      </c>
+      <c r="B157" t="s">
+        <v>218</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4">
+      <c r="A158" t="s">
+        <v>321</v>
+      </c>
+      <c r="B158" t="s">
+        <v>110</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4">
+      <c r="A159" t="s">
+        <v>343</v>
+      </c>
+      <c r="B159" t="s">
+        <v>132</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4">
+      <c r="A160" t="s">
+        <v>289</v>
+      </c>
+      <c r="B160" t="s">
+        <v>78</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4">
+      <c r="A161" t="s">
+        <v>223</v>
+      </c>
+      <c r="B161" t="s">
+        <v>12</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4">
+      <c r="A162" t="s">
+        <v>393</v>
+      </c>
+      <c r="B162" t="s">
+        <v>182</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4">
+      <c r="A163" t="s">
+        <v>273</v>
+      </c>
+      <c r="B163" t="s">
+        <v>62</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4">
+      <c r="A164" t="s">
+        <v>357</v>
+      </c>
+      <c r="B164" t="s">
+        <v>146</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>244</v>
+      </c>
+      <c r="B165" t="s">
+        <v>33</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4">
+      <c r="A166" t="s">
+        <v>430</v>
+      </c>
+      <c r="B166" t="s">
+        <v>219</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4">
+      <c r="A167" t="s">
+        <v>268</v>
+      </c>
+      <c r="B167" t="s">
+        <v>57</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4">
+      <c r="A168" t="s">
+        <v>283</v>
+      </c>
+      <c r="B168" t="s">
+        <v>72</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4">
+      <c r="A169" t="s">
+        <v>278</v>
+      </c>
+      <c r="B169" t="s">
+        <v>67</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4">
+      <c r="A170" t="s">
+        <v>285</v>
+      </c>
+      <c r="B170" t="s">
+        <v>74</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4">
+      <c r="A171" t="s">
+        <v>270</v>
+      </c>
+      <c r="B171" t="s">
+        <v>59</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4">
+      <c r="A172" t="s">
+        <v>236</v>
+      </c>
+      <c r="B172" t="s">
+        <v>25</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4">
+      <c r="A173" t="s">
+        <v>367</v>
+      </c>
+      <c r="B173" t="s">
+        <v>156</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4">
+      <c r="A174" t="s">
+        <v>356</v>
+      </c>
+      <c r="B174" t="s">
+        <v>145</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4">
+      <c r="A175" t="s">
+        <v>369</v>
+      </c>
+      <c r="B175" t="s">
+        <v>158</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4">
+      <c r="A176" t="s">
+        <v>398</v>
+      </c>
+      <c r="B176" t="s">
+        <v>187</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
+      <c r="A177" t="s">
+        <v>298</v>
+      </c>
+      <c r="B177" t="s">
+        <v>87</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
+      <c r="A178" t="s">
+        <v>307</v>
+      </c>
+      <c r="B178" t="s">
+        <v>96</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
+      <c r="A179" t="s">
+        <v>425</v>
+      </c>
+      <c r="B179" t="s">
+        <v>214</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
+      <c r="A180" t="s">
+        <v>232</v>
+      </c>
+      <c r="B180" t="s">
+        <v>21</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
+      <c r="A181" t="s">
+        <v>348</v>
+      </c>
+      <c r="B181" t="s">
+        <v>137</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>426</v>
+      </c>
+      <c r="B182" t="s">
+        <v>215</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
+      <c r="A183" t="s">
+        <v>231</v>
+      </c>
+      <c r="B183" t="s">
+        <v>20</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
+      <c r="A184" t="s">
+        <v>250</v>
+      </c>
+      <c r="B184" t="s">
+        <v>39</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
+      <c r="A185" t="s">
+        <v>242</v>
+      </c>
+      <c r="B185" t="s">
+        <v>31</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
+      <c r="A186" t="s">
+        <v>239</v>
+      </c>
+      <c r="B186" t="s">
+        <v>28</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
+      <c r="A187" t="s">
+        <v>246</v>
+      </c>
+      <c r="B187" t="s">
+        <v>35</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
+      <c r="A188" t="s">
+        <v>240</v>
+      </c>
+      <c r="B188" t="s">
+        <v>29</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
+      <c r="A189" t="s">
+        <v>358</v>
+      </c>
+      <c r="B189" t="s">
+        <v>147</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
+      <c r="A190" t="s">
+        <v>373</v>
+      </c>
+      <c r="B190" t="s">
+        <v>162</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
+      <c r="A191" t="s">
+        <v>271</v>
+      </c>
+      <c r="B191" t="s">
+        <v>60</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
+      <c r="A192" t="s">
+        <v>385</v>
+      </c>
+      <c r="B192" t="s">
+        <v>174</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4">
+      <c r="A193" t="s">
+        <v>315</v>
+      </c>
+      <c r="B193" t="s">
+        <v>104</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4">
+      <c r="A194" t="s">
+        <v>410</v>
+      </c>
+      <c r="B194" t="s">
+        <v>199</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
+      <c r="A195" t="s">
+        <v>394</v>
+      </c>
+      <c r="B195" t="s">
+        <v>183</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
+        <v>331</v>
+      </c>
+      <c r="B196" t="s">
+        <v>120</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
+        <v>406</v>
+      </c>
+      <c r="B197" t="s">
+        <v>195</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4">
+      <c r="A198" t="s">
+        <v>257</v>
+      </c>
+      <c r="B198" t="s">
+        <v>46</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4">
+      <c r="A199" t="s">
+        <v>374</v>
+      </c>
+      <c r="B199" t="s">
+        <v>163</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4">
+      <c r="A200" t="s">
+        <v>233</v>
+      </c>
+      <c r="B200" t="s">
+        <v>22</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4">
+      <c r="A201" t="s">
+        <v>292</v>
+      </c>
+      <c r="B201" t="s">
+        <v>81</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4">
+      <c r="A202" t="s">
+        <v>353</v>
+      </c>
+      <c r="B202" t="s">
+        <v>142</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="203" spans="1:4">
+      <c r="A203" t="s">
+        <v>322</v>
+      </c>
+      <c r="B203" t="s">
+        <v>111</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4">
+      <c r="A204" t="s">
+        <v>386</v>
+      </c>
+      <c r="B204" t="s">
+        <v>175</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4">
+      <c r="A205" t="s">
+        <v>389</v>
+      </c>
+      <c r="B205" t="s">
+        <v>178</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4">
+      <c r="A206" t="s">
+        <v>282</v>
+      </c>
+      <c r="B206" t="s">
+        <v>71</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4">
+      <c r="A207" t="s">
+        <v>334</v>
+      </c>
+      <c r="B207" t="s">
+        <v>123</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4">
+      <c r="A208" t="s">
+        <v>288</v>
+      </c>
+      <c r="B208" t="s">
+        <v>77</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>413</v>
+      </c>
+      <c r="B209" t="s">
+        <v>202</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>414</v>
+      </c>
+      <c r="B210" t="s">
+        <v>203</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>420</v>
+      </c>
+      <c r="B211" t="s">
+        <v>209</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>399</v>
+      </c>
+      <c r="B212" t="s">
+        <v>188</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
-[...5 lines deleted...]
-      <c r="C1" s="1" t="s">
+      <c r="A1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
-        <v>970</v>
+        <v>1267</v>
       </c>
       <c r="B2" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>1276</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>1285</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>971</v>
+        <v>1268</v>
       </c>
       <c r="B3" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>989</v>
+        <v>1277</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>1286</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>972</v>
+        <v>1269</v>
       </c>
       <c r="B4" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>1278</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>1287</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>973</v>
+        <v>1270</v>
       </c>
       <c r="B5" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>991</v>
+        <v>1279</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>1288</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>974</v>
+        <v>1271</v>
       </c>
       <c r="B6" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>1280</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>1289</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>975</v>
+        <v>1272</v>
       </c>
       <c r="B7" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>993</v>
+        <v>1281</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>1290</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>976</v>
+        <v>1273</v>
       </c>
       <c r="B8" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>1282</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>1291</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>977</v>
+        <v>1274</v>
       </c>
       <c r="B9" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>1283</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>1292</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>978</v>
+        <v>1275</v>
       </c>
       <c r="B10" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>996</v>
+        <v>1284</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>1293</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>analytics</vt:lpstr>
+      <vt:lpstr>analytic-logsource</vt:lpstr>
+      <vt:lpstr>analytic-detectionstrategy</vt:lpstr>
       <vt:lpstr>citations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>