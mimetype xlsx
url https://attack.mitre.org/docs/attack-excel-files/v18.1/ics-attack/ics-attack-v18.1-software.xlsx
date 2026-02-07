--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -611,114 +611,114 @@
   <si>
     <t>Sharon Brizinov, Claroty Team82 Research</t>
   </si>
   <si>
     <t>Jimmy Wylie, Dragos, Inc.</t>
   </si>
   <si>
     <t>Dragos Threat Intelligence; Joe Slowik - Dragos</t>
   </si>
   <si>
     <t>Joe Slowik - Dragos</t>
   </si>
   <si>
     <t>Edward Millington</t>
   </si>
   <si>
     <t>Matt Brenton, Zurich Insurance Group; The DFIR Report</t>
   </si>
   <si>
     <t>Jan Miller, CrowdStrike</t>
   </si>
   <si>
     <t>,,(Citation: ESET)</t>
   </si>
   <si>
-    <t>(Citation: Gigamon Berserk Bear October 2021),(Citation: Symantec Dragonfly),,(Citation: Julian Rrushi, Hassan Farhangi, Clay Howey, Kelly Carmichael, Joey Dabell December 2015),(Citation: Daavid Hentunen, Antti Tikkanen June 2014),(Citation: ICS-CERT August 2018),(Citation: Kyle Wilhoit)</t>
-[...5 lines deleted...]
-    <t>(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: UK NCSC Olympic Attacks October 2020),(Citation: Secureworks IRON VIKING ),(Citation: iSIGHT Sandworm 2014),(Citation: F-Secure BlackEnergy 2014),(Citation: Booz Allen Hamilton),(Citation: Booz Allen Hamilton)</t>
+    <t>(Citation: Gigamon Berserk Bear October 2021),(Citation: Symantec Dragonfly),,(Citation: ICS-CERT August 2018),(Citation: Julian Rrushi, Hassan Farhangi, Clay Howey, Kelly Carmichael, Joey Dabell December 2015),(Citation: Kyle Wilhoit),(Citation: Daavid Hentunen, Antti Tikkanen June 2014)</t>
+  </si>
+  <si>
+    <t>(Citation: Secureworks IRON VIKING ),,(Citation: Orkhan Mamedov, Fedor Sinitsyn, Anton Ivanov October 2017),(Citation: ESET Bad Rabbit),(Citation: Joe Slowik April 2019)</t>
+  </si>
+  <si>
+    <t>(Citation: UK NCSC Olympic Attacks October 2020),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: iSIGHT Sandworm 2014),(Citation: Secureworks IRON VIKING ),(Citation: F-Secure BlackEnergy 2014),(Citation: Booz Allen Hamilton),(Citation: Booz Allen Hamilton)</t>
   </si>
   <si>
     <t>,,(Citation: Catalin Cimpanu April 2016),(Citation: Symantec June 2015)</t>
   </si>
   <si>
     <t>,,(Citation: Symantec)</t>
   </si>
   <si>
-    <t>,,(Citation: Dragos Threat Intelligence February 2020),(Citation: Daniel Kapellmann Zafra, Keith Lunden, Nathan Brubaker, Jeremy Kennelly July 2020),(Citation: Davey Winder June 2020),(Citation: Ben Hunter and Fred Gutierrez July 2020)</t>
+    <t>,,(Citation: Dragos Threat Intelligence February 2020),(Citation: Davey Winder June 2020),(Citation: Daniel Kapellmann Zafra, Keith Lunden, Nathan Brubaker, Jeremy Kennelly July 2020),(Citation: Ben Hunter and Fred Gutierrez July 2020)</t>
   </si>
   <si>
     <t>,,(Citation: Kevin Savage and Branko Spasojevic)</t>
   </si>
   <si>
-    <t>,(Citation: Dragos FROSTYGOOP 2024),(Citation: Dragos FROSTYGOOP 2024),(Citation: Nozomi BUSTLEBERM 2024)</t>
+    <t>,(Citation: Dragos FROSTYGOOP 2024),(Citation: Nozomi BUSTLEBERM 2024),(Citation: Dragos FROSTYGOOP 2024)</t>
   </si>
   <si>
     <t>,,(Citation: Claroty Fuxnet 2024)</t>
   </si>
   <si>
-    <t>,,(Citation: CISA-AA22-103A),(Citation: Brubaker-Incontroller),(Citation: Wylie-22),(Citation: Dragos-Pipedream)</t>
-[...14 lines deleted...]
-    <t>(Citation: Trend Micro Cyclops Blink March 2022),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: UK NCSC Olympic Attacks October 2020),(Citation: Secureworks IRON VIKING ),(Citation: NCSC Sandworm Feb 2020),(Citation: mandiant_apt44_unearthing_sandworm),,(Citation: Joe Slowik April 2019),(Citation: David Voreacos, Katherine Chinglinsky, Riley Griffin December 2019)</t>
+    <t>,,(Citation: Brubaker-Incontroller),(Citation: Dragos-Pipedream),(Citation: Wylie-22),(Citation: CISA-AA22-103A)</t>
+  </si>
+  <si>
+    <t>(Citation: Secureworks IRON VIKING),(Citation: mandiant_apt44_unearthing_sandworm),(Citation: Dragos Crashoverride 2018),(Citation: Dragos Crashoverride 2017),(Citation: ESET Industroyer),(Citation: Dragos Crashoverride 2018),(Citation: ESET Industroyer),(Citation: Dragos Inc. June 2017),(Citation: ESET Industroyer),(Citation: Joe Slowik August 2019),(Citation: Anton Cherepanov, ESET June 2017)</t>
+  </si>
+  <si>
+    <t>(Citation: Industroyer2 ESET April 2022),(Citation: mandiant_apt44_unearthing_sandworm),,(Citation: Industroyer2 ESET April 2022),(Citation: Industroyer2 Forescout July 2022),(Citation: Industroyer2 Mandiant April 2022)</t>
+  </si>
+  <si>
+    <t>(Citation: ESET Lazarus KillDisk April 2018),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Secureworks IRON VIKING ),(Citation: Booz Allen Hamilton),(Citation: Anton Cherepanov),(Citation: Booz Allen Hamilton)</t>
+  </si>
+  <si>
+    <t>(Citation: FireEye FIN6 Apr 2019),,(Citation: Hydro),(Citation: Kevin Beaumont)</t>
+  </si>
+  <si>
+    <t>(Citation: mandiant_apt44_unearthing_sandworm),(Citation: UK NCSC Olympic Attacks October 2020),(Citation: NCSC Sandworm Feb 2020),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Secureworks IRON VIKING ),(Citation: Trend Micro Cyclops Blink March 2022),,(Citation: David Voreacos, Katherine Chinglinsky, Riley Griffin December 2019),(Citation: Joe Slowik April 2019)</t>
   </si>
   <si>
     <t>,,(Citation: Spenneberg, Ralf, Maik Brggemann, and Hendrik Schwartke March 2016)</t>
   </si>
   <si>
-    <t>(Citation: FBI Flash FIN7 USB),(Citation: Secureworks GandCrab and REvil September 2019),(Citation: Microsoft Ransomware as a Service),(Citation: Secureworks REvil September 2019),(Citation: CrowdStrike Carbon Spider August 2021),(Citation: IBM Ransomware Trends September 2020),,(Citation: SecureWorks September 2019),(Citation: Max Heinemeyer February 2020),(Citation: McAfee Labs October 2019),(Citation: Tom Fakterman August 2019),(Citation: Selena Larson, Camille Singleton December 2020)</t>
-[...8 lines deleted...]
-    <t>(Citation: Dragos Xenotime 2018),(Citation: FireEye TRITON 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: ICS-CERT December 2018),(Citation: MDudek-ICS),(Citation: Blake Johnson, Dan Caban, Marina Krotofil, Dan Scali, Nathan Brubaker, Christopher Glyer December 2017),(Citation: FireEye TRITON),(Citation: DHS CISA February 2019),(Citation: The Office of Nuclear Reactor Regulation),(Citation: Jos Wetzels January 2018),(Citation: Schneider Electric January 2018)</t>
+    <t>(Citation: Microsoft Ransomware as a Service),(Citation: Secureworks REvil September 2019),(Citation: Secureworks GandCrab and REvil September 2019),(Citation: IBM Ransomware Trends September 2020),(Citation: FBI Flash FIN7 USB),(Citation: CrowdStrike Carbon Spider August 2021),,(Citation: Selena Larson, Camille Singleton December 2020),(Citation: Max Heinemeyer February 2020),(Citation: SecureWorks September 2019),(Citation: McAfee Labs October 2019),(Citation: Tom Fakterman August 2019)</t>
+  </si>
+  <si>
+    <t>(Citation: FireEye KEGTAP SINGLEMALT October 2020),(Citation: Sophos New Ryuk Attack October 2020),(Citation: Microsoft Ransomware as a Service),(Citation: Red Canary Hospital Thwarted Ryuk October 2020),(Citation: DHS/CISA Ransomware Targeting Healthcare October 2020),(Citation: Mandiant FIN12 Oct 2021),(Citation: DFIR Ryuk's Return October 2020),(Citation: CrowdStrike Wizard Spider October 2020),(Citation: CrowdStrike Ryuk January 2019),(Citation: DFIR Ryuk in 5 Hours October 2020),(Citation: DFIR Ryuk 2 Hour Speed Run November 2020),(Citation: FireEye FIN6 Apr 2019),,(Citation: Kelly Jackson Higgins)</t>
+  </si>
+  <si>
+    <t>,,(Citation: Nicolas Falliere, Liam O Murchu, Eric Chien February 2011),(Citation: Langer Stuxnet)</t>
+  </si>
+  <si>
+    <t>(Citation: Dragos Xenotime 2018),(Citation: FireEye TRITON 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: The Office of Nuclear Reactor Regulation),(Citation: MDudek-ICS),(Citation: ICS-CERT December 2018),(Citation: Blake Johnson, Dan Caban, Marina Krotofil, Dan Scali, Nathan Brubaker, Christopher Glyer December 2017),(Citation: Schneider Electric January 2018),(Citation: FireEye TRITON),(Citation: Jos Wetzels January 2018),(Citation: DHS CISA February 2019)</t>
   </si>
   <si>
     <t>(Citation: NCSC CISA Cyclops Blink Advisory February 2022),,(Citation: Carl Hurd March 2019),(Citation: William Largent June 2018)</t>
   </si>
   <si>
-    <t>(Citation: FireEye APT38 Oct 2018),(Citation: FireEye WannaCry 2017),(Citation: LogRhythm WannaCry),(Citation: SecureWorks WannaCry Analysis),,(Citation: Joe Slowik April 2019)</t>
+    <t>(Citation: SecureWorks WannaCry Analysis),(Citation: LogRhythm WannaCry),(Citation: FireEye WannaCry 2017),(Citation: FireEye APT38 Oct 2018),,(Citation: Joe Slowik April 2019)</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
   <si>
     <t>target ref</t>
   </si>
@@ -3827,119 +3827,93 @@
     <t>https://www.bleepingcomputer.com/news/security/killdisk-disk-wiping-malware-adds-ransomware-component/</t>
   </si>
   <si>
     <t>http://www.welivesecurity.com/2016/01/03/blackenergy-sshbeardoor-details-2015-attacks-ukrainian-news-media-electric-industry/</t>
   </si>
   <si>
     <t>https://www.trendmicro.com/en_us/research/18/f/new-killdisk-variant-hits-latin-american-financial-organizations-again.html</t>
   </si>
   <si>
     <t>https://www.trendmicro.com/en_us/research/18/a/new-killdisk-variant-hits-financial-organizations-in-latin-america.html</t>
   </si>
   <si>
     <t>https://securelist.com/the-flame-questions-and-answers-51/34344/</t>
   </si>
   <si>
     <t>https://www.crysys.hu/publications/files/skywiper.pdf</t>
   </si>
   <si>
     <t>https://www.symantec.com/connect/blogs/flamer-recipe-bluetoothache</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4210,994 +4184,994 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0093" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0606" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0089" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0608" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0038" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0605" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0143" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1165" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1157" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1045" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0604" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1072" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0607" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0372" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0368" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0496" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0446" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0603" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1009" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S1010" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/software/S0366" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2016/01/03/blackenergy-sshbeardoor-details-2015-attacks-ukrainian-news-media-electric-industry/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortinet.com/blog/threat-research/ekans-ransomware-targeting-ot-ics-systems" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boozallen.com/content/dam/boozallen/documents/2016/09/ukraine-report-when-the-lights-went-out.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/incontroller-state-sponsored-ics-tool" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/uscert/ncas/alerts/aa22-103a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=yuZazP22rpI" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.softpedia.com/news/on-chernobyl-s-30th-anniversary-malware-shuts-down-german-nuclear-power-plant-503429.shtml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://claroty.com/team82/research/unpacking-the-blackjack-groups-fuxnet-malware" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/carbon-spider-embraces-big-game-hunting-part-1/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/big-game-hunting-with-ryuk-another-lucrative-targeted-ransomware/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/wizard-spider-adversary-update/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/11/05/ryuk-speed-run-2-hours-to-ransom/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/10/18/ryuk-in-5-hours/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/10/08/ryuks-return/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics-cert.us-cert.gov/sites/default/files/documents/MAR-17-352-01%20HatMan%20-%20Safety%20System%20Targeted%20Malware%20%28Update%20B%29.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us-cert.cisa.gov/ncas/alerts/aa20-302a" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.f-secure.com/weblog/archives/00002718.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2020/02/ransomware-against-machine-learning-to-disrupt-industrial-production.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forbes.com/sites/daveywinder/2020/06/10/honda-hacked-japanese-car-giant-confirms-cyber-attack-on-global-operations-snake-ransomware/?sh=2725c35753ad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomberg.com/news/features/2019-12-03/merck-cyberattack-s-1-3-billion-question-was-it-an-act-of-war" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/crashoverride/CrashOverride-01.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/Reports/Dragos-FrostyGoop-ICS-Malware-Intel-Brief-0724_r2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/crashoverride/CrashOverride-01.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/blog/industry-news/ekans-ransomware-and-ics-operations/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/xenotime/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/116-Whitepapers/Dragos_ChernoviteWP_v2b.pdf?hsLang=en" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/200x/white-papers/ESET_ACAD_Medre_A_whitepaper.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2017/10/24/bad-rabbit-not-petya-back/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2018/04/03/lazarus-killdisk-central-american-casino/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog-assets.f-secure.com/wp-content/uploads/2019/10/15163408/BlackEnergy_Quedagh.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://therecord.media/fbi-fin7-hackers-target-us-companies-with-badusb-devices-to-install-ransomware/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-09/rpt-apt38-2018-web_v5-1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/04/pick-six-intercepting-a-fin6-intrusion.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2020/10/kegtap-and-singlemalt-with-a-ransomware-chaser.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/10/triton-attribution-russian-government-owned-lab-most-likely-built-tools.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200618231942/https://www.fireeye.com/blog/threat-research/2018/06/totally-tubular-treatise-on-triton-and-tristation.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/05/wannacry-malware-profile.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vblocalhost.com/uploads/VB2021-Slowik.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hydro.com/en/media/on-the-agenda/cyber-attack/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/ransomware-2020-attack-trends-new-techniques-affecting-organizations-worldwide/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics-cert.us-cert.gov/advisories/ICSA-14-178-01" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics-cert.us-cert.gov/advisories/ICSA-18-107-02" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2022/04/12/industroyer2-industroyer-reloaded/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forescout.com/resources/industroyer2-and-incontroller-report/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/blog/industroyer-v2-old-malware-new-tricks" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/industry-news/implications-of-it-ransomware-for-ics-environments/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/wp-content/uploads/CRASHOVERRIDE.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.midnightbluelabs.com/blog/2018/1/16/analyzing-the-triton-industrial-malware" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/18df/43ef1690b0fae15a36f770001160aefbc6c5.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.darkreading.com/attacks-breaches/how-a-manufacturing-firm-recovered-from-a-devastating-ransomware-attack/d/d-id/1334760" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doublepulsar.com/how-lockergoga-took-down-hydro-ransomware-used-in-targeted-attacks-aimed-at-big-business-c666551f5880" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20190930124504/https:/www.symantec.com/security-center/writeup/2012-052811-0308-99" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=eywmb7UDODY&amp;feature=youtu.be&amp;t=939" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.langner.com/wp-content/uploads/2017/03/to-kill-a-centrifuge.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20230522041200/https://logrhythm.com/blog/a-technical-analysis-of-wannacry-ransomware/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/MDudek-ICS/TRISIS-TRITON-HATMAN/tree/master/decompiled_code/library" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-10/fin12-group-profile.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.darktrace.com/en/blog/post-mortem-of-a-targeted-sodinokibi-ransomware-attack/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcafee.com/blogs/other-blogs/mcafee-labs/mcafee-atr-analyzes-sodinokibi-aka-revil-ransomware-as-a-service-what-the-code-tells-us" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/05/09/ransomware-as-a-service-understanding-the-cybercrime-gig-economy-and-how-to-protect-yourself/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/joint-advisory-shows-new-sandworm-malware-cyclops-blink-replaces-vpnfilter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/ncsc-supports-sandworm-advisory" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/security-response-w32-stuxnet-dossier-11-en" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nozominetworks.com/blog/protecting-against-frostygoop-bustleberm-malware" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/bad-rabbit-ransomware/82851/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcanary.com/blog/how-one-hospital-thwarted-a-ryuk-ransomware-outbreak/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=f09E75bWvkk&amp;index=3&amp;list=PL8OWO1qWXF4qYG19p7An4Vw3N2YZ86aRS&amp;t=0s" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/revil-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/wcry-ransomware-analysis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/blog/revil-the-gandcrab-connection" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/revil-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://f.hubspotusercontent10.net/hubfs/5943619/Whitepaper-Downloads/Ransomware_in_ICS_Environments_Whitepaper_10_12_20.pdf?utm_referrer=https%3A%2F%2Fwww.dragos.com%2Fresource%2Fransomware-in-ics-environments%2F" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.sophos.com/en-us/2020/10/14/inside-a-new-ryuk-ransomware-attack/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackhat.com/docs/asia-16/materials/asia-16-Spenneberg-PLC-Blaster-A-Worm-Living-Solely-In-The-PLC-wp.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/w32-duqu-11-en" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.broadcom.com/symantecenterprise/communities/community-home/librarydocuments/viewdocument?DocumentKey=7382dce7-0260-4782-84cc-890971ed3f17&amp;CommunityKey=1ecf5f55-9545-44d6-b0f4-4e4a7f5f5e68&amp;tab=librarydocuments" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.symantec.com/us/en/article.tech93179.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrc.gov/docs/ML1209/ML120900890.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cybereason.com/blog/the-sodinokibi-ransomware-attack" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/22/c/cyclops-blink-sets-sights-on-asus-routers--.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/news/uk-exposes-series-of-russian-cyber-attacks-against-olympic-and-paralympic-games" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2018/06/vpnfilter-update.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.defcon.org/DEF%20CON%2030/DEF%20CON%2030%20presentations/Jimmy%20Wylie%20-%20Analyzing%20PIPEDREAM%20Challenges%20in%20testing%20an%20ICS%20attack%20toolkit.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2016/01/ukraine-and-sandworm-team.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://services.google.com/fh/files/misc/apt44-unearthing-sandworm.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/blog/industry-news/ekans-ransomware-and-ics-operations/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unit42.paloaltonetworks.com/threat-assessment-ekans-ransomware/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2020/02/ransomware-against-machine-learning-to-disrupt-industrial-production.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vblocalhost.com/uploads/VB2021-Slowik.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/dragonfly_threat_against_western_energy_suppliers" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.broadcom.com/symantecenterprise/communities/community-home/librarydocuments/viewdocument?DocumentKey=7382dce7-0260-4782-84cc-890971ed3f17&amp;CommunityKey=1ecf5f55-9545-44d6-b0f4-4e4a7f5f5e68&amp;tab=librarydocuments" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us-cert.cisa.gov/ics/advisories/ICSA-10-272-01" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web-assets.esetstatic.com/wls/2012/11/Stuxnet_Under_the_Microscope.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/security-response-w32-stuxnet-dossier-11-en" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.langner.com/wp-content/uploads/2017/03/to-kill-a-centrifuge.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/industry-news/implications-of-it-ransomware-for-ics-environments/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2017/10/24/bad-rabbit-not-petya-back/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/bad-rabbit-ransomware/82851/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackhat.com/docs/asia-16/materials/asia-16-Spenneberg-PLC-Blaster-A-Worm-Living-Solely-In-The-PLC.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.blackhat.com/docs/asia-16/materials/asia-16-Spenneberg-PLC-Blaster-A-Worm-Living-Solely-In-The-PLC-wp.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog-assets.f-secure.com/wp-content/uploads/2019/10/15163408/BlackEnergy_Quedagh.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2017/06/30/telebots-back-supply-chain-attacks-against-ukraine/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2017/06/worldwide-ransomware-variant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ncas/alerts/TA17-181A" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200125132645/https://www.sans.org/security-resources/malwarefaq/conficker-worm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.softpedia.com/news/on-chernobyl-s-30th-anniversary-malware-shuts-down-german-nuclear-power-plant-503429.shtml" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.carbonblack.com/2019/03/22/tau-threat-intelligence-notification-lockergoga-ransomware/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unit42.paloaltonetworks.com/born-this-way-origins-of-lockergoga/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=yuZazP22rpI" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/joint-advisory-shows-new-sandworm-malware-cyclops-blink-replaces-vpnfilter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2018/06/vpnfilter-update.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/content/en/us/enterprise/media/security_response/whitepapers/w32_duqu_the_precursor_to_the_next_stuxnet.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=xC9iM5wVedQ" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/05/wannacry-malware-profile.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/wcry-ransomware-analysis" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washingtonpost.com/business/economy/more-than-150-countries-affected-by-massive-cyberattack-europol-says/2017/05/14/5091465e-3899-11e7-9e48-c4f199710b69_story.html?utm_term=.7fa16b41cad4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20230522041200/https://logrhythm.com/blog/a-technical-analysis-of-wannacry-ransomware/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ncas/alerts/TA17-132A" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics-cert.us-cert.gov/sites/default/files/documents/MAR-17-352-01%20HatMan%20-%20Safety%20System%20Targeted%20Malware%20%28Update%20B%29.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/trisis/TRISIS-01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.midnightbluelabs.com/blog/2018/1/16/analyzing-the-triton-industrial-malware" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=XwSJ8hloGvY" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://download.schneider-electric.com/files?p_enDocType=Technical+leaflet&amp;p_File_Name=SEVD-2017-347-01+Triconex+V3.pdf&amp;p_Doc_Ref=SEVD-2017-347-01" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=f09E75bWvkk&amp;index=3&amp;list=PL8OWO1qWXF4qYG19p7An4Vw3N2YZ86aRS&amp;t=0s" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://claroty.com/team82/research/unpacking-the-blackjack-groups-fuxnet-malware" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bleepingcomputer.com/news/security/ryuk-ransomware-uses-wake-on-lan-to-encrypt-offline-devices/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/01/a-nasty-trick-from-credential-theft-malware-to-business-disruption.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/big-game-hunting-with-ryuk-another-lucrative-targeted-ransomware/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/04/pick-six-intercepting-a-fin6-intrusion.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/200x/white-papers/ESET_ACAD_Medre_A_whitepaper.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.talosintelligence.com/2019/04/sodinokibi-ransomware-exploits-weblogic.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/revil-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://threatvector.cylance.com/en_us/home/threat-spotlight-sodinokibi-ransomware.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.group-ib.com/whitepapers/ransomware-uncovered.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gdatasoftware.com/blog/2019/06/31724-strange-bits-sodinokibi-spam-cinarat-and-fake-g-data" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://intel471.com/blog/revil-ransomware-as-a-service-an-analysis-of-a-ransomware-affiliate-operation/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/sodin-ransomware/91473/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcafee.com/blogs/other-blogs/mcafee-labs/mcafee-atr-analyzes-sodinokibi-aka-revil-ransomware-as-a-service-what-the-code-tells-us/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.picussecurity.com/blog/a-brief-history-and-further-technical-analysis-of-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcafee.com/blogs/other-blogs/mcafee-labs/mcafee-atr-analyzes-sodinokibi-aka-revil-ransomware-as-a-service-crescendo/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/blog/revil-the-gandcrab-connection" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20210414101816/https://tetradefense.com/incident-response-services/cause-and-effect-sodinokibi-ransomware-analysis/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/Reports/Dragos-FrostyGoop-ICS-Malware-Intel-Brief-0724_r2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nozominetworks.com/blog/protecting-against-frostygoop-bustleberm-malware" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/uscert/ncas/alerts/aa22-103a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/116-Whitepapers/Dragos_ChernoviteWP_v2b.pdf?hsLang=en" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.defcon.org/DEF%20CON%2030/DEF%20CON%2030%20presentations/Jimmy%20Wylie%20-%20Analyzing%20PIPEDREAM%20Challenges%20in%20testing%20an%20ICS%20attack%20toolkit.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/incontroller-state-sponsored-ics-tool" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://download.schneider-electric.com/files?p_Doc_Ref=SESB-2022-01" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bleepingcomputer.com/news/security/killdisk-disk-wiping-malware-adds-ransomware-component/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.welivesecurity.com/2016/01/03/blackenergy-sshbeardoor-details-2015-attacks-ukrainian-news-media-electric-industry/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/18/f/new-killdisk-variant-hits-latin-american-financial-organizations-again.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/18/a/new-killdisk-variant-hits-financial-organizations-in-latin-america.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/crashoverride/CrashOverride-01.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/the-flame-questions-and-answers-51/34344/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crysys.hu/publications/files/skywiper.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/connect/blogs/flamer-recipe-bluetoothache" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:N24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:14">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>37</v>
       </c>
       <c r="C2" t="s">
         <v>60</v>
       </c>
       <c r="D2" t="s">
         <v>83</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>129</v>
       </c>
       <c r="G2" t="s">
         <v>145</v>
       </c>
       <c r="H2" t="s">
         <v>156</v>
       </c>
       <c r="I2" t="s">
         <v>159</v>
       </c>
       <c r="L2" t="s">
         <v>188</v>
       </c>
       <c r="N2" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
       <c r="C3" t="s">
         <v>61</v>
       </c>
       <c r="D3" t="s">
         <v>84</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>107</v>
       </c>
       <c r="F3" t="s">
         <v>129</v>
       </c>
       <c r="G3" t="s">
         <v>145</v>
       </c>
       <c r="H3" t="s">
         <v>157</v>
       </c>
       <c r="I3" t="s">
         <v>160</v>
       </c>
       <c r="J3" t="s">
         <v>166</v>
       </c>
       <c r="K3" t="s">
         <v>173</v>
       </c>
       <c r="L3" t="s">
         <v>188</v>
       </c>
       <c r="N3" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>62</v>
       </c>
       <c r="D4" t="s">
         <v>85</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>108</v>
       </c>
       <c r="F4" t="s">
         <v>130</v>
       </c>
       <c r="G4" t="s">
         <v>146</v>
       </c>
       <c r="H4" t="s">
         <v>157</v>
       </c>
       <c r="I4" t="s">
         <v>161</v>
       </c>
       <c r="J4" t="s">
         <v>166</v>
       </c>
       <c r="K4" t="s">
         <v>174</v>
       </c>
       <c r="L4" t="s">
         <v>188</v>
       </c>
       <c r="N4" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>63</v>
       </c>
       <c r="D5" t="s">
         <v>86</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>109</v>
       </c>
       <c r="F5" t="s">
         <v>129</v>
       </c>
       <c r="G5" t="s">
         <v>147</v>
       </c>
       <c r="H5" t="s">
         <v>157</v>
       </c>
       <c r="I5" t="s">
         <v>162</v>
       </c>
       <c r="J5" t="s">
         <v>166</v>
       </c>
       <c r="K5" t="s">
         <v>175</v>
       </c>
       <c r="L5" t="s">
         <v>188</v>
       </c>
       <c r="N5" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>41</v>
       </c>
       <c r="C6" t="s">
         <v>64</v>
       </c>
       <c r="D6" t="s">
         <v>87</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>110</v>
       </c>
       <c r="F6" t="s">
         <v>131</v>
       </c>
       <c r="G6" t="s">
         <v>145</v>
       </c>
       <c r="H6" t="s">
         <v>157</v>
       </c>
       <c r="I6" t="s">
         <v>159</v>
       </c>
       <c r="J6" t="s">
         <v>166</v>
       </c>
       <c r="K6" t="s">
         <v>176</v>
       </c>
       <c r="L6" t="s">
         <v>188</v>
       </c>
       <c r="N6" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" t="s">
         <v>19</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>65</v>
       </c>
       <c r="D7" t="s">
         <v>88</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>111</v>
       </c>
       <c r="F7" t="s">
         <v>129</v>
       </c>
       <c r="G7" t="s">
         <v>145</v>
       </c>
       <c r="H7" t="s">
         <v>157</v>
       </c>
       <c r="I7" t="s">
         <v>163</v>
       </c>
       <c r="J7" t="s">
         <v>166</v>
       </c>
       <c r="L7" t="s">
         <v>188</v>
       </c>
       <c r="N7" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
         <v>66</v>
       </c>
       <c r="D8" t="s">
         <v>89</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>112</v>
       </c>
       <c r="F8" t="s">
         <v>132</v>
       </c>
       <c r="G8" t="s">
         <v>145</v>
       </c>
       <c r="H8" t="s">
         <v>157</v>
       </c>
       <c r="I8" t="s">
         <v>160</v>
       </c>
       <c r="J8" t="s">
         <v>166</v>
       </c>
       <c r="K8" t="s">
         <v>177</v>
       </c>
       <c r="L8" t="s">
         <v>188</v>
       </c>
       <c r="N8" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>67</v>
       </c>
       <c r="D9" t="s">
         <v>90</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>113</v>
       </c>
       <c r="F9" t="s">
         <v>129</v>
       </c>
       <c r="G9" t="s">
         <v>145</v>
       </c>
       <c r="H9" t="s">
         <v>157</v>
       </c>
       <c r="I9" t="s">
         <v>161</v>
       </c>
       <c r="J9" t="s">
         <v>166</v>
       </c>
       <c r="K9" t="s">
         <v>178</v>
       </c>
       <c r="L9" t="s">
         <v>188</v>
       </c>
       <c r="N9" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>68</v>
       </c>
       <c r="D10" t="s">
         <v>91</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>114</v>
       </c>
       <c r="F10" t="s">
         <v>133</v>
       </c>
       <c r="G10" t="s">
         <v>133</v>
       </c>
       <c r="H10" t="s">
         <v>156</v>
       </c>
       <c r="I10" t="s">
         <v>159</v>
       </c>
       <c r="J10" t="s">
         <v>167</v>
       </c>
       <c r="K10" t="s">
         <v>179</v>
       </c>
       <c r="L10" t="s">
         <v>188</v>
       </c>
       <c r="N10" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
       <c r="C11" t="s">
         <v>69</v>
       </c>
       <c r="D11" t="s">
         <v>92</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>115</v>
       </c>
       <c r="F11" t="s">
         <v>134</v>
       </c>
       <c r="G11" t="s">
         <v>148</v>
       </c>
       <c r="H11" t="s">
         <v>156</v>
       </c>
       <c r="I11" t="s">
         <v>159</v>
       </c>
       <c r="J11" t="s">
         <v>168</v>
       </c>
       <c r="L11" t="s">
         <v>188</v>
       </c>
       <c r="M11" t="s">
         <v>189</v>
       </c>
       <c r="N11" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
         <v>93</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>116</v>
       </c>
       <c r="F12" t="s">
         <v>135</v>
       </c>
       <c r="G12" t="s">
         <v>145</v>
       </c>
       <c r="H12" t="s">
         <v>156</v>
       </c>
       <c r="I12" t="s">
         <v>159</v>
       </c>
       <c r="J12" t="s">
         <v>169</v>
       </c>
       <c r="K12" t="s">
         <v>180</v>
       </c>
       <c r="L12" t="s">
         <v>188</v>
       </c>
       <c r="M12" t="s">
         <v>190</v>
       </c>
       <c r="N12" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13" t="s">
         <v>48</v>
       </c>
       <c r="C13" t="s">
         <v>71</v>
       </c>
       <c r="D13" t="s">
         <v>94</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>117</v>
       </c>
       <c r="F13" t="s">
         <v>136</v>
       </c>
       <c r="G13" t="s">
         <v>149</v>
       </c>
       <c r="H13" t="s">
         <v>157</v>
       </c>
       <c r="I13" t="s">
         <v>161</v>
       </c>
       <c r="J13" t="s">
         <v>166</v>
       </c>
       <c r="K13" t="s">
         <v>181</v>
       </c>
       <c r="L13" t="s">
         <v>188</v>
       </c>
       <c r="M13" t="s">
         <v>191</v>
       </c>
       <c r="N13" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
       <c r="C14" t="s">
         <v>72</v>
       </c>
       <c r="D14" t="s">
         <v>95</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>118</v>
       </c>
       <c r="F14" t="s">
         <v>137</v>
       </c>
       <c r="G14" t="s">
         <v>145</v>
       </c>
       <c r="H14" t="s">
         <v>158</v>
       </c>
       <c r="I14" t="s">
         <v>159</v>
       </c>
       <c r="J14" t="s">
         <v>170</v>
       </c>
       <c r="L14" t="s">
         <v>188</v>
       </c>
       <c r="N14" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" t="s">
         <v>27</v>
       </c>
       <c r="B15" t="s">
         <v>50</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>96</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>119</v>
       </c>
       <c r="F15" t="s">
         <v>138</v>
       </c>
       <c r="G15" t="s">
         <v>147</v>
       </c>
       <c r="H15" t="s">
         <v>157</v>
       </c>
       <c r="I15" t="s">
         <v>163</v>
       </c>
       <c r="J15" t="s">
         <v>171</v>
       </c>
       <c r="K15" t="s">
         <v>182</v>
       </c>
       <c r="L15" t="s">
         <v>188</v>
       </c>
       <c r="N15" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>51</v>
       </c>
       <c r="C16" t="s">
         <v>74</v>
       </c>
       <c r="D16" t="s">
         <v>97</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="1" t="s">
         <v>120</v>
       </c>
       <c r="F16" t="s">
         <v>139</v>
       </c>
       <c r="G16" t="s">
         <v>150</v>
       </c>
       <c r="H16" t="s">
         <v>157</v>
       </c>
       <c r="I16" t="s">
         <v>160</v>
       </c>
       <c r="J16" t="s">
         <v>166</v>
       </c>
       <c r="L16" t="s">
         <v>188</v>
       </c>
       <c r="M16" t="s">
         <v>192</v>
       </c>
       <c r="N16" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>98</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="E17" s="1" t="s">
         <v>121</v>
       </c>
       <c r="F17" t="s">
         <v>140</v>
       </c>
       <c r="G17" t="s">
         <v>145</v>
       </c>
       <c r="H17" t="s">
         <v>157</v>
       </c>
       <c r="I17" t="s">
         <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>166</v>
       </c>
       <c r="K17" t="s">
         <v>183</v>
       </c>
       <c r="L17" t="s">
         <v>188</v>
       </c>
       <c r="N17" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" t="s">
         <v>30</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>99</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="E18" s="1" t="s">
         <v>122</v>
       </c>
       <c r="F18" t="s">
         <v>140</v>
       </c>
       <c r="G18" t="s">
         <v>145</v>
       </c>
       <c r="H18" t="s">
         <v>156</v>
       </c>
       <c r="I18" t="s">
         <v>159</v>
       </c>
       <c r="L18" t="s">
         <v>188</v>
       </c>
       <c r="N18" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>77</v>
       </c>
       <c r="D19" t="s">
         <v>100</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="E19" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F19" t="s">
         <v>141</v>
       </c>
       <c r="G19" t="s">
         <v>151</v>
       </c>
       <c r="H19" t="s">
         <v>157</v>
       </c>
       <c r="I19" t="s">
         <v>164</v>
       </c>
       <c r="J19" t="s">
         <v>166</v>
       </c>
       <c r="K19" t="s">
         <v>184</v>
       </c>
       <c r="L19" t="s">
         <v>188</v>
       </c>
       <c r="M19" t="s">
         <v>193</v>
       </c>
       <c r="N19" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" t="s">
         <v>32</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>78</v>
       </c>
       <c r="D20" t="s">
         <v>101</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="E20" s="1" t="s">
         <v>124</v>
       </c>
       <c r="F20" t="s">
         <v>142</v>
       </c>
       <c r="G20" t="s">
         <v>152</v>
       </c>
       <c r="H20" t="s">
         <v>157</v>
       </c>
       <c r="I20" t="s">
         <v>162</v>
       </c>
       <c r="J20" t="s">
         <v>166</v>
       </c>
       <c r="L20" t="s">
         <v>188</v>
       </c>
       <c r="M20" t="s">
         <v>194</v>
       </c>
       <c r="N20" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" t="s">
         <v>33</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>102</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="E21" s="1" t="s">
         <v>125</v>
       </c>
       <c r="F21" t="s">
         <v>143</v>
       </c>
       <c r="G21" t="s">
         <v>146</v>
       </c>
       <c r="H21" t="s">
         <v>157</v>
       </c>
       <c r="I21" t="s">
         <v>162</v>
       </c>
       <c r="J21" t="s">
         <v>166</v>
       </c>
       <c r="K21" t="s">
         <v>185</v>
       </c>
       <c r="L21" t="s">
         <v>188</v>
       </c>
       <c r="N21" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" t="s">
         <v>34</v>
       </c>
       <c r="B22" t="s">
         <v>57</v>
       </c>
       <c r="C22" t="s">
         <v>80</v>
       </c>
       <c r="D22" t="s">
         <v>103</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="E22" s="1" t="s">
         <v>126</v>
       </c>
       <c r="F22" t="s">
         <v>140</v>
       </c>
       <c r="G22" t="s">
         <v>153</v>
       </c>
       <c r="H22" t="s">
         <v>156</v>
       </c>
       <c r="I22" t="s">
         <v>161</v>
       </c>
       <c r="K22" t="s">
         <v>186</v>
       </c>
       <c r="L22" t="s">
         <v>188</v>
       </c>
       <c r="N22" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" t="s">
         <v>35</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>81</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="E23" s="1" t="s">
         <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>140</v>
       </c>
       <c r="G23" t="s">
         <v>154</v>
       </c>
       <c r="H23" t="s">
         <v>158</v>
       </c>
       <c r="I23" t="s">
         <v>165</v>
       </c>
       <c r="J23" t="s">
         <v>172</v>
       </c>
       <c r="L23" t="s">
         <v>188</v>
       </c>
       <c r="N23" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>82</v>
       </c>
       <c r="D24" t="s">
         <v>105</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="E24" s="1" t="s">
         <v>128</v>
       </c>
       <c r="F24" t="s">
         <v>144</v>
       </c>
       <c r="G24" t="s">
         <v>155</v>
       </c>
       <c r="H24" t="s">
         <v>157</v>
       </c>
       <c r="I24" t="s">
         <v>161</v>
       </c>
       <c r="J24" t="s">
         <v>166</v>
       </c>
       <c r="K24" t="s">
         <v>187</v>
       </c>
       <c r="L24" t="s">
         <v>188</v>
       </c>
       <c r="M24" t="s">
         <v>195</v>
@@ -5223,87 +5197,87 @@
     <hyperlink ref="E14" r:id="rId13"/>
     <hyperlink ref="E15" r:id="rId14"/>
     <hyperlink ref="E16" r:id="rId15"/>
     <hyperlink ref="E17" r:id="rId16"/>
     <hyperlink ref="E18" r:id="rId17"/>
     <hyperlink ref="E19" r:id="rId18"/>
     <hyperlink ref="E20" r:id="rId19"/>
     <hyperlink ref="E21" r:id="rId20"/>
     <hyperlink ref="E22" r:id="rId21"/>
     <hyperlink ref="E23" r:id="rId22"/>
     <hyperlink ref="E24" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>219</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>220</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>221</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>222</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>223</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>224</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>225</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>226</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>227</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>228</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>229</v>
       </c>
       <c r="B2" t="s">
         <v>238</v>
       </c>
       <c r="C2" t="s">
         <v>247</v>
       </c>
       <c r="D2" t="s">
         <v>256</v>
       </c>
       <c r="E2" t="s">
         <v>257</v>
       </c>
       <c r="F2" t="s">
         <v>27</v>
       </c>
       <c r="G2" t="s">
         <v>73</v>
       </c>
@@ -5933,87 +5907,87 @@
       </c>
       <c r="K17" t="s">
         <v>289</v>
       </c>
       <c r="L17" t="s">
         <v>292</v>
       </c>
       <c r="M17" t="s">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>219</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>220</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>221</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>222</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>223</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>224</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>225</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>226</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>227</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>228</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>301</v>
       </c>
       <c r="B2" t="s">
         <v>305</v>
       </c>
       <c r="C2" t="s">
         <v>309</v>
       </c>
       <c r="D2" t="s">
         <v>313</v>
       </c>
       <c r="E2" t="s">
         <v>257</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2" t="s">
         <v>63</v>
       </c>
@@ -6192,87 +6166,87 @@
       </c>
       <c r="K6" t="s">
         <v>322</v>
       </c>
       <c r="L6" t="s">
         <v>325</v>
       </c>
       <c r="M6" t="s">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M164"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>219</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>220</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>221</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>222</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>223</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>224</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>225</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>226</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>227</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>228</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>60</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>258</v>
       </c>
       <c r="E2" t="s">
         <v>257</v>
       </c>
       <c r="F2" t="s">
         <v>326</v>
       </c>
       <c r="G2" t="s">
         <v>393</v>
       </c>
@@ -12929,1927 +12903,1927 @@
       </c>
       <c r="K164" t="s">
         <v>850</v>
       </c>
       <c r="L164" t="s">
         <v>144</v>
       </c>
       <c r="M164" t="s">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C171"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>861</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>862</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>863</v>
       </c>
       <c r="B2" t="s">
         <v>1000</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>864</v>
       </c>
       <c r="B3" t="s">
         <v>1001</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>865</v>
       </c>
       <c r="B4" t="s">
         <v>1002</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>866</v>
       </c>
       <c r="B5" t="s">
         <v>1003</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>867</v>
       </c>
       <c r="B6" t="s">
         <v>1004</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>868</v>
       </c>
       <c r="B7" t="s">
         <v>1005</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>869</v>
       </c>
       <c r="B8" t="s">
         <v>1006</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>870</v>
       </c>
       <c r="B9" t="s">
         <v>1007</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>871</v>
       </c>
       <c r="B10" t="s">
         <v>1008</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>872</v>
       </c>
       <c r="B11" t="s">
         <v>1009</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>873</v>
       </c>
       <c r="B12" t="s">
         <v>1010</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>874</v>
       </c>
       <c r="B13" t="s">
         <v>1011</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="1" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>875</v>
       </c>
       <c r="B14" t="s">
         <v>1012</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>876</v>
       </c>
       <c r="B15" t="s">
         <v>1013</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="1" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>877</v>
       </c>
       <c r="B16" t="s">
         <v>1014</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="C16" s="1" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>878</v>
       </c>
       <c r="B17" t="s">
         <v>1015</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="1" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>879</v>
       </c>
       <c r="B18" t="s">
         <v>1016</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>880</v>
       </c>
       <c r="B19" t="s">
         <v>1017</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="1" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>881</v>
       </c>
       <c r="B20" t="s">
         <v>1018</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="C20" s="1" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>882</v>
       </c>
       <c r="B21" t="s">
         <v>1019</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C21" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>883</v>
       </c>
       <c r="B22" t="s">
         <v>1020</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="C22" s="1" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>884</v>
       </c>
       <c r="B23" t="s">
         <v>1021</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="1" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>885</v>
       </c>
       <c r="B24" t="s">
         <v>1022</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C24" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>886</v>
       </c>
       <c r="B25" t="s">
         <v>1023</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="C25" s="1" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>887</v>
       </c>
       <c r="B26" t="s">
         <v>1024</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="1" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>888</v>
       </c>
       <c r="B27" t="s">
         <v>1025</v>
       </c>
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>889</v>
       </c>
       <c r="B28" t="s">
         <v>1026</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>890</v>
       </c>
       <c r="B29" t="s">
         <v>1027</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="1" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>891</v>
       </c>
       <c r="B30" t="s">
         <v>1028</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="C30" s="1" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>892</v>
       </c>
       <c r="B31" t="s">
         <v>1029</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="C31" s="1" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>893</v>
       </c>
       <c r="B32" t="s">
         <v>1030</v>
       </c>
-      <c r="C32" s="2" t="s">
+      <c r="C32" s="1" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>894</v>
       </c>
       <c r="B33" t="s">
         <v>1031</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="C33" s="1" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>895</v>
       </c>
       <c r="B34" t="s">
         <v>1032</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="C34" s="1" t="s">
         <v>1166</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>896</v>
       </c>
       <c r="B35" t="s">
         <v>1033</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C35" s="1" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>897</v>
       </c>
       <c r="B36" t="s">
         <v>1034</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="C36" s="1" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>898</v>
       </c>
       <c r="B37" t="s">
         <v>1035</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="C37" s="1" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>899</v>
       </c>
       <c r="B38" t="s">
         <v>1036</v>
       </c>
-      <c r="C38" s="2" t="s">
+      <c r="C38" s="1" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>900</v>
       </c>
       <c r="B39" t="s">
         <v>1037</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C39" s="1" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>901</v>
       </c>
       <c r="B40" t="s">
         <v>1038</v>
       </c>
-      <c r="C40" s="2" t="s">
+      <c r="C40" s="1" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>902</v>
       </c>
       <c r="B41" t="s">
         <v>1039</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C41" s="1" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>903</v>
       </c>
       <c r="B42" t="s">
         <v>1040</v>
       </c>
-      <c r="C42" s="2" t="s">
+      <c r="C42" s="1" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>904</v>
       </c>
       <c r="B43" t="s">
         <v>1041</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="C43" s="1" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>905</v>
       </c>
       <c r="B44" t="s">
         <v>1042</v>
       </c>
-      <c r="C44" s="2" t="s">
+      <c r="C44" s="1" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>906</v>
       </c>
       <c r="B45" t="s">
         <v>1043</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="C45" s="1" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>907</v>
       </c>
       <c r="B46" t="s">
         <v>1044</v>
       </c>
-      <c r="C46" s="2" t="s">
+      <c r="C46" s="1" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>908</v>
       </c>
       <c r="B47" t="s">
         <v>1045</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="C47" s="1" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>909</v>
       </c>
       <c r="B48" t="s">
         <v>1046</v>
       </c>
-      <c r="C48" s="2" t="s">
+      <c r="C48" s="1" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>910</v>
       </c>
       <c r="B49" t="s">
         <v>1047</v>
       </c>
-      <c r="C49" s="2" t="s">
+      <c r="C49" s="1" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>911</v>
       </c>
       <c r="B50" t="s">
         <v>1048</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="C50" s="1" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>912</v>
       </c>
       <c r="B51" t="s">
         <v>1049</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="C51" s="1" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>913</v>
       </c>
       <c r="B52" t="s">
         <v>1050</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="C52" s="1" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>914</v>
       </c>
       <c r="B53" t="s">
         <v>1051</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="C53" s="1" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>915</v>
       </c>
       <c r="B54" t="s">
         <v>1052</v>
       </c>
-      <c r="C54" s="2" t="s">
+      <c r="C54" s="1" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>916</v>
       </c>
       <c r="B55" t="s">
         <v>1053</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="C55" s="1" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>917</v>
       </c>
       <c r="B56" t="s">
         <v>1054</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="C56" s="1" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>918</v>
       </c>
       <c r="B57" t="s">
         <v>1055</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="C57" s="1" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>919</v>
       </c>
       <c r="B58" t="s">
         <v>1056</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="C58" s="1" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>920</v>
       </c>
       <c r="B59" t="s">
         <v>1057</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="C59" s="1" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>921</v>
       </c>
       <c r="B60" t="s">
         <v>1058</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="C60" s="1" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>922</v>
       </c>
       <c r="B61" t="s">
         <v>1059</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C61" s="1" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>923</v>
       </c>
       <c r="B62" t="s">
         <v>1060</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="C62" s="1" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>924</v>
       </c>
       <c r="B63" t="s">
         <v>1061</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="C63" s="1" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>925</v>
       </c>
       <c r="B64" t="s">
         <v>1062</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="C64" s="1" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>926</v>
       </c>
       <c r="B65" t="s">
         <v>1063</v>
       </c>
-      <c r="C65" s="2" t="s">
+      <c r="C65" s="1" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>927</v>
       </c>
       <c r="B66" t="s">
         <v>1064</v>
       </c>
-      <c r="C66" s="2" t="s">
+      <c r="C66" s="1" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>928</v>
       </c>
       <c r="B67" t="s">
         <v>1065</v>
       </c>
-      <c r="C67" s="2" t="s">
+      <c r="C67" s="1" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>929</v>
       </c>
       <c r="B68" t="s">
         <v>1066</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="C68" s="1" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>930</v>
       </c>
       <c r="B69" t="s">
         <v>1067</v>
       </c>
-      <c r="C69" s="2" t="s">
+      <c r="C69" s="1" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>931</v>
       </c>
       <c r="B70" t="s">
         <v>1068</v>
       </c>
-      <c r="C70" s="2" t="s">
+      <c r="C70" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>932</v>
       </c>
       <c r="B71" t="s">
         <v>1069</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="C71" s="1" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>933</v>
       </c>
       <c r="B72" t="s">
         <v>1070</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="C72" s="1" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>934</v>
       </c>
       <c r="B73" t="s">
         <v>1071</v>
       </c>
-      <c r="C73" s="2" t="s">
+      <c r="C73" s="1" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>935</v>
       </c>
       <c r="B74" t="s">
         <v>1072</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="C74" s="1" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>936</v>
       </c>
       <c r="B75" t="s">
         <v>1073</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C75" s="1" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>937</v>
       </c>
       <c r="B76" t="s">
         <v>1074</v>
       </c>
-      <c r="C76" s="2" t="s">
+      <c r="C76" s="1" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>938</v>
       </c>
       <c r="B77" t="s">
         <v>1075</v>
       </c>
-      <c r="C77" s="2" t="s">
+      <c r="C77" s="1" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>939</v>
       </c>
       <c r="B78" t="s">
         <v>1076</v>
       </c>
-      <c r="C78" s="2" t="s">
+      <c r="C78" s="1" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>940</v>
       </c>
       <c r="B79" t="s">
         <v>1076</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="C79" s="1" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>941</v>
       </c>
       <c r="B80" t="s">
         <v>1077</v>
       </c>
-      <c r="C80" s="2" t="s">
+      <c r="C80" s="1" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>942</v>
       </c>
       <c r="B81" t="s">
         <v>1078</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="C81" s="1" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>943</v>
       </c>
       <c r="B82" t="s">
         <v>1079</v>
       </c>
-      <c r="C82" s="2" t="s">
+      <c r="C82" s="1" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>944</v>
       </c>
       <c r="B83" t="s">
         <v>1080</v>
       </c>
-      <c r="C83" s="2" t="s">
+      <c r="C83" s="1" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>945</v>
       </c>
       <c r="B84" t="s">
         <v>1081</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C84" s="1" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>946</v>
       </c>
       <c r="B85" t="s">
         <v>1082</v>
       </c>
-      <c r="C85" s="2" t="s">
+      <c r="C85" s="1" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>947</v>
       </c>
       <c r="B86" t="s">
         <v>1083</v>
       </c>
-      <c r="C86" s="2" t="s">
+      <c r="C86" s="1" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>948</v>
       </c>
       <c r="B87" t="s">
         <v>1084</v>
       </c>
-      <c r="C87" s="2" t="s">
+      <c r="C87" s="1" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>949</v>
       </c>
       <c r="B88" t="s">
         <v>1085</v>
       </c>
-      <c r="C88" s="2" t="s">
+      <c r="C88" s="1" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>950</v>
       </c>
       <c r="B89" t="s">
         <v>1086</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="C89" s="1" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>951</v>
       </c>
       <c r="B90" t="s">
         <v>1087</v>
       </c>
-      <c r="C90" s="2" t="s">
+      <c r="C90" s="1" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>952</v>
       </c>
       <c r="B91" t="s">
         <v>1088</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="C91" s="1" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>953</v>
       </c>
       <c r="B92" t="s">
         <v>1089</v>
       </c>
-      <c r="C92" s="2" t="s">
+      <c r="C92" s="1" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>954</v>
       </c>
       <c r="B93" t="s">
         <v>1090</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C93" s="1" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>955</v>
       </c>
       <c r="B94" t="s">
         <v>1091</v>
       </c>
-      <c r="C94" s="2" t="s">
+      <c r="C94" s="1" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>956</v>
       </c>
       <c r="B95" t="s">
         <v>1092</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="C95" s="1" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>957</v>
       </c>
       <c r="B96" t="s">
         <v>1093</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C96" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>958</v>
       </c>
       <c r="B97" t="s">
         <v>1094</v>
       </c>
-      <c r="C97" s="2" t="s">
+      <c r="C97" s="1" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>959</v>
       </c>
       <c r="B98" t="s">
         <v>1095</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="C98" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>906</v>
       </c>
       <c r="B99" t="s">
         <v>1043</v>
       </c>
-      <c r="C99" s="2" t="s">
+      <c r="C99" s="1" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>960</v>
       </c>
       <c r="B100" t="s">
         <v>1096</v>
       </c>
-      <c r="C100" s="2" t="s">
+      <c r="C100" s="1" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>946</v>
       </c>
       <c r="B101" t="s">
         <v>1082</v>
       </c>
-      <c r="C101" s="2" t="s">
+      <c r="C101" s="1" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>961</v>
       </c>
       <c r="B102" t="s">
         <v>1097</v>
       </c>
-      <c r="C102" s="2" t="s">
+      <c r="C102" s="1" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>962</v>
       </c>
       <c r="B103" t="s">
         <v>1098</v>
       </c>
-      <c r="C103" s="2" t="s">
+      <c r="C103" s="1" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>931</v>
       </c>
       <c r="B104" t="s">
         <v>1068</v>
       </c>
-      <c r="C104" s="2" t="s">
+      <c r="C104" s="1" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>922</v>
       </c>
       <c r="B105" t="s">
         <v>1059</v>
       </c>
-      <c r="C105" s="2" t="s">
+      <c r="C105" s="1" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>963</v>
       </c>
       <c r="B106" t="s">
         <v>1099</v>
       </c>
-      <c r="C106" s="2" t="s">
+      <c r="C106" s="1" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>893</v>
       </c>
       <c r="B107" t="s">
         <v>1030</v>
       </c>
-      <c r="C107" s="2" t="s">
+      <c r="C107" s="1" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>964</v>
       </c>
       <c r="B108" t="s">
         <v>1100</v>
       </c>
-      <c r="C108" s="2" t="s">
+      <c r="C108" s="1" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>965</v>
       </c>
       <c r="B109" t="s">
         <v>1101</v>
       </c>
-      <c r="C109" s="2" t="s">
+      <c r="C109" s="1" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>944</v>
       </c>
       <c r="B110" t="s">
         <v>1080</v>
       </c>
-      <c r="C110" s="2" t="s">
+      <c r="C110" s="1" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>896</v>
       </c>
       <c r="B111" t="s">
         <v>1033</v>
       </c>
-      <c r="C111" s="2" t="s">
+      <c r="C111" s="1" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>966</v>
       </c>
       <c r="B112" t="s">
         <v>1102</v>
       </c>
-      <c r="C112" s="2" t="s">
+      <c r="C112" s="1" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>967</v>
       </c>
       <c r="B113" t="s">
         <v>1103</v>
       </c>
-      <c r="C113" s="2" t="s">
+      <c r="C113" s="1" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>952</v>
       </c>
       <c r="B114" t="s">
         <v>1088</v>
       </c>
-      <c r="C114" s="2" t="s">
+      <c r="C114" s="1" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>968</v>
       </c>
       <c r="B115" t="s">
         <v>1104</v>
       </c>
-      <c r="C115" s="2" t="s">
+      <c r="C115" s="1" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>969</v>
       </c>
       <c r="B116" t="s">
         <v>1105</v>
       </c>
-      <c r="C116" s="2" t="s">
+      <c r="C116" s="1" t="s">
         <v>1232</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>970</v>
       </c>
       <c r="B117" t="s">
         <v>1106</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="C117" s="1" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>971</v>
       </c>
       <c r="B118" t="s">
         <v>1107</v>
       </c>
-      <c r="C118" s="2" t="s">
+      <c r="C118" s="1" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>972</v>
       </c>
       <c r="B119" t="s">
         <v>1108</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="C119" s="1" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>870</v>
       </c>
       <c r="B120" t="s">
         <v>1007</v>
       </c>
-      <c r="C120" s="2" t="s">
+      <c r="C120" s="1" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>929</v>
       </c>
       <c r="B121" t="s">
         <v>1066</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="C121" s="1" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>953</v>
       </c>
       <c r="B122" t="s">
         <v>1089</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="C122" s="1" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>973</v>
       </c>
       <c r="B123" t="s">
         <v>1109</v>
       </c>
-      <c r="C123" s="2" t="s">
+      <c r="C123" s="1" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>974</v>
       </c>
       <c r="B124" t="s">
         <v>1110</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="C124" s="1" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>905</v>
       </c>
       <c r="B125" t="s">
         <v>1042</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="C125" s="1" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>937</v>
       </c>
       <c r="B126" t="s">
         <v>1074</v>
       </c>
-      <c r="C126" s="2" t="s">
+      <c r="C126" s="1" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>975</v>
       </c>
       <c r="B127" t="s">
         <v>1111</v>
       </c>
-      <c r="C127" s="2" t="s">
+      <c r="C127" s="1" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>923</v>
       </c>
       <c r="B128" t="s">
         <v>1060</v>
       </c>
-      <c r="C128" s="2" t="s">
+      <c r="C128" s="1" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>976</v>
       </c>
       <c r="B129" t="s">
         <v>1112</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="C129" s="1" t="s">
         <v>1238</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>866</v>
       </c>
       <c r="B130" t="s">
         <v>1003</v>
       </c>
-      <c r="C130" s="2" t="s">
+      <c r="C130" s="1" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>879</v>
       </c>
       <c r="B131" t="s">
         <v>1016</v>
       </c>
-      <c r="C131" s="2" t="s">
+      <c r="C131" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>977</v>
       </c>
       <c r="B132" t="s">
         <v>1113</v>
       </c>
-      <c r="C132" s="2" t="s">
+      <c r="C132" s="1" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>916</v>
       </c>
       <c r="B133" t="s">
         <v>1053</v>
       </c>
-      <c r="C133" s="2" t="s">
+      <c r="C133" s="1" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>978</v>
       </c>
       <c r="B134" t="s">
         <v>1114</v>
       </c>
-      <c r="C134" s="2" t="s">
+      <c r="C134" s="1" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>979</v>
       </c>
       <c r="B135" t="s">
         <v>1115</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="C135" s="1" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>935</v>
       </c>
       <c r="B136" t="s">
         <v>1072</v>
       </c>
-      <c r="C136" s="2" t="s">
+      <c r="C136" s="1" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>872</v>
       </c>
       <c r="B137" t="s">
         <v>1009</v>
       </c>
-      <c r="C137" s="2" t="s">
+      <c r="C137" s="1" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>980</v>
       </c>
       <c r="B138" t="s">
         <v>1116</v>
       </c>
-      <c r="C138" s="2" t="s">
+      <c r="C138" s="1" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>981</v>
       </c>
       <c r="B139" t="s">
         <v>1117</v>
       </c>
-      <c r="C139" s="2" t="s">
+      <c r="C139" s="1" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>874</v>
       </c>
       <c r="B140" t="s">
         <v>1011</v>
       </c>
-      <c r="C140" s="2" t="s">
+      <c r="C140" s="1" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>899</v>
       </c>
       <c r="B141" t="s">
         <v>1036</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="C141" s="1" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>892</v>
       </c>
       <c r="B142" t="s">
         <v>1029</v>
       </c>
-      <c r="C142" s="2" t="s">
+      <c r="C142" s="1" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>982</v>
       </c>
       <c r="B143" t="s">
         <v>1118</v>
       </c>
-      <c r="C143" s="2" t="s">
+      <c r="C143" s="1" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>941</v>
       </c>
       <c r="B144" t="s">
         <v>1077</v>
       </c>
-      <c r="C144" s="2" t="s">
+      <c r="C144" s="1" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>983</v>
       </c>
       <c r="B145" t="s">
         <v>1119</v>
       </c>
-      <c r="C145" s="2" t="s">
+      <c r="C145" s="1" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>984</v>
       </c>
       <c r="B146" t="s">
         <v>1120</v>
       </c>
-      <c r="C146" s="2" t="s">
+      <c r="C146" s="1" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>985</v>
       </c>
       <c r="B147" t="s">
         <v>1121</v>
       </c>
-      <c r="C147" s="2" t="s">
+      <c r="C147" s="1" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>986</v>
       </c>
       <c r="B148" t="s">
         <v>1122</v>
       </c>
-      <c r="C148" s="2" t="s">
+      <c r="C148" s="1" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>987</v>
       </c>
       <c r="B149" t="s">
         <v>1123</v>
       </c>
-      <c r="C149" s="2" t="s">
+      <c r="C149" s="1" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>988</v>
       </c>
       <c r="B150" t="s">
         <v>1124</v>
       </c>
-      <c r="C150" s="2" t="s">
+      <c r="C150" s="1" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>989</v>
       </c>
       <c r="B151" t="s">
         <v>1125</v>
       </c>
-      <c r="C151" s="2" t="s">
+      <c r="C151" s="1" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>990</v>
       </c>
       <c r="B152" t="s">
         <v>1126</v>
       </c>
-      <c r="C152" s="2" t="s">
+      <c r="C152" s="1" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>938</v>
       </c>
       <c r="B153" t="s">
         <v>1075</v>
       </c>
-      <c r="C153" s="2" t="s">
+      <c r="C153" s="1" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>991</v>
       </c>
       <c r="B154" t="s">
         <v>1127</v>
       </c>
-      <c r="C154" s="2" t="s">
+      <c r="C154" s="1" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>887</v>
       </c>
       <c r="B155" t="s">
         <v>1024</v>
       </c>
-      <c r="C155" s="2" t="s">
+      <c r="C155" s="1" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>932</v>
       </c>
       <c r="B156" t="s">
         <v>1069</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="C156" s="1" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>869</v>
       </c>
       <c r="B157" t="s">
         <v>1006</v>
       </c>
-      <c r="C157" s="2" t="s">
+      <c r="C157" s="1" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>891</v>
       </c>
       <c r="B158" t="s">
         <v>1028</v>
       </c>
-      <c r="C158" s="2" t="s">
+      <c r="C158" s="1" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>954</v>
       </c>
       <c r="B159" t="s">
         <v>1090</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="C159" s="1" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>868</v>
       </c>
       <c r="B160" t="s">
         <v>1005</v>
       </c>
-      <c r="C160" s="2" t="s">
+      <c r="C160" s="1" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>992</v>
       </c>
       <c r="B161" t="s">
         <v>1128</v>
       </c>
-      <c r="C161" s="2" t="s">
+      <c r="C161" s="1" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>993</v>
       </c>
       <c r="B162" t="s">
         <v>1129</v>
       </c>
-      <c r="C162" s="2" t="s">
+      <c r="C162" s="1" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>994</v>
       </c>
       <c r="B163" t="s">
         <v>1130</v>
       </c>
-      <c r="C163" s="2" t="s">
+      <c r="C163" s="1" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>995</v>
       </c>
       <c r="B164" t="s">
         <v>1131</v>
       </c>
-      <c r="C164" s="2" t="s">
+      <c r="C164" s="1" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>996</v>
       </c>
       <c r="B165" t="s">
         <v>1132</v>
       </c>
-      <c r="C165" s="2" t="s">
+      <c r="C165" s="1" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>894</v>
       </c>
       <c r="B166" t="s">
         <v>1031</v>
       </c>
-      <c r="C166" s="2" t="s">
+      <c r="C166" s="1" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>885</v>
       </c>
       <c r="B167" t="s">
         <v>1022</v>
       </c>
-      <c r="C167" s="2" t="s">
+      <c r="C167" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>886</v>
       </c>
       <c r="B168" t="s">
         <v>1023</v>
       </c>
-      <c r="C168" s="2" t="s">
+      <c r="C168" s="1" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>997</v>
       </c>
       <c r="B169" t="s">
         <v>1133</v>
       </c>
-      <c r="C169" s="2" t="s">
+      <c r="C169" s="1" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>998</v>
       </c>
       <c r="B170" t="s">
         <v>1134</v>
       </c>
-      <c r="C170" s="2" t="s">
+      <c r="C170" s="1" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>999</v>
       </c>
       <c r="B171" t="s">
         <v>1135</v>
       </c>
-      <c r="C171" s="2" t="s">
+      <c r="C171" s="1" t="s">
         <v>1261</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
     <hyperlink ref="C15" r:id="rId14"/>
     <hyperlink ref="C16" r:id="rId15"/>
     <hyperlink ref="C17" r:id="rId16"/>
     <hyperlink ref="C18" r:id="rId17"/>
     <hyperlink ref="C19" r:id="rId18"/>
     <hyperlink ref="C20" r:id="rId19"/>
     <hyperlink ref="C21" r:id="rId20"/>