--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -301,107 +301,81 @@
     <t>Loss of Productivity and Revenue</t>
   </si>
   <si>
     <t>Loss of Protection</t>
   </si>
   <si>
     <t>Loss of Safety</t>
   </si>
   <si>
     <t>Loss of View</t>
   </si>
   <si>
     <t>Manipulation of Control</t>
   </si>
   <si>
     <t>Manipulation of View</t>
   </si>
   <si>
     <t>Theft of Operational Information</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="2">
+  <fonts count="1">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -666,84 +640,84 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="13" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2" t="s">
         <v>12</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>34</v>
       </c>
       <c r="D2" t="s">
         <v>40</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>47</v>
       </c>
       <c r="G2" t="s">
         <v>52</v>
       </c>