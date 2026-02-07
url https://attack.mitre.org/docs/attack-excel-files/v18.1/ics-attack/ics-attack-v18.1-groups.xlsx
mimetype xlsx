--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -487,90 +487,90 @@
   <si>
     <t>(Citation: CrowdStrike Carbon Spider August 2021), (Citation: Microsoft Ransomware as a Service), (Citation: Secureworks GOLD NIAGARA Threat Profile), ITG14 shares campaign overlap with [FIN7](https://attack.mitre.org/groups/G0046).(Citation: IBM Ransomware Trends September 2020), (Citation: Microsoft Threat Actor Naming July 2023)</t>
   </si>
   <si>
     <t>(Citation: CrowdStrike Evolution of Pinchy Spider July 2021)</t>
   </si>
   <si>
     <t>(Citation: SecureWorks August 2019), (Citation: ClearSky Siamesekitten August 2021), (Citation: Accenture Lyceum Targets November 2021)</t>
   </si>
   <si>
     <t>(Citation: Microsoft Threat Actor Naming July 2023), (Citation: US-CERT HIDDEN COBRA June 2017), The U.S. Government refers to malicious cyber activity by the North Korean government as HIDDEN COBRA.(Citation: US-CERT HIDDEN COBRA June 2017)(Citation: US-CERT HOPLIGHT Apr 2019), (Citation: CrowdStrike Labyrinth Chollima Feb 2022), (Citation: Secureworks NICKEL ACADEMY Dec 2017), (Citation: Microsoft ZINC disruption Dec 2017)</t>
   </si>
   <si>
     <t>This group was previously tracked under two distinct groups, APT34 and OilRig, but was combined due to additional reporting giving higher confidence about the overlap of the activity.(Citation: Unit 42 QUADAGENT July 2018)(Citation: FireEye APT34 Dec 2017)(Citation: Check Point APT34 April 2021), (Citation: Secureworks COBALT GYPSY Threat Profile), (Citation: Symantec Crambus OCT 2023), (Citation: Microsoft Threat Actor Naming July 2023), (Citation: Trend Micro Earth Simnavaz October 2024), (Citation: Unit42 OilRig Playbook 2023), (Citation: Microsoft Threat Actor Naming July 2023), (Citation: Unit 42 QUADAGENT July 2018)(Citation: Crowdstrike Helix Kitten Nov 2018), (Citation: Crowdstrike Helix Kitten Nov 2018), (Citation: IBM ZeroCleare Wiper December 2019), (Citation: Proofpoint Iranian Aligned Attacks JAN 2020)</t>
   </si>
   <si>
     <t>(Citation: mandiant_apt44_unearthing_sandworm), (Citation: NCSC Sandworm Feb 2020)(Citation: UK NCSC Olympic Attacks October 2020), (Citation: Dragos ELECTRUM)(Citation: UK NCSC Olympic Attacks October 2020), (Citation: Leonard TAG 2023), (Citation: Microsoft Prestige ransomware October 2022), (Citation: Secureworks IRON VIKING )(Citation: US District Court Indictment GRU Unit 74455 October 2020)(Citation: UK NCSC Olympic Attacks October 2020), (Citation: iSIGHT Sandworm 2014) (Citation: F-Secure BlackEnergy 2014)(Citation: UK NCSC Olympic Attacks October 2020), (Citation: Microsoft Threat Actor Naming July 2023), (Citation: NCSC Sandworm Feb 2020)(Citation: US District Court Indictment GRU Unit 74455 October 2020)(Citation: UK NCSC Olympic Attacks October 2020), (Citation: CrowdStrike VOODOO BEAR)(Citation: US District Court Indictment GRU Unit 74455 October 2020)(Citation: UK NCSC Olympic Attacks October 2020)</t>
   </si>
   <si>
     <t>The activity group XENOTIME, as defined by Dragos, has overlaps with activity reported upon by FireEye about TEMP.Veles as well as the actors behind [TRITON](https://attack.mitre.org/software/S0609).(Citation: Dragos Xenotime 2018)(Citation: Pylos Xenotime 2019)(Citation: FireEye TRITON 2019)(Citation: FireEye TEMP.Veles 2018)</t>
   </si>
   <si>
     <t>(Citation: Microsoft Threat Actor Naming July 2023), (Citation: Mandiant FIN12 Oct 2021), (Citation: Secureworks Gold Blackburn Mar 2022), (Citation: CrowdStrike Ryuk January 2019)(Citation: CrowdStrike Grim Spider May 2019), (Citation: IBM X-Force ITG23 Oct 2021), (Citation: Microsoft Threat Actor Naming July 2023), (Citation: FireEye Ryuk and Trickbot January 2019), (Citation: FireEye KEGTAP SINGLEMALT October 2020)</t>
   </si>
   <si>
-    <t>,(Citation: Eduard Kovacs May 2018),(Citation: ICS-CERT October 2017),(Citation: Jeff Jones May 2018),(Citation: Dragos),</t>
-[...2 lines deleted...]
-    <t>,(Citation: Dragos),(Citation: Andy Greenburg June 2019),(Citation: Symantec March 2019),(Citation: Jacqueline O'Leary et al. September 2017),(Citation: Junnosuke Yagi March 2017),</t>
+    <t>,(Citation: Jeff Jones May 2018),(Citation: Dragos),(Citation: ICS-CERT October 2017),(Citation: Eduard Kovacs May 2018),</t>
+  </si>
+  <si>
+    <t>,(Citation: Andy Greenburg June 2019),(Citation: Jacqueline O'Leary et al. September 2017),(Citation: Junnosuke Yagi March 2017),(Citation: Symantec March 2019),(Citation: Dragos),</t>
   </si>
   <si>
     <t>(Citation: ESET Lazarus KillDisk April 2018),,</t>
   </si>
   <si>
     <t>,,(Citation: CISA AA23-335A IRGC-Affiliated December 2023)</t>
   </si>
   <si>
     <t>(Citation: Gigamon Berserk Bear October 2021),(Citation: Symantec Dragonfly),(Citation: Symantec Security Response July 2014),</t>
   </si>
   <si>
     <t>(Citation: FireEye FIN6 Apr 2019),,</t>
   </si>
   <si>
-    <t>(Citation: IBM Ransomware Trends September 2020),(Citation: FBI Flash FIN7 USB),(Citation: CrowdStrike Carbon Spider August 2021),(Citation: Microsoft Ransomware as a Service),,</t>
+    <t>(Citation: Microsoft Ransomware as a Service),(Citation: IBM Ransomware Trends September 2020),(Citation: FBI Flash FIN7 USB),(Citation: CrowdStrike Carbon Spider August 2021),,</t>
   </si>
   <si>
     <t>(Citation: Secureworks REvil September 2019),(Citation: Secureworks GandCrab and REvil September 2019),,</t>
   </si>
   <si>
     <t>,,</t>
   </si>
   <si>
-    <t>(Citation: FireEye APT38 Oct 2018),(Citation: FireEye WannaCry 2017),(Citation: LogRhythm WannaCry),(Citation: SecureWorks WannaCry Analysis),(Citation: Novetta Threat Research Group February 2016),(Citation: Eduard Kovacs March 2018),</t>
-[...11 lines deleted...]
-    <t>(Citation: DFIR Ryuk 2 Hour Speed Run November 2020),(Citation: Microsoft Ransomware as a Service),(Citation: DFIR Ryuk's Return October 2020),(Citation: Mandiant FIN12 Oct 2021),(Citation: CrowdStrike Ryuk January 2019),(Citation: Sophos New Ryuk Attack October 2020),(Citation: Red Canary Hospital Thwarted Ryuk October 2020),(Citation: CrowdStrike Wizard Spider October 2020),(Citation: DHS/CISA Ransomware Targeting Healthcare October 2020),(Citation: DFIR Ryuk in 5 Hours October 2020),(Citation: FireEye KEGTAP SINGLEMALT October 2020),,</t>
+    <t>(Citation: SecureWorks WannaCry Analysis),(Citation: LogRhythm WannaCry),(Citation: FireEye WannaCry 2017),(Citation: FireEye APT38 Oct 2018),(Citation: Novetta Threat Research Group February 2016),(Citation: Eduard Kovacs March 2018),</t>
+  </si>
+  <si>
+    <t>,(Citation: Robert Falcone, Bryan Lee May 2016),(Citation: Dragos),(Citation: Eduard Kovacs May 2018),</t>
+  </si>
+  <si>
+    <t>(Citation: Secureworks IRON VIKING),(Citation: mandiant_apt44_unearthing_sandworm),(Citation: UK NCSC Olympic Attacks October 2020),(Citation: Industroyer2 ESET April 2022),(Citation: NCSC Sandworm Feb 2020),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Dragos Crashoverride 2018),(Citation: Dragos Crashoverride 2017),(Citation: Trend Micro Cyclops Blink March 2022),(Citation: iSIGHT Sandworm 2014),(Citation: NCSC CISA Cyclops Blink Advisory February 2022),(Citation: Secureworks IRON VIKING ),(Citation: ESET Industroyer),(Citation: F-Secure BlackEnergy 2014),(Citation: Dragos Inc. June 2017),(Citation: ICS CERT September 2018),(Citation: ICS-CERT December 2014),(Citation: Dragos October 2018),(Citation: Mandiant-Sandworm-Ukraine-2022),(Citation: Dragos-Sandworm-Ukraine-2022),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Joe Slowik August 2019),(Citation: Andy Greenberg June 2017)</t>
+  </si>
+  <si>
+    <t>(Citation: Dragos Xenotime 2018),(Citation: Chris Bing May 2018),(Citation: Dragos Threat Intelligence August 2019),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018)</t>
+  </si>
+  <si>
+    <t>(Citation: FireEye KEGTAP SINGLEMALT October 2020),(Citation: Sophos New Ryuk Attack October 2020),(Citation: Microsoft Ransomware as a Service),(Citation: Red Canary Hospital Thwarted Ryuk October 2020),(Citation: DHS/CISA Ransomware Targeting Healthcare October 2020),(Citation: Mandiant FIN12 Oct 2021),(Citation: DFIR Ryuk's Return October 2020),(Citation: CrowdStrike Wizard Spider October 2020),(Citation: CrowdStrike Ryuk January 2019),(Citation: DFIR Ryuk in 5 Hours October 2020),(Citation: DFIR Ryuk 2 Hour Speed Run November 2020),,</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
   <si>
     <t>target ref</t>
   </si>
@@ -2444,119 +2444,93 @@
     <t>https://www.secureworks.com/research/threat-profiles/gold-southfield</t>
   </si>
   <si>
     <t>https://go.crowdstrike.com/rs/281-OBQ-266/images/Report2021GTR.pdf</t>
   </si>
   <si>
     <t>https://www.justice.gov/opa/pr/three-north-korean-military-hackers-indicted-wide-ranging-scheme-commit-cyberattacks-and</t>
   </si>
   <si>
     <t>https://us-cert.cisa.gov/ncas/alerts/aa20-239a</t>
   </si>
   <si>
     <t>https://securelist.com/lazarus-under-the-hood/77908/</t>
   </si>
   <si>
     <t>https://www.crowdstrike.com/blog/meet-crowdstrikes-adversary-of-the-month-for-april-stardust-chollima/</t>
   </si>
   <si>
     <t>https://www.secureworks.com/research/threat-profiles/nickel-gladstone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2827,631 +2801,631 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0064" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0082" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1027" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0035" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0037" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0046" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0115" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G1001" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0032" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0049" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0034" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0088" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/groups/G0102" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wired.com/story/russian-hackers-attack-ukraine/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wired.com/story/iran-hackers-us-phishing-tensions/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-335a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cyberscoop.com/xenotime-ics-cyber-attacks-trisis-dragos/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/carbon-spider-embraces-big-game-hunting-part-1/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/big-game-hunting-with-ryuk-another-lucrative-targeted-ransomware/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/wizard-spider-adversary-update/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/11/05/ryuk-speed-run-2-hours-to-ransom/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/10/18/ryuk-in-5-hours/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://thedfirreport.com/2020/10/08/ryuks-return/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us-cert.cisa.gov/ncas/alerts/aa20-302a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/allanite/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/crashoverride/CrashOverride-01.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/blog/crashoverride/CrashOverride-01.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/wp-content/uploads/Dragos-Oil-and-Gas-Threat-Perspective-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/xenotime/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/blog/new-details-electrum-ukraine-electric-sector-compromise-2022/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2018/04/03/lazarus-killdisk-central-american-casino/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.securityweek.com/five-threat-groups-target-industrial-systems-dragos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20220120001230/https://www.cyberviser.com/2018/05/group-linked-to-shamoon-attacks-targeting-ics-networks-in-middle-east-and-uk/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog-assets.f-secure.com/wp-content/uploads/2019/10/15163408/BlackEnergy_Quedagh.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://therecord.media/fbi-fin7-hackers-target-us-companies-with-badusb-devices-to-install-ransomware/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-09/rpt-apt38-2018-web_v5-1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/04/pick-six-intercepting-a-fin6-intrusion.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2020/10/kegtap-and-singlemalt-with-a-ransomware-chaser.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/10/triton-attribution-russian-government-owned-lab-most-likely-built-tools.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/05/wannacry-malware-profile.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vblocalhost.com/uploads/VB2021-Slowik.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/ransomware-2020-attack-trends-new-techniques-affecting-organizations-worldwide/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ics/advisories/ICSA-11-094-02B" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ics/alerts/ICS-ALERT-14-281-01B" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ncas/alerts/TA17-293A" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/2022/04/12/industroyer2-industroyer-reloaded/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/09/apt33-insights-into-iranian-cyber-espionage.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eisac.com/public-news-detail?id=115909" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/wp-content/uploads/CRASHOVERRIDE.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/security-center/writeup/2017-030708-4403-99" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20230522041200/https://logrhythm.com/blog/a-technical-analysis-of-wannacry-ransomware/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-10/fin12-group-profile.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/blog/sandworm-disrupts-power-ukraine-operational-technology" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/05/09/ransomware-as-a-service-understanding-the-cybercrime-gig-economy-and-how-to-protect-yourself/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/joint-advisory-shows-new-sandworm-malware-cyclops-blink-replaces-vpnfilter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/ncsc-supports-sandworm-advisory" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20220707091904/https://www.operationblockbuster.com/wp-content/uploads/2016/02/Operation-Blockbuster-Report.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redcanary.com/blog/how-one-hospital-thwarted-a-ryuk-ransomware-outbreak/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unit42.paloaltonetworks.com/the-oilrig-campaign-attacks-on-saudi-arabian-organizations-deliver-helminth-backdoor/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/wcry-ransomware-analysis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/blog/revil-the-gandcrab-connection" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/revil-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://news.sophos.com/en-us/2020/10/14/inside-a-new-ryuk-ransomware-attack/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.broadcom.com/symantecenterprise/communities/community-home/librarydocuments/viewdocument?DocumentKey=7382dce7-0260-4782-84cc-890971ed3f17&amp;CommunityKey=1ecf5f55-9545-44d6-b0f4-4e4a7f5f5e68&amp;tab=librarydocuments" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/blogs/threat-intelligence/elfin-apt33-espionage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/dragonfly_threat_against_western_energy_suppliers" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/22/c/cyclops-blink-sets-sights-on-asus-routers--.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/news/uk-exposes-series-of-russian-cyber-attacks-against-olympic-and-paralympic-games" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2016/01/ukraine-and-sandworm-team.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://services.google.com/fh/files/misc/apt44-unearthing-sandworm.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/uscert/ncas/alerts/aa20-296a" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/pr/four-russian-government-employees-charged-two-historical-hacking-campaigns-targeting-critical" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/threat/dymalloy/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fortune.com/2017/09/06/hack-energy-grid-symantec/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/ukraine-crisis-cyber-threats" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learn.microsoft.com/en-us/microsoft-365/security/intelligence/microsoft-threat-actor-naming?view=o365-worldwide" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/mcmd-malware-analysis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/resurgent-iron-liberty-targeting-energy-sector" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/updated-karagany-malware-targets-energy-sector" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vblocalhost.com/uploads/VB2021-Slowik.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.broadcom.com/doc/dragonfly_threat_against_western_energy_suppliers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://community.broadcom.com/symantecenterprise/communities/community-home/librarydocuments/viewdocument?DocumentKey=7382dce7-0260-4782-84cc-890971ed3f17&amp;CommunityKey=1ecf5f55-9545-44d6-b0f4-4e4a7f5f5e68&amp;tab=librarydocuments" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://symantec-enterprise-blogs.security.com/blogs/threat-intelligence/dragonfly-energy-sector-cyber-attacks" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/russias-fsb-malign-cyber-activity-factsheet/russias-fsb-malign-activity-factsheet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.accenture.com/us-en/blogs/cyber-defense/iran-based-lyceum-campaigns" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clearskysec.com/siamesekitten/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/hexane/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vblocalhost.com/uploads/VB2021-Kayal-etal.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/blog/lyceum-takes-center-stage-in-middle-east-campaign" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brighttalk.com/webcast/10703/275683" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/security/blog/2020/06/18/inside-microsoft-threat-protection-mapping-attack-chains-from-cloud-to-endpoint/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/09/apt33-insights-into-iranian-cyber-espionage.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.symantec.com/blogs/threat-intelligence/elfin-apt33-espionage" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/allanite/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.google/threat-analysis-group/ukraine-remains-russias-biggest-cyber-focus-in-2023/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/page/file/1098481/download" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/resource/electrum/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog-assets.f-secure.com/wp-content/uploads/2019/10/15163408/BlackEnergy_Quedagh.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2016/01/ukraine-and-sandworm-team.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/meet-crowdstrikes-adversary-of-the-month-for-january-voodoo-bear/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/10/14/new-prestige-ransomware-impacts-organizations-in-ukraine-and-poland/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.infosecurity-magazine.com/news/microsoft-zero-day-traced-russian/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncsc.gov.uk/news/ncsc-supports-sandworm-advisory" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2017-2021.state.gov/the-united-states-condemns-russian-cyber-attack-against-the-country-of-georgia/index.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://services.google.com/fh/files/misc/apt44-unearthing-sandworm.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/iron-viking" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/news/uk-exposes-series-of-russian-cyber-attacks-against-olympic-and-paralympic-games" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20210723190317/https://adversary.crowdstrike.com/en-US/adversary/labyrinth-chollima/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/north-korea-cyber-structure-alignment-2023" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloud.google.com/blog/topics/threat-intelligence/mapping-dprk-groups-to-government/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20160226161828/https://www.operationblockbuster.com/wp-content/uploads/2016/02/Operation-Blockbuster-Report.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/about/press/media-alert-secureworks-discovers-north-korean-cyber-threat-group-lazarus-spearphishing" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.microsoft.com/on-the-issues/2017/12/19/microsoft-facebook-disrupt-zinc-malware-attack-protect-customers-internet-ongoing-cyberthreats/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.treasury.gov/news/press-releases/sm774" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ncas/alerts/TA17-164A" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.us-cert.gov/ncas/analysis-reports/AR19-100A" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogs.jpcert.or.jp/en/2025/03/classifying-lazaruss-subgroup.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.checkpoint.com/2021/irans-apt34-returns-with-an-updated-arsenal/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clearskysec.com/oilrig/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trendmicro.com/en_us/research/24/j/earth-simnavaz-cyberattacks.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchcenter.paloaltonetworks.com/2016/05/the-oilrig-campaign-attacks-on-saudi-arabian-organizations-deliver-helminth-backdoor/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchcenter.paloaltonetworks.com/2017/04/unit42-oilrig-actors-provide-glimpse-development-testing-efforts/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://researchcenter.paloaltonetworks.com/2016/10/unit42-oilrig-malware-campaign-updates-toolset-and-expands-targets/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/new-destructive-wiper-zerocleare-targets-energy-sector-in-the-middle-east/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://researchcenter.paloaltonetworks.com/2018/07/unit42-oilrig-targets-technology-service-provider-government-agency-quadagent/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/meet-crowdstrikes-adversary-of-the-month-for-november-helix-kitten/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.proofpoint.com/us/corporate-blog/post/iranian-state-sponsored-and-aligned-attacks-what-you-need-know-and-steps-protect" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/targeted-attack-in-middle-east-by-apt34.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/cobalt-gypsy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.security.com/threat-intelligence/crambus-middle-east-government" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pan-unit42.github.io/playbook_viewer/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pan-unit42.github.io/playbook_viewer/?pb=evasive-serpens" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/evolution-of-fin7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/06/behind-the-carbanak-backdoor.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bi-zone.medium.com/from-pentest-to-apt-attack-cybercriminal-group-fin7-disguises-its-malware-as-an-ethical-hackers-c23c9a75e319" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/04/fin7-phishing-lnk.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/08/fin7-pursuing-an-enigmatic-and-evasive-global-criminal-operation.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/gold-niagara" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/05/fin7-shim-databases-persistence.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://blog.morphisec.com/fin7-attacks-restaurant-industry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/carbon-spider-embraces-big-game-hunting-part-1/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microsoft.com/en-us/security/blog/2022/05/09/ransomware-as-a-service-understanding-the-cybercrime-gig-economy-and-how-to-protect-yourself/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20180808125108/https:/www.fireeye.com/blog/threat-research/2017/03/fin7_spear_phishing.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/ransomware-2020-attack-trends-new-techniques-affecting-organizations-worldwide/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us-cert.cisa.gov/ncas/alerts/aa20-302a" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/01/a-nasty-trick-from-credential-theft-malware-to-business-disruption.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/big-game-hunting-with-ryuk-another-lucrative-targeted-ransomware/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/timelining-grim-spiders-big-game-hunting-tactics/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2020/10/kegtap-and-singlemalt-with-a-ransomware-chaser.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/wizard-spider-adversary-update/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/gold-blackburn" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-10/fin12-group-profile.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/trickbot-gang-doubles-down-enterprise-infection/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/resource/xenotime/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/10/triton-attribution-russian-government-owned-lab-most-likely-built-tools.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/04/triton-actor-ttp-profile-custom-attack-tools-detections.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/content/dam/fireeye-www/blog/files/TRITON_Appendix_C.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pylos.co/2019/04/12/a-xenotime-to-remember-veles-in-the-wild/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crowdstrike.lookbookhq.com/global-threat-report-2018-web/cs-2018-global-threat-report" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20190807112824/https://www2.fireeye.com/rs/848-DID-242/images/rpt-fin6.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2019/04/pick-six-intercepting-a-fin6-intrusion.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/itg08-aka-fin6-partners-with-trickbot-gang-uses-anchor-framework/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securityintelligence.com/posts/more_eggs-anyone-threat-actor-itg08-strikes-again/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/revil-sodinokibi-ransomware" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/the-evolution-of-revil-ransomware-and-pinchy-spider/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/blog/revil-the-gandcrab-connection" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/gold-southfield" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.crowdstrike.com/rs/281-OBQ-266/images/Report2021GTR.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/pr/three-north-korean-military-hackers-indicted-wide-ranging-scheme-commit-cyberattacks-and" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us-cert.cisa.gov/ncas/alerts/aa20-239a" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/sites/default/files/2021-09/rpt-apt38-2018-web_v5-1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://securelist.com/lazarus-under-the-hood/77908/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crowdstrike.com/blog/meet-crowdstrikes-adversary-of-the-month-for-april-stardust-chollima/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.secureworks.com/research/threat-profiles/nickel-gladstone" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-335a" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>55</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>83</v>
       </c>
       <c r="G2" t="s">
         <v>92</v>
       </c>
       <c r="H2" t="s">
         <v>104</v>
       </c>
       <c r="I2" t="s">
         <v>108</v>
       </c>
       <c r="J2" t="s">
         <v>117</v>
       </c>
       <c r="K2" t="s">
         <v>127</v>
       </c>
       <c r="M2" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>42</v>
       </c>
       <c r="D3" t="s">
         <v>56</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F3" t="s">
         <v>84</v>
       </c>
       <c r="G3" t="s">
         <v>93</v>
       </c>
       <c r="H3" t="s">
         <v>105</v>
       </c>
       <c r="I3" t="s">
         <v>109</v>
       </c>
       <c r="J3" t="s">
         <v>117</v>
       </c>
       <c r="K3" t="s">
         <v>128</v>
       </c>
       <c r="L3" t="s">
         <v>141</v>
       </c>
       <c r="M3" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>71</v>
       </c>
       <c r="F4" t="s">
         <v>85</v>
       </c>
       <c r="G4" t="s">
         <v>94</v>
       </c>
       <c r="H4" t="s">
         <v>106</v>
       </c>
       <c r="I4" t="s">
         <v>110</v>
       </c>
       <c r="J4" t="s">
         <v>118</v>
       </c>
       <c r="K4" t="s">
         <v>129</v>
       </c>
       <c r="L4" t="s">
         <v>142</v>
       </c>
       <c r="M4" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>86</v>
       </c>
       <c r="G5" t="s">
         <v>95</v>
       </c>
       <c r="H5" t="s">
         <v>104</v>
       </c>
       <c r="I5" t="s">
         <v>108</v>
       </c>
       <c r="K5" t="s">
         <v>130</v>
       </c>
       <c r="L5" t="s">
         <v>143</v>
       </c>
       <c r="M5" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>73</v>
       </c>
       <c r="F6" t="s">
         <v>83</v>
       </c>
       <c r="G6" t="s">
         <v>96</v>
       </c>
       <c r="H6" t="s">
         <v>106</v>
       </c>
       <c r="I6" t="s">
         <v>111</v>
       </c>
       <c r="J6" t="s">
         <v>117</v>
       </c>
       <c r="K6" t="s">
         <v>131</v>
       </c>
       <c r="L6" t="s">
         <v>144</v>
       </c>
       <c r="M6" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>46</v>
       </c>
       <c r="D7" t="s">
         <v>60</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>83</v>
       </c>
       <c r="G7" t="s">
         <v>97</v>
       </c>
       <c r="H7" t="s">
         <v>106</v>
       </c>
       <c r="I7" t="s">
         <v>111</v>
       </c>
       <c r="J7" t="s">
         <v>119</v>
       </c>
       <c r="K7" t="s">
         <v>132</v>
       </c>
       <c r="L7" t="s">
         <v>145</v>
       </c>
       <c r="M7" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>75</v>
       </c>
       <c r="F8" t="s">
         <v>83</v>
       </c>
       <c r="G8" t="s">
         <v>98</v>
       </c>
       <c r="H8" t="s">
         <v>106</v>
       </c>
       <c r="I8" t="s">
         <v>112</v>
       </c>
       <c r="J8" t="s">
         <v>120</v>
       </c>
       <c r="K8" t="s">
         <v>133</v>
       </c>
       <c r="L8" t="s">
         <v>146</v>
       </c>
       <c r="M8" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>62</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>87</v>
       </c>
       <c r="G9" t="s">
         <v>92</v>
       </c>
       <c r="H9" t="s">
         <v>106</v>
       </c>
       <c r="I9" t="s">
         <v>109</v>
       </c>
       <c r="J9" t="s">
         <v>121</v>
       </c>
       <c r="K9" t="s">
         <v>134</v>
       </c>
       <c r="L9" t="s">
         <v>147</v>
       </c>
       <c r="M9" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
       <c r="C10" t="s">
         <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F10" t="s">
         <v>88</v>
       </c>
       <c r="G10" t="s">
         <v>99</v>
       </c>
       <c r="H10" t="s">
         <v>106</v>
       </c>
       <c r="I10" t="s">
         <v>113</v>
       </c>
       <c r="J10" t="s">
         <v>122</v>
       </c>
       <c r="K10" t="s">
         <v>135</v>
       </c>
       <c r="L10" t="s">
         <v>148</v>
       </c>
       <c r="M10" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
         <v>64</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>78</v>
       </c>
       <c r="F11" t="s">
         <v>83</v>
       </c>
       <c r="G11" t="s">
         <v>98</v>
       </c>
       <c r="H11" t="s">
         <v>106</v>
       </c>
       <c r="I11" t="s">
         <v>114</v>
       </c>
       <c r="J11" t="s">
         <v>123</v>
       </c>
       <c r="K11" t="s">
         <v>136</v>
       </c>
       <c r="L11" t="s">
         <v>149</v>
       </c>
       <c r="M11" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>79</v>
       </c>
       <c r="F12" t="s">
         <v>89</v>
       </c>
       <c r="G12" t="s">
         <v>100</v>
       </c>
       <c r="H12" t="s">
         <v>106</v>
       </c>
       <c r="I12" t="s">
         <v>114</v>
       </c>
       <c r="J12" t="s">
         <v>124</v>
       </c>
       <c r="K12" t="s">
         <v>137</v>
       </c>
       <c r="L12" t="s">
         <v>150</v>
       </c>
       <c r="M12" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>66</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F13" t="s">
         <v>83</v>
       </c>
       <c r="G13" t="s">
         <v>101</v>
       </c>
       <c r="H13" t="s">
         <v>107</v>
       </c>
       <c r="I13" t="s">
         <v>115</v>
       </c>
       <c r="J13" t="s">
         <v>125</v>
       </c>
       <c r="K13" t="s">
         <v>138</v>
       </c>
       <c r="L13" t="s">
         <v>151</v>
       </c>
       <c r="M13" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>67</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>81</v>
       </c>
       <c r="F14" t="s">
         <v>90</v>
       </c>
       <c r="G14" t="s">
         <v>102</v>
       </c>
       <c r="H14" t="s">
         <v>106</v>
       </c>
       <c r="I14" t="s">
         <v>116</v>
       </c>
       <c r="J14" t="s">
         <v>117</v>
       </c>
       <c r="K14" t="s">
         <v>139</v>
       </c>
       <c r="L14" t="s">
         <v>152</v>
       </c>
       <c r="M14" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
         <v>26</v>
       </c>
       <c r="B15" t="s">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>54</v>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F15" t="s">
         <v>91</v>
       </c>
       <c r="G15" t="s">
         <v>103</v>
       </c>
       <c r="H15" t="s">
         <v>106</v>
       </c>
       <c r="I15" t="s">
         <v>111</v>
       </c>
       <c r="J15" t="s">
         <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>140</v>
       </c>
       <c r="L15" t="s">
         <v>153</v>
       </c>
       <c r="M15" t="s">
         <v>167</v>
@@ -3465,87 +3439,87 @@
     <hyperlink ref="E5" r:id="rId4"/>
     <hyperlink ref="E6" r:id="rId5"/>
     <hyperlink ref="E7" r:id="rId6"/>
     <hyperlink ref="E8" r:id="rId7"/>
     <hyperlink ref="E9" r:id="rId8"/>
     <hyperlink ref="E10" r:id="rId9"/>
     <hyperlink ref="E11" r:id="rId10"/>
     <hyperlink ref="E12" r:id="rId11"/>
     <hyperlink ref="E13" r:id="rId12"/>
     <hyperlink ref="E14" r:id="rId13"/>
     <hyperlink ref="E15" r:id="rId14"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>168</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>169</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>170</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>171</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>172</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>173</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>174</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>175</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>176</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>177</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>29</v>
       </c>
       <c r="D2" t="s">
         <v>178</v>
       </c>
       <c r="E2" t="s">
         <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>180</v>
       </c>
       <c r="G2" t="s">
         <v>193</v>
       </c>
@@ -4175,87 +4149,87 @@
       </c>
       <c r="K17" t="s">
         <v>250</v>
       </c>
       <c r="L17" t="s">
         <v>253</v>
       </c>
       <c r="M17" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>168</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>169</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>170</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>171</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>172</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>173</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>174</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>175</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>176</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>177</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>13</v>
       </c>
       <c r="B2" t="s">
         <v>41</v>
       </c>
       <c r="C2" t="s">
         <v>27</v>
       </c>
       <c r="D2" t="s">
         <v>178</v>
       </c>
       <c r="E2" t="s">
         <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>263</v>
       </c>
       <c r="G2" t="s">
         <v>273</v>
       </c>
@@ -5049,87 +5023,87 @@
       </c>
       <c r="K21" t="s">
         <v>333</v>
       </c>
       <c r="L21" t="s">
         <v>88</v>
       </c>
       <c r="M21" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>168</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>169</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>170</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>171</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>172</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>173</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>174</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>175</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>176</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>177</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>337</v>
       </c>
       <c r="B2" t="s">
         <v>342</v>
       </c>
       <c r="C2" t="s">
         <v>347</v>
       </c>
       <c r="D2" t="s">
         <v>352</v>
       </c>
       <c r="E2" t="s">
         <v>353</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>52</v>
       </c>
@@ -5308,1967 +5282,1967 @@
       </c>
       <c r="K6" t="s">
         <v>363</v>
       </c>
       <c r="L6" t="s">
         <v>86</v>
       </c>
       <c r="M6" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C176"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>367</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>368</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>369</v>
       </c>
       <c r="B2" t="s">
         <v>517</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>370</v>
       </c>
       <c r="B3" t="s">
         <v>518</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>371</v>
       </c>
       <c r="B4" t="s">
         <v>519</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>372</v>
       </c>
       <c r="B5" t="s">
         <v>520</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>373</v>
       </c>
       <c r="B6" t="s">
         <v>521</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>374</v>
       </c>
       <c r="B7" t="s">
         <v>522</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>375</v>
       </c>
       <c r="B8" t="s">
         <v>523</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>376</v>
       </c>
       <c r="B9" t="s">
         <v>524</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>377</v>
       </c>
       <c r="B10" t="s">
         <v>525</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>378</v>
       </c>
       <c r="B11" t="s">
         <v>526</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>379</v>
       </c>
       <c r="B12" t="s">
         <v>527</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>380</v>
       </c>
       <c r="B13" t="s">
         <v>528</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="1" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>381</v>
       </c>
       <c r="B14" t="s">
         <v>529</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>382</v>
       </c>
       <c r="B15" t="s">
         <v>530</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="1" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>383</v>
       </c>
       <c r="B16" t="s">
         <v>531</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="C16" s="1" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>384</v>
       </c>
       <c r="B17" t="s">
         <v>532</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="1" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>385</v>
       </c>
       <c r="B18" t="s">
         <v>533</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="1" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>386</v>
       </c>
       <c r="B19" t="s">
         <v>534</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>387</v>
       </c>
       <c r="B20" t="s">
         <v>535</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="C20" s="1" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>388</v>
       </c>
       <c r="B21" t="s">
         <v>536</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C21" s="1" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>389</v>
       </c>
       <c r="B22" t="s">
         <v>537</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="C22" s="1" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>390</v>
       </c>
       <c r="B23" t="s">
         <v>538</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="1" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>391</v>
       </c>
       <c r="B24" t="s">
         <v>539</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C24" s="1" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>392</v>
       </c>
       <c r="B25" t="s">
         <v>540</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="C25" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>393</v>
       </c>
       <c r="B26" t="s">
         <v>541</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="1" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>394</v>
       </c>
       <c r="B27" t="s">
         <v>542</v>
       </c>
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="1" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>395</v>
       </c>
       <c r="B28" t="s">
         <v>543</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="1" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>396</v>
       </c>
       <c r="B29" t="s">
         <v>544</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>397</v>
       </c>
       <c r="B30" t="s">
         <v>545</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="C30" s="1" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>398</v>
       </c>
       <c r="B31" t="s">
         <v>546</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="C31" s="1" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>399</v>
       </c>
       <c r="B32" t="s">
         <v>547</v>
       </c>
-      <c r="C32" s="2" t="s">
+      <c r="C32" s="1" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>400</v>
       </c>
       <c r="B33" t="s">
         <v>548</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="C33" s="1" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>401</v>
       </c>
       <c r="B34" t="s">
         <v>549</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="C34" s="1" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>402</v>
       </c>
       <c r="B35" t="s">
         <v>550</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C35" s="1" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>403</v>
       </c>
       <c r="B36" t="s">
         <v>551</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="C36" s="1" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>404</v>
       </c>
       <c r="B37" t="s">
         <v>552</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="C37" s="1" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>405</v>
       </c>
       <c r="B38" t="s">
         <v>553</v>
       </c>
-      <c r="C38" s="2" t="s">
+      <c r="C38" s="1" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>406</v>
       </c>
       <c r="B39" t="s">
         <v>554</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="C39" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>407</v>
       </c>
       <c r="B40" t="s">
         <v>555</v>
       </c>
-      <c r="C40" s="2" t="s">
+      <c r="C40" s="1" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>408</v>
       </c>
       <c r="B41" t="s">
         <v>556</v>
       </c>
-      <c r="C41" s="2" t="s">
+      <c r="C41" s="1" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>409</v>
       </c>
       <c r="B42" t="s">
         <v>557</v>
       </c>
-      <c r="C42" s="2" t="s">
+      <c r="C42" s="1" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
         <v>410</v>
       </c>
       <c r="B43" t="s">
         <v>558</v>
       </c>
-      <c r="C43" s="2" t="s">
+      <c r="C43" s="1" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
         <v>411</v>
       </c>
       <c r="B44" t="s">
         <v>559</v>
       </c>
-      <c r="C44" s="2" t="s">
+      <c r="C44" s="1" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
         <v>412</v>
       </c>
       <c r="B45" t="s">
         <v>560</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="C45" s="1" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>413</v>
       </c>
       <c r="B46" t="s">
         <v>561</v>
       </c>
-      <c r="C46" s="2" t="s">
+      <c r="C46" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>414</v>
       </c>
       <c r="B47" t="s">
         <v>562</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="C47" s="1" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>415</v>
       </c>
       <c r="B48" t="s">
         <v>563</v>
       </c>
-      <c r="C48" s="2" t="s">
+      <c r="C48" s="1" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>416</v>
       </c>
       <c r="B49" t="s">
         <v>564</v>
       </c>
-      <c r="C49" s="2" t="s">
+      <c r="C49" s="1" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>417</v>
       </c>
       <c r="B50" t="s">
         <v>565</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="C50" s="1" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
         <v>418</v>
       </c>
       <c r="B51" t="s">
         <v>566</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="C51" s="1" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
         <v>419</v>
       </c>
       <c r="B52" t="s">
         <v>567</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="C52" s="1" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
         <v>420</v>
       </c>
       <c r="B53" t="s">
         <v>568</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="C53" s="1" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
         <v>421</v>
       </c>
       <c r="B54" t="s">
         <v>569</v>
       </c>
-      <c r="C54" s="2" t="s">
+      <c r="C54" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
         <v>422</v>
       </c>
       <c r="B55" t="s">
         <v>569</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="C55" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
         <v>423</v>
       </c>
       <c r="B56" t="s">
         <v>570</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="C56" s="1" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
         <v>424</v>
       </c>
       <c r="B57" t="s">
         <v>571</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="C57" s="1" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
         <v>425</v>
       </c>
       <c r="B58" t="s">
         <v>572</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="C58" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>426</v>
       </c>
       <c r="B59" t="s">
         <v>573</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="C59" s="1" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
         <v>427</v>
       </c>
       <c r="B60" t="s">
         <v>574</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="C60" s="1" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
         <v>428</v>
       </c>
       <c r="B61" t="s">
         <v>575</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C61" s="1" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
         <v>429</v>
       </c>
       <c r="B62" t="s">
         <v>576</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="C62" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>430</v>
       </c>
       <c r="B63" t="s">
         <v>577</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="C63" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>431</v>
       </c>
       <c r="B64" t="s">
         <v>578</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="C64" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>432</v>
       </c>
       <c r="B65" t="s">
         <v>579</v>
       </c>
-      <c r="C65" s="2" t="s">
+      <c r="C65" s="1" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
         <v>433</v>
       </c>
       <c r="B66" t="s">
         <v>580</v>
       </c>
-      <c r="C66" s="2" t="s">
+      <c r="C66" s="1" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
         <v>434</v>
       </c>
       <c r="B67" t="s">
         <v>581</v>
       </c>
-      <c r="C67" s="2" t="s">
+      <c r="C67" s="1" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
         <v>435</v>
       </c>
       <c r="B68" t="s">
         <v>582</v>
       </c>
-      <c r="C68" s="2" t="s">
+      <c r="C68" s="1" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
         <v>436</v>
       </c>
       <c r="B69" t="s">
         <v>583</v>
       </c>
-      <c r="C69" s="2" t="s">
+      <c r="C69" s="1" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
         <v>437</v>
       </c>
       <c r="B70" t="s">
         <v>584</v>
       </c>
-      <c r="C70" s="2" t="s">
+      <c r="C70" s="1" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
         <v>438</v>
       </c>
       <c r="B71" t="s">
         <v>585</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="C71" s="1" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>439</v>
       </c>
       <c r="B72" t="s">
         <v>586</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="C72" s="1" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
         <v>440</v>
       </c>
       <c r="B73" t="s">
         <v>587</v>
       </c>
-      <c r="C73" s="2" t="s">
+      <c r="C73" s="1" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>441</v>
       </c>
       <c r="B74" t="s">
         <v>588</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="C74" s="1" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>400</v>
       </c>
       <c r="B75" t="s">
         <v>548</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C75" s="1" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
         <v>442</v>
       </c>
       <c r="B76" t="s">
         <v>589</v>
       </c>
-      <c r="C76" s="2" t="s">
+      <c r="C76" s="1" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
         <v>425</v>
       </c>
       <c r="B77" t="s">
         <v>572</v>
       </c>
-      <c r="C77" s="2" t="s">
+      <c r="C77" s="1" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
         <v>443</v>
       </c>
       <c r="B78" t="s">
         <v>590</v>
       </c>
-      <c r="C78" s="2" t="s">
+      <c r="C78" s="1" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
         <v>444</v>
       </c>
       <c r="B79" t="s">
         <v>591</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="C79" s="1" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
         <v>445</v>
       </c>
       <c r="B80" t="s">
         <v>592</v>
       </c>
-      <c r="C80" s="2" t="s">
+      <c r="C80" s="1" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
         <v>446</v>
       </c>
       <c r="B81" t="s">
         <v>593</v>
       </c>
-      <c r="C81" s="2" t="s">
+      <c r="C81" s="1" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
         <v>447</v>
       </c>
       <c r="B82" t="s">
         <v>594</v>
       </c>
-      <c r="C82" s="2" t="s">
+      <c r="C82" s="1" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
         <v>448</v>
       </c>
       <c r="B83" t="s">
         <v>595</v>
       </c>
-      <c r="C83" s="2" t="s">
+      <c r="C83" s="1" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
         <v>449</v>
       </c>
       <c r="B84" t="s">
         <v>596</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C84" s="1" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
         <v>450</v>
       </c>
       <c r="B85" t="s">
         <v>597</v>
       </c>
-      <c r="C85" s="2" t="s">
+      <c r="C85" s="1" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
         <v>451</v>
       </c>
       <c r="B86" t="s">
         <v>598</v>
       </c>
-      <c r="C86" s="2" t="s">
+      <c r="C86" s="1" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
         <v>452</v>
       </c>
       <c r="B87" t="s">
         <v>599</v>
       </c>
-      <c r="C87" s="2" t="s">
+      <c r="C87" s="1" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
         <v>453</v>
       </c>
       <c r="B88" t="s">
         <v>600</v>
       </c>
-      <c r="C88" s="2" t="s">
+      <c r="C88" s="1" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
         <v>380</v>
       </c>
       <c r="B89" t="s">
         <v>528</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="C89" s="1" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
         <v>454</v>
       </c>
       <c r="B90" t="s">
         <v>601</v>
       </c>
-      <c r="C90" s="2" t="s">
+      <c r="C90" s="1" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
         <v>455</v>
       </c>
       <c r="B91" t="s">
         <v>602</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="C91" s="1" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
         <v>456</v>
       </c>
       <c r="B92" t="s">
         <v>603</v>
       </c>
-      <c r="C92" s="2" t="s">
+      <c r="C92" s="1" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>392</v>
       </c>
       <c r="B93" t="s">
         <v>540</v>
       </c>
-      <c r="C93" s="2" t="s">
+      <c r="C93" s="1" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>431</v>
       </c>
       <c r="B94" t="s">
         <v>578</v>
       </c>
-      <c r="C94" s="2" t="s">
+      <c r="C94" s="1" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>457</v>
       </c>
       <c r="B95" t="s">
         <v>604</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="C95" s="1" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
         <v>458</v>
       </c>
       <c r="B96" t="s">
         <v>605</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C96" s="1" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>459</v>
       </c>
       <c r="B97" t="s">
         <v>606</v>
       </c>
-      <c r="C97" s="2" t="s">
+      <c r="C97" s="1" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
         <v>415</v>
       </c>
       <c r="B98" t="s">
         <v>563</v>
       </c>
-      <c r="C98" s="2" t="s">
+      <c r="C98" s="1" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
         <v>460</v>
       </c>
       <c r="B99" t="s">
         <v>607</v>
       </c>
-      <c r="C99" s="2" t="s">
+      <c r="C99" s="1" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
         <v>432</v>
       </c>
       <c r="B100" t="s">
         <v>579</v>
       </c>
-      <c r="C100" s="2" t="s">
+      <c r="C100" s="1" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>430</v>
       </c>
       <c r="B101" t="s">
         <v>577</v>
       </c>
-      <c r="C101" s="2" t="s">
+      <c r="C101" s="1" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
         <v>422</v>
       </c>
       <c r="B102" t="s">
         <v>569</v>
       </c>
-      <c r="C102" s="2" t="s">
+      <c r="C102" s="1" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
         <v>429</v>
       </c>
       <c r="B103" t="s">
         <v>576</v>
       </c>
-      <c r="C103" s="2" t="s">
+      <c r="C103" s="1" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
         <v>461</v>
       </c>
       <c r="B104" t="s">
         <v>608</v>
       </c>
-      <c r="C104" s="2" t="s">
+      <c r="C104" s="1" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
         <v>462</v>
       </c>
       <c r="B105" t="s">
         <v>609</v>
       </c>
-      <c r="C105" s="2" t="s">
+      <c r="C105" s="1" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
         <v>463</v>
       </c>
       <c r="B106" t="s">
         <v>610</v>
       </c>
-      <c r="C106" s="2" t="s">
+      <c r="C106" s="1" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
         <v>464</v>
       </c>
       <c r="B107" t="s">
         <v>611</v>
       </c>
-      <c r="C107" s="2" t="s">
+      <c r="C107" s="1" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
         <v>465</v>
       </c>
       <c r="B108" t="s">
         <v>612</v>
       </c>
-      <c r="C108" s="2" t="s">
+      <c r="C108" s="1" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
         <v>466</v>
       </c>
       <c r="B109" t="s">
         <v>613</v>
       </c>
-      <c r="C109" s="2" t="s">
+      <c r="C109" s="1" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
         <v>467</v>
       </c>
       <c r="B110" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
         <v>468</v>
       </c>
       <c r="B111" t="s">
         <v>615</v>
       </c>
-      <c r="C111" s="2" t="s">
+      <c r="C111" s="1" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
         <v>469</v>
       </c>
       <c r="B112" t="s">
         <v>616</v>
       </c>
-      <c r="C112" s="2" t="s">
+      <c r="C112" s="1" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
         <v>470</v>
       </c>
       <c r="B113" t="s">
         <v>617</v>
       </c>
-      <c r="C113" s="2" t="s">
+      <c r="C113" s="1" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
         <v>471</v>
       </c>
       <c r="B114" t="s">
         <v>618</v>
       </c>
-      <c r="C114" s="2" t="s">
+      <c r="C114" s="1" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
         <v>472</v>
       </c>
       <c r="B115" t="s">
         <v>619</v>
       </c>
-      <c r="C115" s="2" t="s">
+      <c r="C115" s="1" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
         <v>473</v>
       </c>
       <c r="B116" t="s">
         <v>620</v>
       </c>
-      <c r="C116" s="2" t="s">
+      <c r="C116" s="1" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
         <v>474</v>
       </c>
       <c r="B117" t="s">
         <v>621</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="C117" s="1" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
         <v>475</v>
       </c>
       <c r="B118" t="s">
         <v>622</v>
       </c>
-      <c r="C118" s="2" t="s">
+      <c r="C118" s="1" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
         <v>476</v>
       </c>
       <c r="B119" t="s">
         <v>623</v>
       </c>
-      <c r="C119" s="2" t="s">
+      <c r="C119" s="1" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
         <v>477</v>
       </c>
       <c r="B120" t="s">
         <v>624</v>
       </c>
-      <c r="C120" s="2" t="s">
+      <c r="C120" s="1" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
         <v>478</v>
       </c>
       <c r="B121" t="s">
         <v>625</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="C121" s="1" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
         <v>479</v>
       </c>
       <c r="B122" t="s">
         <v>626</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="C122" s="1" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
         <v>480</v>
       </c>
       <c r="B123" t="s">
         <v>627</v>
       </c>
-      <c r="C123" s="2" t="s">
+      <c r="C123" s="1" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
         <v>481</v>
       </c>
       <c r="B124" t="s">
         <v>628</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="C124" s="1" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
         <v>482</v>
       </c>
       <c r="B125" t="s">
         <v>629</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="C125" s="1" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
         <v>483</v>
       </c>
       <c r="B126" t="s">
         <v>630</v>
       </c>
-      <c r="C126" s="2" t="s">
+      <c r="C126" s="1" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
         <v>484</v>
       </c>
       <c r="B127" t="s">
         <v>631</v>
       </c>
-      <c r="C127" s="2" t="s">
+      <c r="C127" s="1" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
         <v>485</v>
       </c>
       <c r="B128" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
         <v>486</v>
       </c>
       <c r="B129" t="s">
         <v>633</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="C129" s="1" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
         <v>487</v>
       </c>
       <c r="B130" t="s">
         <v>634</v>
       </c>
-      <c r="C130" s="2" t="s">
+      <c r="C130" s="1" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
         <v>488</v>
       </c>
       <c r="B131" t="s">
         <v>635</v>
       </c>
-      <c r="C131" s="2" t="s">
+      <c r="C131" s="1" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
         <v>489</v>
       </c>
       <c r="B132" t="s">
         <v>636</v>
       </c>
-      <c r="C132" s="2" t="s">
+      <c r="C132" s="1" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
         <v>490</v>
       </c>
       <c r="B133" t="s">
         <v>637</v>
       </c>
-      <c r="C133" s="2" t="s">
+      <c r="C133" s="1" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
         <v>491</v>
       </c>
       <c r="B134" t="s">
         <v>638</v>
       </c>
-      <c r="C134" s="2" t="s">
+      <c r="C134" s="1" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
         <v>492</v>
       </c>
       <c r="B135" t="s">
         <v>639</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="C135" s="1" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
         <v>493</v>
       </c>
       <c r="B136" t="s">
         <v>640</v>
       </c>
-      <c r="C136" s="2" t="s">
+      <c r="C136" s="1" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
         <v>494</v>
       </c>
       <c r="B137" t="s">
         <v>641</v>
       </c>
-      <c r="C137" s="2" t="s">
+      <c r="C137" s="1" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
         <v>495</v>
       </c>
       <c r="B138" t="s">
         <v>642</v>
       </c>
-      <c r="C138" s="2" t="s">
+      <c r="C138" s="1" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
         <v>496</v>
       </c>
       <c r="B139" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
         <v>373</v>
       </c>
       <c r="B140" t="s">
         <v>521</v>
       </c>
-      <c r="C140" s="2" t="s">
+      <c r="C140" s="1" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
         <v>413</v>
       </c>
       <c r="B141" t="s">
         <v>561</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="C141" s="1" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
         <v>497</v>
       </c>
       <c r="B142" t="s">
         <v>644</v>
       </c>
-      <c r="C142" s="2" t="s">
+      <c r="C142" s="1" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
         <v>401</v>
       </c>
       <c r="B143" t="s">
         <v>549</v>
       </c>
-      <c r="C143" s="2" t="s">
+      <c r="C143" s="1" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
         <v>379</v>
       </c>
       <c r="B144" t="s">
         <v>527</v>
       </c>
-      <c r="C144" s="2" t="s">
+      <c r="C144" s="1" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
         <v>498</v>
       </c>
       <c r="B145" t="s">
         <v>645</v>
       </c>
-      <c r="C145" s="2" t="s">
+      <c r="C145" s="1" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
         <v>374</v>
       </c>
       <c r="B146" t="s">
         <v>522</v>
       </c>
-      <c r="C146" s="2" t="s">
+      <c r="C146" s="1" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
         <v>499</v>
       </c>
       <c r="B147" t="s">
         <v>646</v>
       </c>
-      <c r="C147" s="2" t="s">
+      <c r="C147" s="1" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
         <v>396</v>
       </c>
       <c r="B148" t="s">
         <v>544</v>
       </c>
-      <c r="C148" s="2" t="s">
+      <c r="C148" s="1" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
         <v>375</v>
       </c>
       <c r="B149" t="s">
         <v>523</v>
       </c>
-      <c r="C149" s="2" t="s">
+      <c r="C149" s="1" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
         <v>500</v>
       </c>
       <c r="B150" t="s">
         <v>647</v>
       </c>
-      <c r="C150" s="2" t="s">
+      <c r="C150" s="1" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
         <v>411</v>
       </c>
       <c r="B151" t="s">
         <v>559</v>
       </c>
-      <c r="C151" s="2" t="s">
+      <c r="C151" s="1" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
         <v>501</v>
       </c>
       <c r="B152" t="s">
         <v>648</v>
       </c>
-      <c r="C152" s="2" t="s">
+      <c r="C152" s="1" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
         <v>386</v>
       </c>
       <c r="B153" t="s">
         <v>534</v>
       </c>
-      <c r="C153" s="2" t="s">
+      <c r="C153" s="1" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
         <v>397</v>
       </c>
       <c r="B154" t="s">
         <v>545</v>
       </c>
-      <c r="C154" s="2" t="s">
+      <c r="C154" s="1" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
         <v>502</v>
       </c>
       <c r="B155" t="s">
         <v>649</v>
       </c>
-      <c r="C155" s="2" t="s">
+      <c r="C155" s="1" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
         <v>503</v>
       </c>
       <c r="B156" t="s">
         <v>650</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="C156" s="1" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
         <v>504</v>
       </c>
       <c r="B157" t="s">
         <v>651</v>
       </c>
-      <c r="C157" s="2" t="s">
+      <c r="C157" s="1" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
         <v>139</v>
       </c>
       <c r="B158" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
         <v>505</v>
       </c>
       <c r="B159" t="s">
         <v>652</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="C159" s="1" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
         <v>506</v>
       </c>
       <c r="B160" t="s">
         <v>653</v>
       </c>
-      <c r="C160" s="2" t="s">
+      <c r="C160" s="1" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
         <v>395</v>
       </c>
       <c r="B161" t="s">
         <v>543</v>
       </c>
-      <c r="C161" s="2" t="s">
+      <c r="C161" s="1" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
         <v>507</v>
       </c>
       <c r="B162" t="s">
         <v>654</v>
       </c>
-      <c r="C162" s="2" t="s">
+      <c r="C162" s="1" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
         <v>508</v>
       </c>
       <c r="B163" t="s">
         <v>655</v>
       </c>
-      <c r="C163" s="2" t="s">
+      <c r="C163" s="1" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
         <v>423</v>
       </c>
       <c r="B164" t="s">
         <v>570</v>
       </c>
-      <c r="C164" s="2" t="s">
+      <c r="C164" s="1" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
         <v>509</v>
       </c>
       <c r="B165" t="s">
         <v>656</v>
       </c>
-      <c r="C165" s="2" t="s">
+      <c r="C165" s="1" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
         <v>420</v>
       </c>
       <c r="B166" t="s">
         <v>568</v>
       </c>
-      <c r="C166" s="2" t="s">
+      <c r="C166" s="1" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
         <v>510</v>
       </c>
       <c r="B167" t="s">
         <v>657</v>
       </c>
-      <c r="C167" s="2" t="s">
+      <c r="C167" s="1" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
         <v>511</v>
       </c>
       <c r="B168" t="s">
         <v>658</v>
       </c>
-      <c r="C168" s="2" t="s">
+      <c r="C168" s="1" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
         <v>512</v>
       </c>
       <c r="B169" t="s">
         <v>659</v>
       </c>
-      <c r="C169" s="2" t="s">
+      <c r="C169" s="1" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
         <v>513</v>
       </c>
       <c r="B170" t="s">
         <v>660</v>
       </c>
-      <c r="C170" s="2" t="s">
+      <c r="C170" s="1" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
         <v>394</v>
       </c>
       <c r="B171" t="s">
         <v>542</v>
       </c>
-      <c r="C171" s="2" t="s">
+      <c r="C171" s="1" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
         <v>514</v>
       </c>
       <c r="B172" t="s">
         <v>661</v>
       </c>
-      <c r="C172" s="2" t="s">
+      <c r="C172" s="1" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
         <v>515</v>
       </c>
       <c r="B173" t="s">
         <v>662</v>
       </c>
-      <c r="C173" s="2" t="s">
+      <c r="C173" s="1" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
         <v>516</v>
       </c>
       <c r="B174" t="s">
         <v>663</v>
       </c>
-      <c r="C174" s="2" t="s">
+      <c r="C174" s="1" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
         <v>130</v>
       </c>
       <c r="B175" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
         <v>371</v>
       </c>
       <c r="B176" t="s">
         <v>519</v>
       </c>
-      <c r="C176" s="2" t="s">
+      <c r="C176" s="1" t="s">
         <v>666</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
     <hyperlink ref="C15" r:id="rId14"/>
     <hyperlink ref="C16" r:id="rId15"/>
     <hyperlink ref="C17" r:id="rId16"/>
     <hyperlink ref="C18" r:id="rId17"/>
     <hyperlink ref="C19" r:id="rId18"/>
     <hyperlink ref="C20" r:id="rId19"/>
     <hyperlink ref="C21" r:id="rId20"/>