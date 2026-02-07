--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -1,85 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="detectionstrategies" sheetId="1" r:id="rId1"/>
+    <sheet name="detectionstrategies-analytic" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="672" uniqueCount="343">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="512">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>STIX ID</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>created</t>
   </si>
   <si>
     <t>last modified</t>
   </si>
   <si>
     <t>domain</t>
   </si>
   <si>
     <t>version</t>
   </si>
   <si>
+    <t>analytic_refs</t>
+  </si>
+  <si>
     <t>DET0802</t>
   </si>
   <si>
     <t>DET0764</t>
   </si>
   <si>
     <t>DET0728</t>
   </si>
   <si>
     <t>DET0734</t>
   </si>
   <si>
     <t>DET0748</t>
   </si>
   <si>
     <t>DET0784</t>
   </si>
   <si>
     <t>DET0789</t>
   </si>
   <si>
     <t>DET0797</t>
   </si>
   <si>
     <t>DET0737</t>
@@ -1039,137 +1044,615 @@
     <t>https://attack.mitre.org/detectionstrategies/DET0744</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0794</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0791</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0724</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0726</t>
   </si>
   <si>
     <t>https://attack.mitre.org/detectionstrategies/DET0743</t>
   </si>
   <si>
     <t>21 October 2025</t>
   </si>
   <si>
     <t>ics-attack</t>
   </si>
   <si>
     <t>1.0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--96e7b86f-b960-489c-882b-9dcdb1c44aa9</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--afc9e394-147e-49db-81df-953d2d3ea93e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--edd8297d-ec63-4b54-8d28-106f228dd535</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e25ef816-bbfd-4656-8ecb-c7eebcba31d4</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--11a350cf-1ea0-4065-877b-c3bb410bf3a0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--393d7e7b-0790-49e7-9bcd-87ab4662b05e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--354b93da-06e9-4634-a5fd-7f9b7b3a9d5a</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--77857bc3-6a38-4826-8109-30facf6c23ec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d3023733-5874-4746-a947-65925514e382</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--78615cd7-6a14-4921-aaa9-2aae0774f0f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7107739b-92d2-41fa-9fc8-ebe72f6086ee</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--981b659b-992a-4d71-9404-0e1b2b598e50</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ece52da2-ac60-4b0e-863f-ebbc95118a8c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--636e612f-0b63-44e8-bf2c-31b62d20508b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f666f516-f8d0-41f6-9a4c-0ac6c1f6086b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1672d2e3-8756-4380-b22c-517aa9f1cce0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--0099659c-6a20-4331-9d47-b1c0c380fd6b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f12aa823-91cc-40e1-93b7-eaa5f5fa9c4d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7ec4b791-7054-442f-8967-6d6fa5e8678b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cff25f71-859e-48bf-88d6-852d05e22b33</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--68073351-4e4f-40e4-9394-a9166bb346d7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--899d41e8-8d02-45f9-ab8a-3a06f4cc4189</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--fcfe9c48-3a5a-49c8-96c3-be79414a8419</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--32db74f9-d46d-4728-891a-113a8b8e2b07</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--e8f51c53-fc55-441b-a45f-ba7709ccbce2</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dd25b818-ceb0-4518-9384-dcf895d4956b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--fbd4686e-f637-459b-ad48-c6fd7840acfa</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b6fb91d0-28f6-447d-ba25-e7b26116ebfe</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3e456d4d-397d-4e04-9261-9399960c9633</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--908fe88b-d8e2-47d1-b6a4-7a42b3bbe09b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--dc014060-5116-4a2f-bac5-35ac1db8fabb</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b337bf06-d69b-41e0-8e60-8f24cb718998</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--05ca4f07-df4f-4e88-b216-f40ca6ce39b8</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c40ddd75-f2fc-4899-bda1-bff164c96622</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--55544bb8-440f-4b67-aa35-7e7af5952aca</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--87f5d864-d79b-474a-a3b4-43673dcb9f90</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--930aae7c-e8f0-4594-8e3f-f0e71d7e1640</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8428e0cd-009e-41c1-8292-88651d4486c9</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cbf791b4-5186-4205-ac5a-a56042aaebec</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--89ca8617-20fd-404b-9afb-dcfd2684a791</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--29b6e4b8-878c-4139-aa56-7e1513714d34</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--8c77f31f-c6f4-491c-965a-e25c506b0c68</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1e9c5d46-14e2-4efc-8861-e6dc942b3b9c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7841eb6b-8a05-4754-b738-a475bfbb89fb</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--383a1a1c-8ecf-4909-9237-14a1f4fc4179</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d71e98fa-64d1-4ddb-acb1-bba1e4af6a73</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--791310ad-7db5-41df-9fa5-fa4097d8a51d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--330166da-bc80-4aca-bd41-cbd6b1742812</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2195ec67-7cea-4b0d-a678-18384089bf2c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--48d2023b-469d-4f9f-a4e6-010be72436b9</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--882f2365-4c14-4c48-8eef-2a7c293c8569</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--880a1133-6639-42f0-96a8-3e914426d38b</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--1be515a0-2656-4b35-a561-e8157169350d</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--aebd2848-98db-46f1-8e22-627e2ec3c280</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--7aa60595-5a1c-4de2-be60-cc1f9fea2313</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--28eb77c1-1834-4b7a-a06f-afebb7f2e756</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--484023ea-6fea-4f91-b40d-c6d87188cbfe</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--b74100d1-0085-468a-834a-2bf10924a3b7</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3c6a21cb-8643-41bc-94a1-e860b02a1cad</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6e046c4c-6c93-4fdf-a69e-5d81b52d1e9c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--058d856a-6356-402f-b3ff-a7c1b6186921</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--322ac45b-d540-4d2a-84a1-cde200238b95</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--f123f13f-b6f4-4e86-96cd-14df0e855e0f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9ad83be0-5c88-4fb6-b59d-19db21176923</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--37d989e6-14cd-49a4-adec-3d8b72c8dc22</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ec695157-8c3c-439b-9925-459c9d4172f0</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--66070162-d51e-46e7-8d32-2140fd5e7086</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--302a5327-70cf-44b5-b592-ce9a62014dcc</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--6b3b3e92-bef7-4977-9895-29036bab29f1</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--5610211c-1458-4333-8640-384189d9318e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--32bfb2ab-2ad1-4c00-8428-96bc626c34f3</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d271c7fc-d76a-4fb0-a645-5db2c1223a32</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--899d0dce-64f7-4924-93a1-8e3c83dd510f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--23ce0ac3-6afe-4647-be72-e1e9bcd1490e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--3f10ffe9-fa73-4aeb-bf98-322831bf757f</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--cd4c92f9-3107-45c7-9d95-19a44d7dc92c</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--9127dd4e-0994-442f-8d73-b6b2dfb1f9ac</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--23eb2bc3-735d-4425-96e1-f9d3a1453bfa</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--d937e4b8-20f2-44c1-9940-48c74318c715</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--ddfcd948-3526-4241-a12f-d7bf63468e40</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--2388dc31-ba9a-4c12-b4b9-28bbc981c73e</t>
+  </si>
+  <si>
+    <t>x-mitre-analytic--c14544a4-5ca1-4523-97eb-4a9840d74c6d</t>
+  </si>
+  <si>
+    <t>detection_strategy_id</t>
+  </si>
+  <si>
+    <t>detection_strategy_name</t>
+  </si>
+  <si>
+    <t>analytic_id</t>
+  </si>
+  <si>
+    <t>analytic_name</t>
+  </si>
+  <si>
+    <t>AN1871</t>
+  </si>
+  <si>
+    <t>AN1886</t>
+  </si>
+  <si>
+    <t>AN1890</t>
+  </si>
+  <si>
+    <t>AN1866</t>
+  </si>
+  <si>
+    <t>AN1916</t>
+  </si>
+  <si>
+    <t>AN1884</t>
+  </si>
+  <si>
+    <t>AN1872</t>
+  </si>
+  <si>
+    <t>AN1913</t>
+  </si>
+  <si>
+    <t>AN1859</t>
+  </si>
+  <si>
+    <t>AN1910</t>
+  </si>
+  <si>
+    <t>AN1931</t>
+  </si>
+  <si>
+    <t>AN1923</t>
+  </si>
+  <si>
+    <t>AN1869</t>
+  </si>
+  <si>
+    <t>AN1912</t>
+  </si>
+  <si>
+    <t>AN1880</t>
+  </si>
+  <si>
+    <t>AN1883</t>
+  </si>
+  <si>
+    <t>AN1856</t>
+  </si>
+  <si>
+    <t>AN1917</t>
+  </si>
+  <si>
+    <t>AN1857</t>
+  </si>
+  <si>
+    <t>AN1903</t>
+  </si>
+  <si>
+    <t>AN1929</t>
+  </si>
+  <si>
+    <t>AN1906</t>
+  </si>
+  <si>
+    <t>AN1905</t>
+  </si>
+  <si>
+    <t>AN1896</t>
+  </si>
+  <si>
+    <t>AN1921</t>
+  </si>
+  <si>
+    <t>AN1899</t>
+  </si>
+  <si>
+    <t>AN1864</t>
+  </si>
+  <si>
+    <t>AN1901</t>
+  </si>
+  <si>
+    <t>AN1895</t>
+  </si>
+  <si>
+    <t>AN1893</t>
+  </si>
+  <si>
+    <t>AN1876</t>
+  </si>
+  <si>
+    <t>AN1926</t>
+  </si>
+  <si>
+    <t>AN1920</t>
+  </si>
+  <si>
+    <t>AN1894</t>
+  </si>
+  <si>
+    <t>AN1924</t>
+  </si>
+  <si>
+    <t>AN1935</t>
+  </si>
+  <si>
+    <t>AN1868</t>
+  </si>
+  <si>
+    <t>AN1932</t>
+  </si>
+  <si>
+    <t>AN1919</t>
+  </si>
+  <si>
+    <t>AN1909</t>
+  </si>
+  <si>
+    <t>AN1887</t>
+  </si>
+  <si>
+    <t>AN1936</t>
+  </si>
+  <si>
+    <t>AN1898</t>
+  </si>
+  <si>
+    <t>AN1865</t>
+  </si>
+  <si>
+    <t>AN1930</t>
+  </si>
+  <si>
+    <t>AN1914</t>
+  </si>
+  <si>
+    <t>AN1925</t>
+  </si>
+  <si>
+    <t>AN1867</t>
+  </si>
+  <si>
+    <t>AN1863</t>
+  </si>
+  <si>
+    <t>AN1875</t>
+  </si>
+  <si>
+    <t>AN1902</t>
+  </si>
+  <si>
+    <t>AN1879</t>
+  </si>
+  <si>
+    <t>AN1897</t>
+  </si>
+  <si>
+    <t>AN1891</t>
+  </si>
+  <si>
+    <t>AN1862</t>
+  </si>
+  <si>
+    <t>AN1908</t>
+  </si>
+  <si>
+    <t>AN1911</t>
+  </si>
+  <si>
+    <t>AN1928</t>
+  </si>
+  <si>
+    <t>AN1933</t>
+  </si>
+  <si>
+    <t>AN1888</t>
+  </si>
+  <si>
+    <t>AN1858</t>
+  </si>
+  <si>
+    <t>AN1889</t>
+  </si>
+  <si>
+    <t>AN1885</t>
+  </si>
+  <si>
+    <t>AN1892</t>
+  </si>
+  <si>
+    <t>AN1878</t>
+  </si>
+  <si>
+    <t>AN1900</t>
+  </si>
+  <si>
+    <t>AN1860</t>
+  </si>
+  <si>
+    <t>AN1927</t>
+  </si>
+  <si>
+    <t>AN1855</t>
+  </si>
+  <si>
+    <t>AN1877</t>
+  </si>
+  <si>
+    <t>AN1874</t>
+  </si>
+  <si>
+    <t>AN1934</t>
+  </si>
+  <si>
+    <t>AN1918</t>
+  </si>
+  <si>
+    <t>AN1882</t>
+  </si>
+  <si>
+    <t>AN1881</t>
+  </si>
+  <si>
+    <t>AN1861</t>
+  </si>
+  <si>
+    <t>AN1922</t>
+  </si>
+  <si>
+    <t>AN1870</t>
+  </si>
+  <si>
+    <t>AN1907</t>
+  </si>
+  <si>
+    <t>AN1873</t>
+  </si>
+  <si>
+    <t>AN1915</t>
+  </si>
+  <si>
+    <t>AN1904</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1417,2238 +1900,2487 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0802" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0764" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0728" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0734" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0748" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0784" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0789" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0797" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0737" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0771" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0755" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0760" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0736" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0759" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0762" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0758" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0754" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0749" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0756" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0786" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0723" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0769" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0768" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0801" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0782" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0742" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0740" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0795" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0738" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0767" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0803" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0772" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0798" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0722" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0774" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0750" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0796" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0745" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0729" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0778" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0757" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0775" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0779" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0763" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0773" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0747" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0785" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0725" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0777" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0741" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0776" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0783" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0790" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0727" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0753" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0770" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0800" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0788" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0752" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0761" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0766" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0804" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0739" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0787" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0733" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0792" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0780" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0751" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0735" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0765" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0781" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0746" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0799" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0730" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0793" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0731" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0732" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0744" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0794" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0791" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0724" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0726" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/detectionstrategies/DET0743" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H84"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
-    <row r="1" spans="1:8">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:9">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-    </row>
-    <row r="2" spans="1:8">
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="E2" t="s">
+        <v>341</v>
+      </c>
+      <c r="F2" t="s">
+        <v>341</v>
+      </c>
+      <c r="G2" t="s">
+        <v>342</v>
+      </c>
+      <c r="H2" t="s">
+        <v>343</v>
+      </c>
+      <c r="I2" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>176</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E3" t="s">
+        <v>341</v>
+      </c>
+      <c r="F3" t="s">
+        <v>341</v>
+      </c>
+      <c r="G3" t="s">
+        <v>342</v>
+      </c>
+      <c r="H3" t="s">
+        <v>343</v>
+      </c>
+      <c r="I3" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="E4" t="s">
+        <v>341</v>
+      </c>
+      <c r="F4" t="s">
+        <v>341</v>
+      </c>
+      <c r="G4" t="s">
+        <v>342</v>
+      </c>
+      <c r="H4" t="s">
+        <v>343</v>
+      </c>
+      <c r="I4" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
+        <v>95</v>
+      </c>
+      <c r="C5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="E5" t="s">
+        <v>341</v>
+      </c>
+      <c r="F5" t="s">
+        <v>341</v>
+      </c>
+      <c r="G5" t="s">
+        <v>342</v>
+      </c>
+      <c r="H5" t="s">
+        <v>343</v>
+      </c>
+      <c r="I5" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C6" t="s">
+        <v>179</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="E6" t="s">
+        <v>341</v>
+      </c>
+      <c r="F6" t="s">
+        <v>341</v>
+      </c>
+      <c r="G6" t="s">
+        <v>342</v>
+      </c>
+      <c r="H6" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C7" t="s">
+        <v>180</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="E7" t="s">
+        <v>341</v>
+      </c>
+      <c r="F7" t="s">
+        <v>341</v>
+      </c>
+      <c r="G7" t="s">
+        <v>342</v>
+      </c>
+      <c r="H7" t="s">
+        <v>343</v>
+      </c>
+      <c r="I7" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>98</v>
+      </c>
+      <c r="C8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="E8" t="s">
+        <v>341</v>
+      </c>
+      <c r="F8" t="s">
+        <v>341</v>
+      </c>
+      <c r="G8" t="s">
+        <v>342</v>
+      </c>
+      <c r="H8" t="s">
+        <v>343</v>
+      </c>
+      <c r="I8" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C9" t="s">
+        <v>182</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="E9" t="s">
+        <v>341</v>
+      </c>
+      <c r="F9" t="s">
+        <v>341</v>
+      </c>
+      <c r="G9" t="s">
+        <v>342</v>
+      </c>
+      <c r="H9" t="s">
+        <v>343</v>
+      </c>
+      <c r="I9" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E10" t="s">
+        <v>341</v>
+      </c>
+      <c r="F10" t="s">
+        <v>341</v>
+      </c>
+      <c r="G10" t="s">
+        <v>342</v>
+      </c>
+      <c r="H10" t="s">
+        <v>343</v>
+      </c>
+      <c r="I10" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>184</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E11" t="s">
+        <v>341</v>
+      </c>
+      <c r="F11" t="s">
+        <v>341</v>
+      </c>
+      <c r="G11" t="s">
+        <v>342</v>
+      </c>
+      <c r="H11" t="s">
+        <v>343</v>
+      </c>
+      <c r="I11" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>185</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="E12" t="s">
+        <v>341</v>
+      </c>
+      <c r="F12" t="s">
+        <v>341</v>
+      </c>
+      <c r="G12" t="s">
+        <v>342</v>
+      </c>
+      <c r="H12" t="s">
+        <v>343</v>
+      </c>
+      <c r="I12" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>186</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E13" t="s">
+        <v>341</v>
+      </c>
+      <c r="F13" t="s">
+        <v>341</v>
+      </c>
+      <c r="G13" t="s">
+        <v>342</v>
+      </c>
+      <c r="H13" t="s">
+        <v>343</v>
+      </c>
+      <c r="I13" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>187</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="E14" t="s">
+        <v>341</v>
+      </c>
+      <c r="F14" t="s">
+        <v>341</v>
+      </c>
+      <c r="G14" t="s">
+        <v>342</v>
+      </c>
+      <c r="H14" t="s">
+        <v>343</v>
+      </c>
+      <c r="I14" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E15" t="s">
+        <v>341</v>
+      </c>
+      <c r="F15" t="s">
+        <v>341</v>
+      </c>
+      <c r="G15" t="s">
+        <v>342</v>
+      </c>
+      <c r="H15" t="s">
+        <v>343</v>
+      </c>
+      <c r="I15" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>189</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="E16" t="s">
+        <v>341</v>
+      </c>
+      <c r="F16" t="s">
+        <v>341</v>
+      </c>
+      <c r="G16" t="s">
+        <v>342</v>
+      </c>
+      <c r="H16" t="s">
+        <v>343</v>
+      </c>
+      <c r="I16" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>190</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E17" t="s">
+        <v>341</v>
+      </c>
+      <c r="F17" t="s">
+        <v>341</v>
+      </c>
+      <c r="G17" t="s">
+        <v>342</v>
+      </c>
+      <c r="H17" t="s">
+        <v>343</v>
+      </c>
+      <c r="I17" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>191</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="E18" t="s">
+        <v>341</v>
+      </c>
+      <c r="F18" t="s">
+        <v>341</v>
+      </c>
+      <c r="G18" t="s">
+        <v>342</v>
+      </c>
+      <c r="H18" t="s">
+        <v>343</v>
+      </c>
+      <c r="I18" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
+        <v>192</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="E19" t="s">
+        <v>341</v>
+      </c>
+      <c r="F19" t="s">
+        <v>341</v>
+      </c>
+      <c r="G19" t="s">
+        <v>342</v>
+      </c>
+      <c r="H19" t="s">
+        <v>343</v>
+      </c>
+      <c r="I19" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>193</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="E20" t="s">
+        <v>341</v>
+      </c>
+      <c r="F20" t="s">
+        <v>341</v>
+      </c>
+      <c r="G20" t="s">
+        <v>342</v>
+      </c>
+      <c r="H20" t="s">
+        <v>343</v>
+      </c>
+      <c r="I20" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>194</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E21" t="s">
+        <v>341</v>
+      </c>
+      <c r="F21" t="s">
+        <v>341</v>
+      </c>
+      <c r="G21" t="s">
+        <v>342</v>
+      </c>
+      <c r="H21" t="s">
+        <v>343</v>
+      </c>
+      <c r="I21" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" t="s">
+        <v>112</v>
+      </c>
+      <c r="C22" t="s">
+        <v>195</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="E22" t="s">
+        <v>341</v>
+      </c>
+      <c r="F22" t="s">
+        <v>341</v>
+      </c>
+      <c r="G22" t="s">
+        <v>342</v>
+      </c>
+      <c r="H22" t="s">
+        <v>343</v>
+      </c>
+      <c r="I22" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" t="s">
+        <v>196</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="E23" t="s">
+        <v>341</v>
+      </c>
+      <c r="F23" t="s">
+        <v>341</v>
+      </c>
+      <c r="G23" t="s">
+        <v>342</v>
+      </c>
+      <c r="H23" t="s">
+        <v>343</v>
+      </c>
+      <c r="I23" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" t="s">
+        <v>197</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="E24" t="s">
+        <v>341</v>
+      </c>
+      <c r="F24" t="s">
+        <v>341</v>
+      </c>
+      <c r="G24" t="s">
+        <v>342</v>
+      </c>
+      <c r="H24" t="s">
+        <v>343</v>
+      </c>
+      <c r="I24" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" t="s">
+        <v>198</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="E25" t="s">
+        <v>341</v>
+      </c>
+      <c r="F25" t="s">
+        <v>341</v>
+      </c>
+      <c r="G25" t="s">
+        <v>342</v>
+      </c>
+      <c r="H25" t="s">
+        <v>343</v>
+      </c>
+      <c r="I25" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="E26" t="s">
+        <v>341</v>
+      </c>
+      <c r="F26" t="s">
+        <v>341</v>
+      </c>
+      <c r="G26" t="s">
+        <v>342</v>
+      </c>
+      <c r="H26" t="s">
+        <v>343</v>
+      </c>
+      <c r="I26" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B27" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" t="s">
+        <v>200</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="E27" t="s">
+        <v>341</v>
+      </c>
+      <c r="F27" t="s">
+        <v>341</v>
+      </c>
+      <c r="G27" t="s">
+        <v>342</v>
+      </c>
+      <c r="H27" t="s">
+        <v>343</v>
+      </c>
+      <c r="I27" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" t="s">
+        <v>118</v>
+      </c>
+      <c r="C28" t="s">
+        <v>201</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="E28" t="s">
+        <v>341</v>
+      </c>
+      <c r="F28" t="s">
+        <v>341</v>
+      </c>
+      <c r="G28" t="s">
+        <v>342</v>
+      </c>
+      <c r="H28" t="s">
+        <v>343</v>
+      </c>
+      <c r="I28" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="E29" t="s">
+        <v>341</v>
+      </c>
+      <c r="F29" t="s">
+        <v>341</v>
+      </c>
+      <c r="G29" t="s">
+        <v>342</v>
+      </c>
+      <c r="H29" t="s">
+        <v>343</v>
+      </c>
+      <c r="I29" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" t="s">
+        <v>120</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="E30" t="s">
+        <v>341</v>
+      </c>
+      <c r="F30" t="s">
+        <v>341</v>
+      </c>
+      <c r="G30" t="s">
+        <v>342</v>
+      </c>
+      <c r="H30" t="s">
+        <v>343</v>
+      </c>
+      <c r="I30" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" t="s">
+        <v>204</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="E31" t="s">
+        <v>341</v>
+      </c>
+      <c r="F31" t="s">
+        <v>341</v>
+      </c>
+      <c r="G31" t="s">
+        <v>342</v>
+      </c>
+      <c r="H31" t="s">
+        <v>343</v>
+      </c>
+      <c r="I31" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" t="s">
+        <v>122</v>
+      </c>
+      <c r="C32" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E32" t="s">
+        <v>341</v>
+      </c>
+      <c r="F32" t="s">
+        <v>341</v>
+      </c>
+      <c r="G32" t="s">
+        <v>342</v>
+      </c>
+      <c r="H32" t="s">
+        <v>343</v>
+      </c>
+      <c r="I32" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>40</v>
+      </c>
+      <c r="B33" t="s">
+        <v>123</v>
+      </c>
+      <c r="C33" t="s">
+        <v>206</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="E33" t="s">
+        <v>341</v>
+      </c>
+      <c r="F33" t="s">
+        <v>341</v>
+      </c>
+      <c r="G33" t="s">
+        <v>342</v>
+      </c>
+      <c r="H33" t="s">
+        <v>343</v>
+      </c>
+      <c r="I33" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" t="s">
+        <v>124</v>
+      </c>
+      <c r="C34" t="s">
+        <v>207</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E34" t="s">
+        <v>341</v>
+      </c>
+      <c r="F34" t="s">
+        <v>341</v>
+      </c>
+      <c r="G34" t="s">
+        <v>342</v>
+      </c>
+      <c r="H34" t="s">
+        <v>343</v>
+      </c>
+      <c r="I34" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" t="s">
+        <v>208</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="E35" t="s">
+        <v>341</v>
+      </c>
+      <c r="F35" t="s">
+        <v>341</v>
+      </c>
+      <c r="G35" t="s">
+        <v>342</v>
+      </c>
+      <c r="H35" t="s">
+        <v>343</v>
+      </c>
+      <c r="I35" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>43</v>
+      </c>
+      <c r="B36" t="s">
+        <v>126</v>
+      </c>
+      <c r="C36" t="s">
+        <v>209</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E36" t="s">
+        <v>341</v>
+      </c>
+      <c r="F36" t="s">
+        <v>341</v>
+      </c>
+      <c r="G36" t="s">
+        <v>342</v>
+      </c>
+      <c r="H36" t="s">
+        <v>343</v>
+      </c>
+      <c r="I36" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>44</v>
+      </c>
+      <c r="B37" t="s">
+        <v>127</v>
+      </c>
+      <c r="C37" t="s">
+        <v>210</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="E37" t="s">
+        <v>341</v>
+      </c>
+      <c r="F37" t="s">
+        <v>341</v>
+      </c>
+      <c r="G37" t="s">
+        <v>342</v>
+      </c>
+      <c r="H37" t="s">
+        <v>343</v>
+      </c>
+      <c r="I37" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>45</v>
+      </c>
+      <c r="B38" t="s">
+        <v>128</v>
+      </c>
+      <c r="C38" t="s">
+        <v>211</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="E38" t="s">
+        <v>341</v>
+      </c>
+      <c r="F38" t="s">
+        <v>341</v>
+      </c>
+      <c r="G38" t="s">
+        <v>342</v>
+      </c>
+      <c r="H38" t="s">
+        <v>343</v>
+      </c>
+      <c r="I38" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>129</v>
+      </c>
+      <c r="C39" t="s">
+        <v>212</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="E39" t="s">
+        <v>341</v>
+      </c>
+      <c r="F39" t="s">
+        <v>341</v>
+      </c>
+      <c r="G39" t="s">
+        <v>342</v>
+      </c>
+      <c r="H39" t="s">
+        <v>343</v>
+      </c>
+      <c r="I39" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>47</v>
+      </c>
+      <c r="B40" t="s">
+        <v>130</v>
+      </c>
+      <c r="C40" t="s">
+        <v>213</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="E40" t="s">
+        <v>341</v>
+      </c>
+      <c r="F40" t="s">
+        <v>341</v>
+      </c>
+      <c r="G40" t="s">
+        <v>342</v>
+      </c>
+      <c r="H40" t="s">
+        <v>343</v>
+      </c>
+      <c r="I40" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>48</v>
+      </c>
+      <c r="B41" t="s">
+        <v>131</v>
+      </c>
+      <c r="C41" t="s">
+        <v>214</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="E41" t="s">
+        <v>341</v>
+      </c>
+      <c r="F41" t="s">
+        <v>341</v>
+      </c>
+      <c r="G41" t="s">
+        <v>342</v>
+      </c>
+      <c r="H41" t="s">
+        <v>343</v>
+      </c>
+      <c r="I41" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>49</v>
+      </c>
+      <c r="B42" t="s">
+        <v>132</v>
+      </c>
+      <c r="C42" t="s">
+        <v>215</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E42" t="s">
+        <v>341</v>
+      </c>
+      <c r="F42" t="s">
+        <v>341</v>
+      </c>
+      <c r="G42" t="s">
+        <v>342</v>
+      </c>
+      <c r="H42" t="s">
+        <v>343</v>
+      </c>
+      <c r="I42" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>50</v>
+      </c>
+      <c r="B43" t="s">
+        <v>133</v>
+      </c>
+      <c r="C43" t="s">
+        <v>216</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="E43" t="s">
+        <v>341</v>
+      </c>
+      <c r="F43" t="s">
+        <v>341</v>
+      </c>
+      <c r="G43" t="s">
+        <v>342</v>
+      </c>
+      <c r="H43" t="s">
+        <v>343</v>
+      </c>
+      <c r="I43" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="B44" t="s">
+        <v>134</v>
+      </c>
+      <c r="C44" t="s">
+        <v>217</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="E44" t="s">
+        <v>341</v>
+      </c>
+      <c r="F44" t="s">
+        <v>341</v>
+      </c>
+      <c r="G44" t="s">
+        <v>342</v>
+      </c>
+      <c r="H44" t="s">
+        <v>343</v>
+      </c>
+      <c r="I44" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>52</v>
+      </c>
+      <c r="B45" t="s">
+        <v>135</v>
+      </c>
+      <c r="C45" t="s">
+        <v>218</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E45" t="s">
+        <v>341</v>
+      </c>
+      <c r="F45" t="s">
+        <v>341</v>
+      </c>
+      <c r="G45" t="s">
+        <v>342</v>
+      </c>
+      <c r="H45" t="s">
+        <v>343</v>
+      </c>
+      <c r="I45" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" t="s">
+        <v>136</v>
+      </c>
+      <c r="C46" t="s">
+        <v>219</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="E46" t="s">
+        <v>341</v>
+      </c>
+      <c r="F46" t="s">
+        <v>341</v>
+      </c>
+      <c r="G46" t="s">
+        <v>342</v>
+      </c>
+      <c r="H46" t="s">
+        <v>343</v>
+      </c>
+      <c r="I46" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>54</v>
+      </c>
+      <c r="B47" t="s">
+        <v>137</v>
+      </c>
+      <c r="C47" t="s">
+        <v>220</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="E47" t="s">
+        <v>341</v>
+      </c>
+      <c r="F47" t="s">
+        <v>341</v>
+      </c>
+      <c r="G47" t="s">
+        <v>342</v>
+      </c>
+      <c r="H47" t="s">
+        <v>343</v>
+      </c>
+      <c r="I47" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>55</v>
+      </c>
+      <c r="B48" t="s">
+        <v>138</v>
+      </c>
+      <c r="C48" t="s">
+        <v>221</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E48" t="s">
+        <v>341</v>
+      </c>
+      <c r="F48" t="s">
+        <v>341</v>
+      </c>
+      <c r="G48" t="s">
+        <v>342</v>
+      </c>
+      <c r="H48" t="s">
+        <v>343</v>
+      </c>
+      <c r="I48" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>56</v>
+      </c>
+      <c r="B49" t="s">
+        <v>139</v>
+      </c>
+      <c r="C49" t="s">
+        <v>222</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="E49" t="s">
+        <v>341</v>
+      </c>
+      <c r="F49" t="s">
+        <v>341</v>
+      </c>
+      <c r="G49" t="s">
+        <v>342</v>
+      </c>
+      <c r="H49" t="s">
+        <v>343</v>
+      </c>
+      <c r="I49" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>57</v>
+      </c>
+      <c r="B50" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" t="s">
+        <v>223</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="E50" t="s">
+        <v>341</v>
+      </c>
+      <c r="F50" t="s">
+        <v>341</v>
+      </c>
+      <c r="G50" t="s">
+        <v>342</v>
+      </c>
+      <c r="H50" t="s">
+        <v>343</v>
+      </c>
+      <c r="I50" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>58</v>
+      </c>
+      <c r="B51" t="s">
+        <v>141</v>
+      </c>
+      <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E51" t="s">
+        <v>341</v>
+      </c>
+      <c r="F51" t="s">
+        <v>341</v>
+      </c>
+      <c r="G51" t="s">
+        <v>342</v>
+      </c>
+      <c r="H51" t="s">
+        <v>343</v>
+      </c>
+      <c r="I51" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>59</v>
+      </c>
+      <c r="B52" t="s">
+        <v>142</v>
+      </c>
+      <c r="C52" t="s">
+        <v>225</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E52" t="s">
+        <v>341</v>
+      </c>
+      <c r="F52" t="s">
+        <v>341</v>
+      </c>
+      <c r="G52" t="s">
+        <v>342</v>
+      </c>
+      <c r="H52" t="s">
+        <v>343</v>
+      </c>
+      <c r="I52" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>60</v>
+      </c>
+      <c r="B53" t="s">
+        <v>143</v>
+      </c>
+      <c r="C53" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="E53" t="s">
+        <v>341</v>
+      </c>
+      <c r="F53" t="s">
+        <v>341</v>
+      </c>
+      <c r="G53" t="s">
+        <v>342</v>
+      </c>
+      <c r="H53" t="s">
+        <v>343</v>
+      </c>
+      <c r="I53" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" t="s">
+        <v>144</v>
+      </c>
+      <c r="C54" t="s">
+        <v>227</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="E54" t="s">
+        <v>341</v>
+      </c>
+      <c r="F54" t="s">
+        <v>341</v>
+      </c>
+      <c r="G54" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54" t="s">
+        <v>343</v>
+      </c>
+      <c r="I54" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>62</v>
+      </c>
+      <c r="B55" t="s">
+        <v>145</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="E55" t="s">
+        <v>341</v>
+      </c>
+      <c r="F55" t="s">
+        <v>341</v>
+      </c>
+      <c r="G55" t="s">
+        <v>342</v>
+      </c>
+      <c r="H55" t="s">
+        <v>343</v>
+      </c>
+      <c r="I55" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>63</v>
+      </c>
+      <c r="B56" t="s">
+        <v>146</v>
+      </c>
+      <c r="C56" t="s">
+        <v>229</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="E56" t="s">
+        <v>341</v>
+      </c>
+      <c r="F56" t="s">
+        <v>341</v>
+      </c>
+      <c r="G56" t="s">
+        <v>342</v>
+      </c>
+      <c r="H56" t="s">
+        <v>343</v>
+      </c>
+      <c r="I56" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>64</v>
+      </c>
+      <c r="B57" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" t="s">
+        <v>230</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="E57" t="s">
+        <v>341</v>
+      </c>
+      <c r="F57" t="s">
+        <v>341</v>
+      </c>
+      <c r="G57" t="s">
+        <v>342</v>
+      </c>
+      <c r="H57" t="s">
+        <v>343</v>
+      </c>
+      <c r="I57" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>65</v>
+      </c>
+      <c r="B58" t="s">
+        <v>148</v>
+      </c>
+      <c r="C58" t="s">
+        <v>231</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="E58" t="s">
+        <v>341</v>
+      </c>
+      <c r="F58" t="s">
+        <v>341</v>
+      </c>
+      <c r="G58" t="s">
+        <v>342</v>
+      </c>
+      <c r="H58" t="s">
+        <v>343</v>
+      </c>
+      <c r="I58" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" t="s">
+        <v>149</v>
+      </c>
+      <c r="C59" t="s">
+        <v>232</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="E59" t="s">
+        <v>341</v>
+      </c>
+      <c r="F59" t="s">
+        <v>341</v>
+      </c>
+      <c r="G59" t="s">
+        <v>342</v>
+      </c>
+      <c r="H59" t="s">
+        <v>343</v>
+      </c>
+      <c r="I59" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>67</v>
+      </c>
+      <c r="B60" t="s">
+        <v>150</v>
+      </c>
+      <c r="C60" t="s">
+        <v>233</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="E60" t="s">
+        <v>341</v>
+      </c>
+      <c r="F60" t="s">
+        <v>341</v>
+      </c>
+      <c r="G60" t="s">
+        <v>342</v>
+      </c>
+      <c r="H60" t="s">
+        <v>343</v>
+      </c>
+      <c r="I60" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" t="s">
+        <v>151</v>
+      </c>
+      <c r="C61" t="s">
+        <v>234</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="E61" t="s">
+        <v>341</v>
+      </c>
+      <c r="F61" t="s">
+        <v>341</v>
+      </c>
+      <c r="G61" t="s">
+        <v>342</v>
+      </c>
+      <c r="H61" t="s">
+        <v>343</v>
+      </c>
+      <c r="I61" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>69</v>
+      </c>
+      <c r="B62" t="s">
+        <v>152</v>
+      </c>
+      <c r="C62" t="s">
+        <v>235</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="E62" t="s">
+        <v>341</v>
+      </c>
+      <c r="F62" t="s">
+        <v>341</v>
+      </c>
+      <c r="G62" t="s">
+        <v>342</v>
+      </c>
+      <c r="H62" t="s">
+        <v>343</v>
+      </c>
+      <c r="I62" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>70</v>
+      </c>
+      <c r="B63" t="s">
+        <v>153</v>
+      </c>
+      <c r="C63" t="s">
+        <v>236</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="E63" t="s">
+        <v>341</v>
+      </c>
+      <c r="F63" t="s">
+        <v>341</v>
+      </c>
+      <c r="G63" t="s">
+        <v>342</v>
+      </c>
+      <c r="H63" t="s">
+        <v>343</v>
+      </c>
+      <c r="I63" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>71</v>
+      </c>
+      <c r="B64" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" t="s">
+        <v>237</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="E64" t="s">
+        <v>341</v>
+      </c>
+      <c r="F64" t="s">
+        <v>341</v>
+      </c>
+      <c r="G64" t="s">
+        <v>342</v>
+      </c>
+      <c r="H64" t="s">
+        <v>343</v>
+      </c>
+      <c r="I64" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>72</v>
+      </c>
+      <c r="B65" t="s">
+        <v>155</v>
+      </c>
+      <c r="C65" t="s">
+        <v>238</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="E65" t="s">
+        <v>341</v>
+      </c>
+      <c r="F65" t="s">
+        <v>341</v>
+      </c>
+      <c r="G65" t="s">
+        <v>342</v>
+      </c>
+      <c r="H65" t="s">
+        <v>343</v>
+      </c>
+      <c r="I65" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>73</v>
+      </c>
+      <c r="B66" t="s">
+        <v>156</v>
+      </c>
+      <c r="C66" t="s">
+        <v>239</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="E66" t="s">
+        <v>341</v>
+      </c>
+      <c r="F66" t="s">
+        <v>341</v>
+      </c>
+      <c r="G66" t="s">
+        <v>342</v>
+      </c>
+      <c r="H66" t="s">
+        <v>343</v>
+      </c>
+      <c r="I66" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>74</v>
+      </c>
+      <c r="B67" t="s">
+        <v>157</v>
+      </c>
+      <c r="C67" t="s">
+        <v>240</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E67" t="s">
+        <v>341</v>
+      </c>
+      <c r="F67" t="s">
+        <v>341</v>
+      </c>
+      <c r="G67" t="s">
+        <v>342</v>
+      </c>
+      <c r="H67" t="s">
+        <v>343</v>
+      </c>
+      <c r="I67" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>75</v>
+      </c>
+      <c r="B68" t="s">
+        <v>158</v>
+      </c>
+      <c r="C68" t="s">
+        <v>241</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="E68" t="s">
+        <v>341</v>
+      </c>
+      <c r="F68" t="s">
+        <v>341</v>
+      </c>
+      <c r="G68" t="s">
+        <v>342</v>
+      </c>
+      <c r="H68" t="s">
+        <v>343</v>
+      </c>
+      <c r="I68" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>76</v>
+      </c>
+      <c r="B69" t="s">
+        <v>159</v>
+      </c>
+      <c r="C69" t="s">
+        <v>242</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="E69" t="s">
+        <v>341</v>
+      </c>
+      <c r="F69" t="s">
+        <v>341</v>
+      </c>
+      <c r="G69" t="s">
+        <v>342</v>
+      </c>
+      <c r="H69" t="s">
+        <v>343</v>
+      </c>
+      <c r="I69" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>77</v>
+      </c>
+      <c r="B70" t="s">
+        <v>160</v>
+      </c>
+      <c r="C70" t="s">
+        <v>243</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="E70" t="s">
+        <v>341</v>
+      </c>
+      <c r="F70" t="s">
+        <v>341</v>
+      </c>
+      <c r="G70" t="s">
+        <v>342</v>
+      </c>
+      <c r="H70" t="s">
+        <v>343</v>
+      </c>
+      <c r="I70" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>78</v>
+      </c>
+      <c r="B71" t="s">
+        <v>161</v>
+      </c>
+      <c r="C71" t="s">
+        <v>244</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="E71" t="s">
+        <v>341</v>
+      </c>
+      <c r="F71" t="s">
+        <v>341</v>
+      </c>
+      <c r="G71" t="s">
+        <v>342</v>
+      </c>
+      <c r="H71" t="s">
+        <v>343</v>
+      </c>
+      <c r="I71" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>79</v>
+      </c>
+      <c r="B72" t="s">
+        <v>162</v>
+      </c>
+      <c r="C72" t="s">
+        <v>245</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E72" t="s">
+        <v>341</v>
+      </c>
+      <c r="F72" t="s">
+        <v>341</v>
+      </c>
+      <c r="G72" t="s">
+        <v>342</v>
+      </c>
+      <c r="H72" t="s">
+        <v>343</v>
+      </c>
+      <c r="I72" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>80</v>
+      </c>
+      <c r="B73" t="s">
+        <v>163</v>
+      </c>
+      <c r="C73" t="s">
+        <v>246</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="E73" t="s">
+        <v>341</v>
+      </c>
+      <c r="F73" t="s">
+        <v>341</v>
+      </c>
+      <c r="G73" t="s">
+        <v>342</v>
+      </c>
+      <c r="H73" t="s">
+        <v>343</v>
+      </c>
+      <c r="I73" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>81</v>
+      </c>
+      <c r="B74" t="s">
+        <v>164</v>
+      </c>
+      <c r="C74" t="s">
+        <v>247</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E74" t="s">
+        <v>341</v>
+      </c>
+      <c r="F74" t="s">
+        <v>341</v>
+      </c>
+      <c r="G74" t="s">
+        <v>342</v>
+      </c>
+      <c r="H74" t="s">
+        <v>343</v>
+      </c>
+      <c r="I74" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>82</v>
+      </c>
+      <c r="B75" t="s">
+        <v>165</v>
+      </c>
+      <c r="C75" t="s">
+        <v>248</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E75" t="s">
+        <v>341</v>
+      </c>
+      <c r="F75" t="s">
+        <v>341</v>
+      </c>
+      <c r="G75" t="s">
+        <v>342</v>
+      </c>
+      <c r="H75" t="s">
+        <v>343</v>
+      </c>
+      <c r="I75" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>83</v>
+      </c>
+      <c r="B76" t="s">
+        <v>166</v>
+      </c>
+      <c r="C76" t="s">
+        <v>249</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="E76" t="s">
+        <v>341</v>
+      </c>
+      <c r="F76" t="s">
+        <v>341</v>
+      </c>
+      <c r="G76" t="s">
+        <v>342</v>
+      </c>
+      <c r="H76" t="s">
+        <v>343</v>
+      </c>
+      <c r="I76" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>84</v>
+      </c>
+      <c r="B77" t="s">
+        <v>167</v>
+      </c>
+      <c r="C77" t="s">
+        <v>250</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="E77" t="s">
+        <v>341</v>
+      </c>
+      <c r="F77" t="s">
+        <v>341</v>
+      </c>
+      <c r="G77" t="s">
+        <v>342</v>
+      </c>
+      <c r="H77" t="s">
+        <v>343</v>
+      </c>
+      <c r="I77" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>85</v>
+      </c>
+      <c r="B78" t="s">
+        <v>168</v>
+      </c>
+      <c r="C78" t="s">
+        <v>251</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="E78" t="s">
+        <v>341</v>
+      </c>
+      <c r="F78" t="s">
+        <v>341</v>
+      </c>
+      <c r="G78" t="s">
+        <v>342</v>
+      </c>
+      <c r="H78" t="s">
+        <v>343</v>
+      </c>
+      <c r="I78" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>86</v>
+      </c>
+      <c r="B79" t="s">
+        <v>169</v>
+      </c>
+      <c r="C79" t="s">
+        <v>252</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="E79" t="s">
+        <v>341</v>
+      </c>
+      <c r="F79" t="s">
+        <v>341</v>
+      </c>
+      <c r="G79" t="s">
+        <v>342</v>
+      </c>
+      <c r="H79" t="s">
+        <v>343</v>
+      </c>
+      <c r="I79" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>87</v>
+      </c>
+      <c r="B80" t="s">
+        <v>170</v>
+      </c>
+      <c r="C80" t="s">
+        <v>253</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="E80" t="s">
+        <v>341</v>
+      </c>
+      <c r="F80" t="s">
+        <v>341</v>
+      </c>
+      <c r="G80" t="s">
+        <v>342</v>
+      </c>
+      <c r="H80" t="s">
+        <v>343</v>
+      </c>
+      <c r="I80" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>88</v>
+      </c>
+      <c r="B81" t="s">
+        <v>171</v>
+      </c>
+      <c r="C81" t="s">
+        <v>254</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="E81" t="s">
+        <v>341</v>
+      </c>
+      <c r="F81" t="s">
+        <v>341</v>
+      </c>
+      <c r="G81" t="s">
+        <v>342</v>
+      </c>
+      <c r="H81" t="s">
+        <v>343</v>
+      </c>
+      <c r="I81" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>89</v>
+      </c>
+      <c r="B82" t="s">
+        <v>172</v>
+      </c>
+      <c r="C82" t="s">
+        <v>255</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="E82" t="s">
+        <v>341</v>
+      </c>
+      <c r="F82" t="s">
+        <v>341</v>
+      </c>
+      <c r="G82" t="s">
+        <v>342</v>
+      </c>
+      <c r="H82" t="s">
+        <v>343</v>
+      </c>
+      <c r="I82" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>90</v>
+      </c>
+      <c r="B83" t="s">
+        <v>173</v>
+      </c>
+      <c r="C83" t="s">
+        <v>256</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="E83" t="s">
+        <v>341</v>
+      </c>
+      <c r="F83" t="s">
+        <v>341</v>
+      </c>
+      <c r="G83" t="s">
+        <v>342</v>
+      </c>
+      <c r="H83" t="s">
+        <v>343</v>
+      </c>
+      <c r="I83" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" t="s">
         <v>91</v>
       </c>
-      <c r="C2" t="s">
+      <c r="B84" t="s">
         <v>174</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="C84" t="s">
         <v>257</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D84" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="F2" t="s">
-[...2127 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F84" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="G84" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H84" t="s">
-        <v>342</v>
+        <v>343</v>
+      </c>
+      <c r="I84" t="s">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId1"/>
     <hyperlink ref="D3" r:id="rId2"/>
     <hyperlink ref="D4" r:id="rId3"/>
     <hyperlink ref="D5" r:id="rId4"/>
     <hyperlink ref="D6" r:id="rId5"/>
     <hyperlink ref="D7" r:id="rId6"/>
     <hyperlink ref="D8" r:id="rId7"/>
     <hyperlink ref="D9" r:id="rId8"/>
     <hyperlink ref="D10" r:id="rId9"/>
     <hyperlink ref="D11" r:id="rId10"/>
     <hyperlink ref="D12" r:id="rId11"/>
     <hyperlink ref="D13" r:id="rId12"/>
     <hyperlink ref="D14" r:id="rId13"/>
     <hyperlink ref="D15" r:id="rId14"/>
     <hyperlink ref="D16" r:id="rId15"/>
     <hyperlink ref="D17" r:id="rId16"/>
     <hyperlink ref="D18" r:id="rId17"/>
     <hyperlink ref="D19" r:id="rId18"/>
     <hyperlink ref="D20" r:id="rId19"/>
     <hyperlink ref="D21" r:id="rId20"/>
     <hyperlink ref="D22" r:id="rId21"/>
@@ -3697,61 +4429,1237 @@
     <hyperlink ref="D65" r:id="rId64"/>
     <hyperlink ref="D66" r:id="rId65"/>
     <hyperlink ref="D67" r:id="rId66"/>
     <hyperlink ref="D68" r:id="rId67"/>
     <hyperlink ref="D69" r:id="rId68"/>
     <hyperlink ref="D70" r:id="rId69"/>
     <hyperlink ref="D71" r:id="rId70"/>
     <hyperlink ref="D72" r:id="rId71"/>
     <hyperlink ref="D73" r:id="rId72"/>
     <hyperlink ref="D74" r:id="rId73"/>
     <hyperlink ref="D75" r:id="rId74"/>
     <hyperlink ref="D76" r:id="rId75"/>
     <hyperlink ref="D77" r:id="rId76"/>
     <hyperlink ref="D78" r:id="rId77"/>
     <hyperlink ref="D79" r:id="rId78"/>
     <hyperlink ref="D80" r:id="rId79"/>
     <hyperlink ref="D81" r:id="rId80"/>
     <hyperlink ref="D82" r:id="rId81"/>
     <hyperlink ref="D83" r:id="rId82"/>
     <hyperlink ref="D84" r:id="rId83"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:D83"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D1" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D2" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C3" t="s">
+        <v>359</v>
+      </c>
+      <c r="D3" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C4" t="s">
+        <v>358</v>
+      </c>
+      <c r="D4" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>156</v>
+      </c>
+      <c r="B5" t="s">
+        <v>239</v>
+      </c>
+      <c r="C5" t="s">
+        <v>407</v>
+      </c>
+      <c r="D5" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C6" t="s">
+        <v>348</v>
+      </c>
+      <c r="D6" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C7" t="s">
+        <v>401</v>
+      </c>
+      <c r="D7" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>154</v>
+      </c>
+      <c r="B8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C8" t="s">
+        <v>405</v>
+      </c>
+      <c r="D8" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>162</v>
+      </c>
+      <c r="B9" t="s">
+        <v>245</v>
+      </c>
+      <c r="C9" t="s">
+        <v>413</v>
+      </c>
+      <c r="D9" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>173</v>
+      </c>
+      <c r="B10" t="s">
+        <v>256</v>
+      </c>
+      <c r="C10" t="s">
+        <v>424</v>
+      </c>
+      <c r="D10" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>131</v>
+      </c>
+      <c r="B11" t="s">
+        <v>214</v>
+      </c>
+      <c r="C11" t="s">
+        <v>382</v>
+      </c>
+      <c r="D11" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>164</v>
+      </c>
+      <c r="B12" t="s">
+        <v>247</v>
+      </c>
+      <c r="C12" t="s">
+        <v>415</v>
+      </c>
+      <c r="D12" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>171</v>
+      </c>
+      <c r="B13" t="s">
+        <v>254</v>
+      </c>
+      <c r="C13" t="s">
+        <v>422</v>
+      </c>
+      <c r="D13" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C14" t="s">
+        <v>355</v>
+      </c>
+      <c r="D14" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>158</v>
+      </c>
+      <c r="B15" t="s">
+        <v>241</v>
+      </c>
+      <c r="C15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D15" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>220</v>
+      </c>
+      <c r="C16" t="s">
+        <v>388</v>
+      </c>
+      <c r="D16" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>159</v>
+      </c>
+      <c r="B17" t="s">
+        <v>242</v>
+      </c>
+      <c r="C17" t="s">
+        <v>410</v>
+      </c>
+      <c r="D17" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>195</v>
+      </c>
+      <c r="C18" t="s">
+        <v>363</v>
+      </c>
+      <c r="D18" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>221</v>
+      </c>
+      <c r="C19" t="s">
+        <v>389</v>
+      </c>
+      <c r="D19" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>172</v>
+      </c>
+      <c r="B20" t="s">
+        <v>255</v>
+      </c>
+      <c r="C20" t="s">
+        <v>423</v>
+      </c>
+      <c r="D20" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B21" t="s">
+        <v>184</v>
+      </c>
+      <c r="C21" t="s">
+        <v>352</v>
+      </c>
+      <c r="D21" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>182</v>
+      </c>
+      <c r="C22" t="s">
+        <v>350</v>
+      </c>
+      <c r="D22" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>126</v>
+      </c>
+      <c r="B23" t="s">
+        <v>209</v>
+      </c>
+      <c r="C23" t="s">
+        <v>377</v>
+      </c>
+      <c r="D23" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" t="s">
+        <v>219</v>
+      </c>
+      <c r="C24" t="s">
+        <v>387</v>
+      </c>
+      <c r="D24" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>345</v>
+      </c>
+      <c r="D25" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C26" t="s">
+        <v>349</v>
+      </c>
+      <c r="D26" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" t="s">
+        <v>372</v>
+      </c>
+      <c r="D27" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>250</v>
+      </c>
+      <c r="C28" t="s">
+        <v>418</v>
+      </c>
+      <c r="D28" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>364</v>
+      </c>
+      <c r="D29" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>135</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>386</v>
+      </c>
+      <c r="D30" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>151</v>
+      </c>
+      <c r="B31" t="s">
+        <v>234</v>
+      </c>
+      <c r="C31" t="s">
+        <v>402</v>
+      </c>
+      <c r="D31" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>174</v>
+      </c>
+      <c r="B32" t="s">
+        <v>257</v>
+      </c>
+      <c r="C32" t="s">
+        <v>425</v>
+      </c>
+      <c r="D32" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
+        <v>253</v>
+      </c>
+      <c r="C33" t="s">
+        <v>421</v>
+      </c>
+      <c r="D33" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>400</v>
+      </c>
+      <c r="D34" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>357</v>
+      </c>
+      <c r="D35" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
+        <v>408</v>
+      </c>
+      <c r="D36" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>122</v>
+      </c>
+      <c r="B37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C37" t="s">
+        <v>373</v>
+      </c>
+      <c r="D37" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" t="s">
+        <v>243</v>
+      </c>
+      <c r="C38" t="s">
+        <v>411</v>
+      </c>
+      <c r="D38" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>148</v>
+      </c>
+      <c r="B39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C39" t="s">
+        <v>399</v>
+      </c>
+      <c r="D39" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
+        <v>238</v>
+      </c>
+      <c r="C40" t="s">
+        <v>406</v>
+      </c>
+      <c r="D40" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" t="s">
+        <v>223</v>
+      </c>
+      <c r="C41" t="s">
+        <v>391</v>
+      </c>
+      <c r="D41" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>102</v>
+      </c>
+      <c r="B42" t="s">
+        <v>185</v>
+      </c>
+      <c r="C42" t="s">
+        <v>353</v>
+      </c>
+      <c r="D42" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>153</v>
+      </c>
+      <c r="B43" t="s">
+        <v>236</v>
+      </c>
+      <c r="C43" t="s">
+        <v>404</v>
+      </c>
+      <c r="D43" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>152</v>
+      </c>
+      <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
+        <v>403</v>
+      </c>
+      <c r="D44" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>168</v>
+      </c>
+      <c r="B45" t="s">
+        <v>251</v>
+      </c>
+      <c r="C45" t="s">
+        <v>419</v>
+      </c>
+      <c r="D45" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" t="s">
+        <v>207</v>
+      </c>
+      <c r="C46" t="s">
+        <v>375</v>
+      </c>
+      <c r="D46" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>116</v>
+      </c>
+      <c r="B47" t="s">
+        <v>199</v>
+      </c>
+      <c r="C47" t="s">
+        <v>367</v>
+      </c>
+      <c r="D47" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>166</v>
+      </c>
+      <c r="B48" t="s">
+        <v>249</v>
+      </c>
+      <c r="C48" t="s">
+        <v>417</v>
+      </c>
+      <c r="D48" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>95</v>
+      </c>
+      <c r="B49" t="s">
+        <v>178</v>
+      </c>
+      <c r="C49" t="s">
+        <v>347</v>
+      </c>
+      <c r="D49" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>165</v>
+      </c>
+      <c r="B50" t="s">
+        <v>248</v>
+      </c>
+      <c r="C50" t="s">
+        <v>416</v>
+      </c>
+      <c r="D50" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" t="s">
+        <v>200</v>
+      </c>
+      <c r="C51" t="s">
+        <v>368</v>
+      </c>
+      <c r="D51" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>147</v>
+      </c>
+      <c r="B52" t="s">
+        <v>230</v>
+      </c>
+      <c r="C52" t="s">
+        <v>398</v>
+      </c>
+      <c r="D52" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>163</v>
+      </c>
+      <c r="B53" t="s">
+        <v>246</v>
+      </c>
+      <c r="C53" t="s">
+        <v>414</v>
+      </c>
+      <c r="D53" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>161</v>
+      </c>
+      <c r="B54" t="s">
+        <v>244</v>
+      </c>
+      <c r="C54" t="s">
+        <v>412</v>
+      </c>
+      <c r="D54" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55" t="s">
+        <v>188</v>
+      </c>
+      <c r="C55" t="s">
+        <v>356</v>
+      </c>
+      <c r="D55" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" t="s">
+        <v>213</v>
+      </c>
+      <c r="C56" t="s">
+        <v>381</v>
+      </c>
+      <c r="D56" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>142</v>
+      </c>
+      <c r="B57" t="s">
+        <v>225</v>
+      </c>
+      <c r="C57" t="s">
+        <v>393</v>
+      </c>
+      <c r="D57" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>134</v>
+      </c>
+      <c r="B58" t="s">
+        <v>217</v>
+      </c>
+      <c r="C58" t="s">
+        <v>385</v>
+      </c>
+      <c r="D58" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>128</v>
+      </c>
+      <c r="B59" t="s">
+        <v>211</v>
+      </c>
+      <c r="C59" t="s">
+        <v>379</v>
+      </c>
+      <c r="D59" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>115</v>
+      </c>
+      <c r="B60" t="s">
+        <v>198</v>
+      </c>
+      <c r="C60" t="s">
+        <v>366</v>
+      </c>
+      <c r="D60" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>110</v>
+      </c>
+      <c r="B61" t="s">
+        <v>193</v>
+      </c>
+      <c r="C61" t="s">
+        <v>361</v>
+      </c>
+      <c r="D61" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>139</v>
+      </c>
+      <c r="B62" t="s">
+        <v>222</v>
+      </c>
+      <c r="C62" t="s">
+        <v>390</v>
+      </c>
+      <c r="D62" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>132</v>
+      </c>
+      <c r="B63" t="s">
+        <v>215</v>
+      </c>
+      <c r="C63" t="s">
+        <v>383</v>
+      </c>
+      <c r="D63" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>146</v>
+      </c>
+      <c r="B64" t="s">
+        <v>229</v>
+      </c>
+      <c r="C64" t="s">
+        <v>397</v>
+      </c>
+      <c r="D64" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>103</v>
+      </c>
+      <c r="B65" t="s">
+        <v>186</v>
+      </c>
+      <c r="C65" t="s">
+        <v>354</v>
+      </c>
+      <c r="D65" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>129</v>
+      </c>
+      <c r="B66" t="s">
+        <v>212</v>
+      </c>
+      <c r="C66" t="s">
+        <v>380</v>
+      </c>
+      <c r="D66" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>114</v>
+      </c>
+      <c r="B67" t="s">
+        <v>197</v>
+      </c>
+      <c r="C67" t="s">
+        <v>365</v>
+      </c>
+      <c r="D67" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>145</v>
+      </c>
+      <c r="B68" t="s">
+        <v>228</v>
+      </c>
+      <c r="C68" t="s">
+        <v>396</v>
+      </c>
+      <c r="D68" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>119</v>
+      </c>
+      <c r="B69" t="s">
+        <v>202</v>
+      </c>
+      <c r="C69" t="s">
+        <v>370</v>
+      </c>
+      <c r="D69" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>125</v>
+      </c>
+      <c r="B70" t="s">
+        <v>208</v>
+      </c>
+      <c r="C70" t="s">
+        <v>376</v>
+      </c>
+      <c r="D70" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>169</v>
+      </c>
+      <c r="B71" t="s">
+        <v>252</v>
+      </c>
+      <c r="C71" t="s">
+        <v>420</v>
+      </c>
+      <c r="D71" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>141</v>
+      </c>
+      <c r="B72" t="s">
+        <v>224</v>
+      </c>
+      <c r="C72" t="s">
+        <v>392</v>
+      </c>
+      <c r="D72" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>92</v>
+      </c>
+      <c r="B73" t="s">
+        <v>175</v>
+      </c>
+      <c r="C73" t="s">
+        <v>344</v>
+      </c>
+      <c r="D73" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>111</v>
+      </c>
+      <c r="B74" t="s">
+        <v>194</v>
+      </c>
+      <c r="C74" t="s">
+        <v>362</v>
+      </c>
+      <c r="D74" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>127</v>
+      </c>
+      <c r="B75" t="s">
+        <v>210</v>
+      </c>
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>109</v>
+      </c>
+      <c r="B76" t="s">
+        <v>192</v>
+      </c>
+      <c r="C76" t="s">
+        <v>360</v>
+      </c>
+      <c r="D76" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>94</v>
+      </c>
+      <c r="B77" t="s">
+        <v>177</v>
+      </c>
+      <c r="C77" t="s">
+        <v>346</v>
+      </c>
+      <c r="D77" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>144</v>
+      </c>
+      <c r="B78" t="s">
+        <v>227</v>
+      </c>
+      <c r="C78" t="s">
+        <v>395</v>
+      </c>
+      <c r="D78" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>100</v>
+      </c>
+      <c r="B79" t="s">
+        <v>183</v>
+      </c>
+      <c r="C79" t="s">
+        <v>351</v>
+      </c>
+      <c r="D79" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>133</v>
+      </c>
+      <c r="B80" t="s">
+        <v>216</v>
+      </c>
+      <c r="C80" t="s">
+        <v>384</v>
+      </c>
+      <c r="D80" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>118</v>
+      </c>
+      <c r="B81" t="s">
+        <v>201</v>
+      </c>
+      <c r="C81" t="s">
+        <v>369</v>
+      </c>
+      <c r="D81" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>143</v>
+      </c>
+      <c r="B82" t="s">
+        <v>226</v>
+      </c>
+      <c r="C82" t="s">
+        <v>394</v>
+      </c>
+      <c r="D82" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>123</v>
+      </c>
+      <c r="B83" t="s">
+        <v>206</v>
+      </c>
+      <c r="C83" t="s">
+        <v>374</v>
+      </c>
+      <c r="D83" t="s">
+        <v>511</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>detectionstrategies</vt:lpstr>
+      <vt:lpstr>detectionstrategies-analytic</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>