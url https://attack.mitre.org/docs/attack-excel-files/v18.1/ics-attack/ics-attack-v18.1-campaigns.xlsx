--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -279,69 +279,69 @@
   <si>
     <t>(Citation: Marshall Abrams July 2008)</t>
   </si>
   <si>
     <t>(Citation: Triton-EENews-2017)</t>
   </si>
   <si>
     <t>(Citation: CISA AA23-335A IRGC-Affiliated December 2023)</t>
   </si>
   <si>
     <t>01 January 2016</t>
   </si>
   <si>
     <t>01 October 2022</t>
   </si>
   <si>
     <t>01 April 2000</t>
   </si>
   <si>
     <t>01 August 2017</t>
   </si>
   <si>
     <t>(Citation: Lisa Zahner December 2023)</t>
   </si>
   <si>
-    <t>(Citation: Booz Allen Hamilton),(Citation: Charles McLellan March 2016),(Citation: Ukraine15 - EISAC - 201603),(Citation: Booz Allen Hamilton),(Citation: Andy Greenberg June 2017),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Andy Greenberg June 2017)</t>
-[...5 lines deleted...]
-    <t>,(Citation: Mandiant-Sandworm-Ukraine-2022),(Citation: Dragos-Sandworm-Ukraine-2022),(Citation: Mandiant-Sandworm-Ukraine-2022)</t>
+    <t>(Citation: Booz Allen Hamilton),(Citation: Ukraine15 - EISAC - 201603),(Citation: Charles McLellan March 2016),(Citation: Booz Allen Hamilton),(Citation: Andy Greenberg June 2017),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Andy Greenberg June 2017)</t>
+  </si>
+  <si>
+    <t>(Citation: Dragos Crashoverride 2018),(Citation: ESET Industroyer),(Citation: Dragos Crashoverride 2018),(Citation: ESET Industroyer),(Citation: US District Court Indictment GRU Unit 74455 October 2020),(Citation: Joe Slowik August 2019)</t>
+  </si>
+  <si>
+    <t>,(Citation: Mandiant-Sandworm-Ukraine-2022),(Citation: Mandiant-Sandworm-Ukraine-2022),(Citation: Dragos-Sandworm-Ukraine-2022)</t>
   </si>
   <si>
     <t>(Citation: Dragos FROSTYGOOP 2024),(Citation: Dragos FROSTYGOOP 2024),</t>
   </si>
   <si>
     <t>,(Citation: Marshall Abrams July 2008),</t>
   </si>
   <si>
-    <t>(Citation: FireEye TRITON 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: Triton-EENews-2017),(Citation: FireEye TRITON 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018)</t>
-[...2 lines deleted...]
-    <t>,(Citation: Frank Bajak and Marc Levy December 2023),(Citation: Jamie Tarabay and Katrina Manson December 2023),(Citation: Lisa Zahner December 2023),(Citation: CISA AA23-335A IRGC-Affiliated December 2023),(Citation: WPXI Aliquippa Water November 2023),(Citation: CISA Unitronics November 2023),(Citation: CISA AA23-335A IRGC-Affiliated December 2023)</t>
+    <t>(Citation: FireEye TRITON 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: FireEye TRITON 2018),(Citation: Triton-EENews-2017),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018),(Citation: FireEye TRITON Dec 2017),(Citation: FireEye TEMP.Veles 2018)</t>
+  </si>
+  <si>
+    <t>,(Citation: CISA Unitronics November 2023),(Citation: Frank Bajak and Marc Levy December 2023),(Citation: Jamie Tarabay and Katrina Manson December 2023),(Citation: WPXI Aliquippa Water November 2023),(Citation: Lisa Zahner December 2023),(Citation: CISA AA23-335A IRGC-Affiliated December 2023),(Citation: CISA AA23-335A IRGC-Affiliated December 2023)</t>
   </si>
   <si>
     <t>source ID</t>
   </si>
   <si>
     <t>source name</t>
   </si>
   <si>
     <t>source ref</t>
   </si>
   <si>
     <t>source type</t>
   </si>
   <si>
     <t>mapping type</t>
   </si>
   <si>
     <t>target ID</t>
   </si>
   <si>
     <t>target name</t>
   </si>
   <si>
     <t>target ref</t>
   </si>
@@ -1432,119 +1432,93 @@
     <t>https://www.mandiant.com/resources/blog/sandworm-disrupts-power-ukraine-operational-technology</t>
   </si>
   <si>
     <t>https://www.mitre.org/sites/default/files/pdf/08_1145.pdf</t>
   </si>
   <si>
     <t>https://www.eenews.net/articles/the-inside-story-of-the-worlds-most-dangerous-malware/</t>
   </si>
   <si>
     <t>https://www.justice.gov/opa/press-release/file/1328521/download</t>
   </si>
   <si>
     <t>https://nsarchive.gwu.edu/sites/default/files/documents/3891751/SANS-and-Electricity-Information-Sharing-and.pdf</t>
   </si>
   <si>
     <t>https://www.wpxi.com/news/local/officials-investigating-cyberattack-municipal-water-authority-aliquippa/K5A3BEW35RAXJPMNHNE35RZ7WA/</t>
   </si>
   <si>
     <t>https://www.nozominetworks.com/blog/protecting-against-frostygoop-bustleberm-malware</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1815,377 +1789,377 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0028" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0034" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0041" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0020" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0030" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/campaigns/C0031" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wired.com/story/russian-hackers-attack-ukraine/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boozallen.com/content/dam/boozallen/documents/2016/09/ukraine-report-when-the-lights-went-out.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-335a" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/alerts/2023/11/28/exploitation-unitronics-plcs-used-water-and-wastewater-systems" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zdnet.com/article/how-hackers-attacked-ukraines-power-grid-implications-for-industrial-iot-security/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/Reports/Dragos-FrostyGoop-ICS-Malware-Intel-Brief-0724_r2.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/blog/new-details-electrum-ukraine-electric-sector-compromise-2022/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2018/10/triton-attribution-russian-government-owned-lab-most-likely-built-tools.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200618231942/https://www.fireeye.com/blog/threat-research/2018/06/totally-tubular-treatise-on-triton-and-tristation.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apnews.com/article/hackers-iran-israel-water-utilities-critical-infrastructure-cisa-554b2aa969c8220016ab2ef94bd7635b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomberg.com/news/articles/2023-12-22/iranian-linked-hacks-expose-failure-to-safeguard-us-water-system" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dragos.com/wp-content/uploads/CRASHOVERRIDE.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veronews.com/2023/12/15/hackers-in-iran-attack-computer-at-vero-utilities/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/blog/sandworm-disrupts-power-ukraine-operational-technology" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mitre.org/sites/default/files/pdf/08_1145.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eenews.net/articles/the-inside-story-of-the-worlds-most-dangerous-malware/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice.gov/opa/press-release/file/1328521/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nsarchive.gwu.edu/sites/default/files/documents/3891751/SANS-and-Electricity-Information-Sharing-and.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wpxi.com/news/local/officials-investigating-cyberattack-municipal-water-authority-aliquippa/K5A3BEW35RAXJPMNHNE35RZ7WA/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boozallen.com/content/dam/boozallen/documents/2016/09/ukraine-report-when-the-lights-went-out.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eenews.net/articles/the-inside-story-of-the-worlds-most-dangerous-malware/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fireeye.com/blog/threat-research/2017/12/attackers-deploy-new-ics-attack-framework-triton.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20200618231942/https://www.fireeye.com/blog/threat-research/2018/06/totally-tubular-treatise-on-triton-and-tristation.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hub.dragos.com/hubfs/Reports/Dragos-FrostyGoop-ICS-Malware-Intel-Brief-0724_r2.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nozominetworks.com/blog/protecting-against-frostygoop-bustleberm-malware" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.welivesecurity.com/wp-content/uploads/2017/06/Win32_Industroyer.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/wp-content/uploads/CRASHOVERRIDE2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mitre.org/sites/default/files/pdf/08_1145.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cisa.gov/news-events/cybersecurity-advisories/aa23-335a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apnews.com/article/hackers-iran-israel-water-utilities-critical-infrastructure-cisa-554b2aa969c8220016ab2ef94bd7635b" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://veronews.com/2023/12/15/hackers-in-iran-attack-computer-at-vero-utilities/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dragos.com/blog/new-details-electrum-ukraine-electric-sector-compromise-2022/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mandiant.com/resources/blog/sandworm-disrupts-power-ukraine-operational-technology" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:16">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="1" t="s">
+      <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>37</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>51</v>
       </c>
       <c r="G2" t="s">
         <v>57</v>
       </c>
       <c r="H2" t="s">
         <v>63</v>
       </c>
       <c r="I2" t="s">
         <v>66</v>
       </c>
       <c r="L2" t="s">
         <v>67</v>
       </c>
       <c r="M2" t="s">
         <v>74</v>
       </c>
       <c r="N2" t="s">
         <v>81</v>
       </c>
       <c r="O2" t="s">
         <v>74</v>
       </c>
       <c r="P2" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>38</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F3" t="s">
         <v>52</v>
       </c>
       <c r="G3" t="s">
         <v>58</v>
       </c>
       <c r="H3" t="s">
         <v>64</v>
       </c>
       <c r="I3" t="s">
         <v>66</v>
       </c>
       <c r="L3" t="s">
         <v>68</v>
       </c>
       <c r="M3" t="s">
         <v>75</v>
       </c>
       <c r="N3" t="s">
         <v>68</v>
       </c>
       <c r="O3" t="s">
         <v>75</v>
       </c>
       <c r="P3" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>53</v>
       </c>
       <c r="G4" t="s">
         <v>59</v>
       </c>
       <c r="H4" t="s">
         <v>64</v>
       </c>
       <c r="I4" t="s">
         <v>66</v>
       </c>
       <c r="L4" t="s">
         <v>69</v>
       </c>
       <c r="M4" t="s">
         <v>76</v>
       </c>
       <c r="N4" t="s">
         <v>82</v>
       </c>
       <c r="O4" t="s">
         <v>76</v>
       </c>
       <c r="P4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5" t="s">
         <v>40</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>54</v>
       </c>
       <c r="G5" t="s">
         <v>60</v>
       </c>
       <c r="H5" t="s">
         <v>63</v>
       </c>
       <c r="I5" t="s">
         <v>66</v>
       </c>
       <c r="L5" t="s">
         <v>70</v>
       </c>
       <c r="M5" t="s">
         <v>77</v>
       </c>
       <c r="N5" t="s">
         <v>70</v>
       </c>
       <c r="O5" t="s">
         <v>77</v>
       </c>
       <c r="P5" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>41</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>55</v>
       </c>
       <c r="G6" t="s">
         <v>58</v>
       </c>
       <c r="H6" t="s">
         <v>65</v>
       </c>
       <c r="I6" t="s">
         <v>66</v>
       </c>
       <c r="L6" t="s">
         <v>71</v>
       </c>
       <c r="M6" t="s">
         <v>78</v>
       </c>
       <c r="N6" t="s">
         <v>83</v>
       </c>
       <c r="O6" t="s">
         <v>78</v>
       </c>
       <c r="P6" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>49</v>
       </c>
       <c r="F7" t="s">
         <v>56</v>
       </c>
       <c r="G7" t="s">
         <v>61</v>
       </c>
       <c r="H7" t="s">
         <v>63</v>
       </c>
       <c r="I7" t="s">
         <v>66</v>
       </c>
       <c r="L7" t="s">
         <v>72</v>
       </c>
       <c r="M7" t="s">
         <v>79</v>
       </c>
       <c r="N7" t="s">
         <v>84</v>
       </c>
       <c r="O7" t="s">
         <v>79</v>
       </c>
       <c r="P7" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
         <v>29</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>56</v>
       </c>
       <c r="G8" t="s">
         <v>62</v>
       </c>
       <c r="H8" t="s">
         <v>65</v>
       </c>
       <c r="I8" t="s">
         <v>66</v>
       </c>
       <c r="L8" t="s">
         <v>73</v>
       </c>
       <c r="M8" t="s">
         <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>73</v>
       </c>
       <c r="O8" t="s">
         <v>85</v>
@@ -2195,87 +2169,87 @@
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="E4" r:id="rId3"/>
     <hyperlink ref="E5" r:id="rId4"/>
     <hyperlink ref="E6" r:id="rId5"/>
     <hyperlink ref="E7" r:id="rId6"/>
     <hyperlink ref="E8" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>96</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>97</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>98</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>99</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>100</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>101</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>102</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>103</v>
       </c>
       <c r="E2" t="s">
         <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>105</v>
       </c>
       <c r="G2" t="s">
         <v>110</v>
       </c>
@@ -2454,87 +2428,87 @@
       </c>
       <c r="K6" t="s">
         <v>128</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M64"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>96</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>97</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>98</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>99</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>100</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>101</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>102</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>103</v>
       </c>
       <c r="E2" t="s">
         <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>129</v>
       </c>
       <c r="G2" t="s">
         <v>169</v>
       </c>
@@ -5091,87 +5065,87 @@
       </c>
       <c r="K64" t="s">
         <v>374</v>
       </c>
       <c r="L64" t="s">
         <v>56</v>
       </c>
       <c r="M64" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>93</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>94</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>95</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>96</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>97</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>98</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>99</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>100</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>101</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>102</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>103</v>
       </c>
       <c r="E2" t="s">
         <v>376</v>
       </c>
       <c r="F2" t="s">
         <v>377</v>
       </c>
       <c r="G2" t="s">
         <v>380</v>
       </c>
@@ -5350,453 +5324,453 @@
       </c>
       <c r="K6" t="s">
         <v>395</v>
       </c>
       <c r="L6" t="s">
         <v>56</v>
       </c>
       <c r="M6" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>396</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>397</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>398</v>
       </c>
       <c r="B2" t="s">
         <v>422</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>399</v>
       </c>
       <c r="B3" t="s">
         <v>423</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>400</v>
       </c>
       <c r="B4" t="s">
         <v>424</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>401</v>
       </c>
       <c r="B5" t="s">
         <v>425</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>402</v>
       </c>
       <c r="B6" t="s">
         <v>426</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>403</v>
       </c>
       <c r="B7" t="s">
         <v>427</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>404</v>
       </c>
       <c r="B8" t="s">
         <v>428</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>405</v>
       </c>
       <c r="B9" t="s">
         <v>429</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>406</v>
       </c>
       <c r="B10" t="s">
         <v>430</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C10" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>407</v>
       </c>
       <c r="B11" t="s">
         <v>431</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="1" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>408</v>
       </c>
       <c r="B12" t="s">
         <v>432</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>409</v>
       </c>
       <c r="B13" t="s">
         <v>433</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>410</v>
       </c>
       <c r="B14" t="s">
         <v>434</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="C14" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>411</v>
       </c>
       <c r="B15" t="s">
         <v>435</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="1" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>412</v>
       </c>
       <c r="B16" t="s">
         <v>436</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="C16" s="1" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>413</v>
       </c>
       <c r="B17" t="s">
         <v>437</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>414</v>
       </c>
       <c r="B18" t="s">
         <v>438</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>415</v>
       </c>
       <c r="B19" t="s">
         <v>439</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>416</v>
       </c>
       <c r="B20" t="s">
         <v>440</v>
       </c>
-      <c r="C20" s="2" t="s">
+      <c r="C20" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
         <v>417</v>
       </c>
       <c r="B21" t="s">
         <v>441</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C21" s="1" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>418</v>
       </c>
       <c r="B22" t="s">
         <v>442</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="C22" s="1" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>419</v>
       </c>
       <c r="B23" t="s">
         <v>443</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="1" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>399</v>
       </c>
       <c r="B24" t="s">
         <v>423</v>
       </c>
-      <c r="C24" s="2" t="s">
+      <c r="C24" s="1" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>416</v>
       </c>
       <c r="B25" t="s">
         <v>440</v>
       </c>
-      <c r="C25" s="2" t="s">
+      <c r="C25" s="1" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
         <v>420</v>
       </c>
       <c r="B26" t="s">
         <v>444</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="1" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>408</v>
       </c>
       <c r="B27" t="s">
         <v>432</v>
       </c>
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="1" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
         <v>404</v>
       </c>
       <c r="B28" t="s">
         <v>428</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="1" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
         <v>421</v>
       </c>
       <c r="B29" t="s">
         <v>445</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="1" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>406</v>
       </c>
       <c r="B30" t="s">
         <v>430</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="C30" s="1" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>403</v>
       </c>
       <c r="B31" t="s">
         <v>427</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="C31" s="1" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>415</v>
       </c>
       <c r="B32" t="s">
         <v>439</v>
       </c>
-      <c r="C32" s="2" t="s">
+      <c r="C32" s="1" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>400</v>
       </c>
       <c r="B33" t="s">
         <v>424</v>
       </c>
-      <c r="C33" s="2" t="s">
+      <c r="C33" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>410</v>
       </c>
       <c r="B34" t="s">
         <v>434</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="C34" s="1" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>413</v>
       </c>
       <c r="B35" t="s">
         <v>437</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="C35" s="1" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>405</v>
       </c>
       <c r="B36" t="s">
         <v>429</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="C36" s="1" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>414</v>
       </c>
       <c r="B37" t="s">
         <v>438</v>
       </c>
-      <c r="C37" s="2" t="s">
+      <c r="C37" s="1" t="s">
         <v>462</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
     <hyperlink ref="C8" r:id="rId7"/>
     <hyperlink ref="C9" r:id="rId8"/>
     <hyperlink ref="C10" r:id="rId9"/>
     <hyperlink ref="C11" r:id="rId10"/>
     <hyperlink ref="C12" r:id="rId11"/>
     <hyperlink ref="C13" r:id="rId12"/>
     <hyperlink ref="C14" r:id="rId13"/>
     <hyperlink ref="C15" r:id="rId14"/>
     <hyperlink ref="C16" r:id="rId15"/>
     <hyperlink ref="C17" r:id="rId16"/>
     <hyperlink ref="C18" r:id="rId17"/>
     <hyperlink ref="C19" r:id="rId18"/>
     <hyperlink ref="C20" r:id="rId19"/>
     <hyperlink ref="C21" r:id="rId20"/>