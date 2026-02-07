--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -3329,119 +3329,93 @@
     <t xml:space="preserve">IEC 2013, February 20 IEC 61131-3:2013  Programmable controllers - Part 3: Programming languages Retrieved. 2019/10/22 </t>
   </si>
   <si>
     <t>https://www.nerc.com/pa/Stand/Glossary%20of%20Terms/Glossary_of_Terms.pdf</t>
   </si>
   <si>
     <t>https://www.ietf.org/rfc/rfc4949.txt</t>
   </si>
   <si>
     <t>https://webstore.iec.ch/publication/34421</t>
   </si>
   <si>
     <t>https://nvlpubs.nist.gov/nistpubs/SpecialPublications/NIST.SP.800-82r2.pdf</t>
   </si>
   <si>
     <t>https://sigtto.org/media/3457/sigtto-2021-esd-systems.pdf</t>
   </si>
   <si>
     <t>https://webstore.iec.ch/publication/4552</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3712,822 +3686,822 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0008" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0007" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0009" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0006" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0017" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0013" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0016" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0002" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0005" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0003" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0014" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0010" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/assets/A0001" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nerc.com/pa/Stand/Glossary%20of%20Terms/Glossary_of_Terms.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ietf.org/rfc/rfc4949.txt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webstore.iec.ch/publication/34421" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nvlpubs.nist.gov/nistpubs/SpecialPublications/NIST.SP.800-82r2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sigtto.org/media/3457/sigtto-2021-esd-systems.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webstore.iec.ch/publication/4552" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:O19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:15">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="N1" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
         <v>51</v>
       </c>
       <c r="D2" t="s">
         <v>69</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>87</v>
       </c>
       <c r="F2" t="s">
         <v>105</v>
       </c>
       <c r="G2" t="s">
         <v>109</v>
       </c>
       <c r="H2" t="s">
         <v>114</v>
       </c>
       <c r="I2" t="s">
         <v>115</v>
       </c>
       <c r="J2" t="s">
         <v>117</v>
       </c>
       <c r="K2" t="s">
         <v>122</v>
       </c>
       <c r="L2" t="s">
         <v>125</v>
       </c>
       <c r="M2" t="s">
         <v>139</v>
       </c>
       <c r="N2" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>34</v>
       </c>
       <c r="C3" t="s">
         <v>52</v>
       </c>
       <c r="D3" t="s">
         <v>70</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>88</v>
       </c>
       <c r="F3" t="s">
         <v>105</v>
       </c>
       <c r="G3" t="s">
         <v>110</v>
       </c>
       <c r="H3" t="s">
         <v>114</v>
       </c>
       <c r="I3" t="s">
         <v>115</v>
       </c>
       <c r="J3" t="s">
         <v>118</v>
       </c>
       <c r="K3" t="s">
         <v>122</v>
       </c>
       <c r="L3" t="s">
         <v>126</v>
       </c>
       <c r="M3" t="s">
         <v>140</v>
       </c>
       <c r="N3" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>53</v>
       </c>
       <c r="D4" t="s">
         <v>71</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>89</v>
       </c>
       <c r="F4" t="s">
         <v>105</v>
       </c>
       <c r="G4" t="s">
         <v>110</v>
       </c>
       <c r="H4" t="s">
         <v>114</v>
       </c>
       <c r="I4" t="s">
         <v>115</v>
       </c>
       <c r="J4" t="s">
         <v>119</v>
       </c>
       <c r="K4" t="s">
         <v>122</v>
       </c>
       <c r="L4" t="s">
         <v>127</v>
       </c>
       <c r="M4" t="s">
         <v>141</v>
       </c>
       <c r="N4" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
       <c r="C5" t="s">
         <v>54</v>
       </c>
       <c r="D5" t="s">
         <v>72</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>90</v>
       </c>
       <c r="F5" t="s">
         <v>105</v>
       </c>
       <c r="G5" t="s">
         <v>110</v>
       </c>
       <c r="H5" t="s">
         <v>114</v>
       </c>
       <c r="I5" t="s">
         <v>115</v>
       </c>
       <c r="J5" t="s">
         <v>118</v>
       </c>
       <c r="K5" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
         <v>19</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
       <c r="C6" t="s">
         <v>55</v>
       </c>
       <c r="D6" t="s">
         <v>73</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F6" t="s">
         <v>106</v>
       </c>
       <c r="G6" t="s">
         <v>110</v>
       </c>
       <c r="H6" t="s">
         <v>114</v>
       </c>
       <c r="I6" t="s">
         <v>116</v>
       </c>
       <c r="J6" t="s">
         <v>120</v>
       </c>
       <c r="K6" t="s">
         <v>122</v>
       </c>
       <c r="L6" t="s">
         <v>128</v>
       </c>
       <c r="M6" t="s">
         <v>142</v>
       </c>
       <c r="N6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="D7" t="s">
         <v>74</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>92</v>
       </c>
       <c r="F7" t="s">
         <v>105</v>
       </c>
       <c r="G7" t="s">
         <v>111</v>
       </c>
       <c r="H7" t="s">
         <v>114</v>
       </c>
       <c r="I7" t="s">
         <v>116</v>
       </c>
       <c r="J7" t="s">
         <v>120</v>
       </c>
       <c r="L7" t="s">
         <v>129</v>
       </c>
       <c r="M7" t="s">
         <v>142</v>
       </c>
       <c r="N7" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>57</v>
       </c>
       <c r="D8" t="s">
         <v>75</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F8" t="s">
         <v>106</v>
       </c>
       <c r="G8" t="s">
         <v>110</v>
       </c>
       <c r="H8" t="s">
         <v>114</v>
       </c>
       <c r="I8" t="s">
         <v>116</v>
       </c>
       <c r="J8" t="s">
         <v>119</v>
       </c>
       <c r="K8" t="s">
         <v>122</v>
       </c>
       <c r="L8" t="s">
         <v>130</v>
       </c>
       <c r="M8" t="s">
         <v>143</v>
       </c>
       <c r="N8" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>76</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>94</v>
       </c>
       <c r="F9" t="s">
         <v>105</v>
       </c>
       <c r="G9" t="s">
         <v>111</v>
       </c>
       <c r="H9" t="s">
         <v>114</v>
       </c>
       <c r="I9" t="s">
         <v>116</v>
       </c>
       <c r="J9" t="s">
         <v>117</v>
       </c>
       <c r="K9" t="s">
         <v>122</v>
       </c>
       <c r="L9" t="s">
         <v>131</v>
       </c>
       <c r="M9" t="s">
         <v>122</v>
       </c>
       <c r="N9" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>77</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>105</v>
       </c>
       <c r="G10" t="s">
         <v>111</v>
       </c>
       <c r="H10" t="s">
         <v>114</v>
       </c>
       <c r="I10" t="s">
         <v>116</v>
       </c>
       <c r="J10" t="s">
         <v>120</v>
       </c>
       <c r="K10" t="s">
         <v>123</v>
       </c>
       <c r="L10" t="s">
         <v>132</v>
       </c>
       <c r="M10" t="s">
         <v>144</v>
       </c>
       <c r="N10" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>42</v>
       </c>
       <c r="C11" t="s">
         <v>60</v>
       </c>
       <c r="D11" t="s">
         <v>78</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F11" t="s">
         <v>105</v>
       </c>
       <c r="G11" t="s">
         <v>111</v>
       </c>
       <c r="H11" t="s">
         <v>114</v>
       </c>
       <c r="I11" t="s">
         <v>116</v>
       </c>
       <c r="J11" t="s">
         <v>118</v>
       </c>
       <c r="K11" t="s">
         <v>122</v>
       </c>
       <c r="L11" t="s">
         <v>133</v>
       </c>
       <c r="M11" t="s">
         <v>123</v>
       </c>
       <c r="N11" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" t="s">
         <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>79</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>97</v>
       </c>
       <c r="F12" t="s">
         <v>107</v>
       </c>
       <c r="G12" t="s">
         <v>112</v>
       </c>
       <c r="H12" t="s">
         <v>114</v>
       </c>
       <c r="I12" t="s">
         <v>116</v>
       </c>
       <c r="J12" t="s">
         <v>120</v>
       </c>
       <c r="L12" t="s">
         <v>128</v>
       </c>
       <c r="M12" t="s">
         <v>142</v>
       </c>
       <c r="N12" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>44</v>
       </c>
       <c r="C13" t="s">
         <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>80</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>98</v>
       </c>
       <c r="F13" t="s">
         <v>105</v>
       </c>
       <c r="G13" t="s">
         <v>111</v>
       </c>
       <c r="H13" t="s">
         <v>114</v>
       </c>
       <c r="I13" t="s">
         <v>116</v>
       </c>
       <c r="J13" t="s">
         <v>120</v>
       </c>
       <c r="K13" t="s">
         <v>122</v>
       </c>
       <c r="L13" t="s">
         <v>134</v>
       </c>
       <c r="M13" t="s">
         <v>143</v>
       </c>
       <c r="N13" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
         <v>27</v>
       </c>
       <c r="B14" t="s">
         <v>45</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>81</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>99</v>
       </c>
       <c r="F14" t="s">
         <v>105</v>
       </c>
       <c r="G14" t="s">
         <v>111</v>
       </c>
       <c r="H14" t="s">
         <v>114</v>
       </c>
       <c r="I14" t="s">
         <v>116</v>
       </c>
       <c r="J14" t="s">
         <v>118</v>
       </c>
       <c r="K14" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>82</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F15" t="s">
         <v>108</v>
       </c>
       <c r="G15" t="s">
         <v>110</v>
       </c>
       <c r="H15" t="s">
         <v>114</v>
       </c>
       <c r="I15" t="s">
         <v>115</v>
       </c>
       <c r="J15" t="s">
         <v>121</v>
       </c>
       <c r="K15" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
       <c r="D16" t="s">
         <v>83</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="1" t="s">
         <v>101</v>
       </c>
       <c r="F16" t="s">
         <v>105</v>
       </c>
       <c r="G16" t="s">
         <v>113</v>
       </c>
       <c r="H16" t="s">
         <v>114</v>
       </c>
       <c r="I16" t="s">
         <v>116</v>
       </c>
       <c r="J16" t="s">
         <v>120</v>
       </c>
       <c r="L16" t="s">
         <v>135</v>
       </c>
       <c r="M16" t="s">
         <v>145</v>
       </c>
       <c r="N16" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>66</v>
       </c>
       <c r="D17" t="s">
         <v>84</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="E17" s="1" t="s">
         <v>102</v>
       </c>
       <c r="F17" t="s">
         <v>106</v>
       </c>
       <c r="G17" t="s">
         <v>110</v>
       </c>
       <c r="H17" t="s">
         <v>114</v>
       </c>
       <c r="I17" t="s">
         <v>116</v>
       </c>
       <c r="J17" t="s">
         <v>121</v>
       </c>
       <c r="K17" t="s">
         <v>122</v>
       </c>
       <c r="L17" t="s">
         <v>136</v>
       </c>
       <c r="M17" t="s">
         <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>85</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="E18" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>105</v>
       </c>
       <c r="G18" t="s">
         <v>111</v>
       </c>
       <c r="H18" t="s">
         <v>114</v>
       </c>
       <c r="I18" t="s">
         <v>116</v>
       </c>
       <c r="J18" t="s">
         <v>118</v>
       </c>
       <c r="K18" t="s">
         <v>122</v>
       </c>
       <c r="L18" t="s">
         <v>137</v>
       </c>
       <c r="M18" t="s">
         <v>142</v>
       </c>
       <c r="N18" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" t="s">
         <v>32</v>
       </c>
       <c r="B19" t="s">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>68</v>
       </c>
       <c r="D19" t="s">
         <v>86</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="E19" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F19" t="s">
         <v>105</v>
       </c>
       <c r="G19" t="s">
         <v>110</v>
       </c>
       <c r="H19" t="s">
         <v>114</v>
       </c>
       <c r="I19" t="s">
         <v>115</v>
       </c>
       <c r="J19" t="s">
         <v>117</v>
       </c>
       <c r="K19" t="s">
         <v>122</v>
       </c>
       <c r="L19" t="s">
         <v>138</v>
       </c>
       <c r="M19" t="s">
         <v>147</v>
@@ -4548,87 +4522,87 @@
     <hyperlink ref="E9" r:id="rId8"/>
     <hyperlink ref="E10" r:id="rId9"/>
     <hyperlink ref="E11" r:id="rId10"/>
     <hyperlink ref="E12" r:id="rId11"/>
     <hyperlink ref="E13" r:id="rId12"/>
     <hyperlink ref="E14" r:id="rId13"/>
     <hyperlink ref="E15" r:id="rId14"/>
     <hyperlink ref="E16" r:id="rId15"/>
     <hyperlink ref="E17" r:id="rId16"/>
     <hyperlink ref="E18" r:id="rId17"/>
     <hyperlink ref="E19" r:id="rId18"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:M686"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>163</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>164</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>165</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>166</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>167</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>168</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>169</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>170</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>171</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="J1" t="s">
         <v>172</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="K1" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="L1" t="s">
         <v>5</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="M1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>173</v>
       </c>
       <c r="B2" t="s">
         <v>244</v>
       </c>
       <c r="C2" t="s">
         <v>315</v>
       </c>
       <c r="D2" t="s">
         <v>386</v>
       </c>
       <c r="E2" t="s">
         <v>387</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2" t="s">
         <v>53</v>
       </c>
@@ -30632,123 +30606,123 @@
       </c>
       <c r="K686" t="s">
         <v>1073</v>
       </c>
       <c r="L686" t="s">
         <v>108</v>
       </c>
       <c r="M686" t="s">
         <v>1079</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>1080</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1081</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>1082</v>
       </c>
       <c r="B2" t="s">
         <v>1088</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="1" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>1083</v>
       </c>
       <c r="B3" t="s">
         <v>1089</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="1" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>1084</v>
       </c>
       <c r="B4" t="s">
         <v>1090</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="1" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>1085</v>
       </c>
       <c r="B5" t="s">
         <v>1091</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="1" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>1086</v>
       </c>
       <c r="B6" t="s">
         <v>1092</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="1" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>1087</v>
       </c>
       <c r="B7" t="s">
         <v>1093</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="1" t="s">
         <v>1099</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId1"/>
     <hyperlink ref="C3" r:id="rId2"/>
     <hyperlink ref="C4" r:id="rId3"/>
     <hyperlink ref="C5" r:id="rId4"/>
     <hyperlink ref="C6" r:id="rId5"/>
     <hyperlink ref="C7" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>