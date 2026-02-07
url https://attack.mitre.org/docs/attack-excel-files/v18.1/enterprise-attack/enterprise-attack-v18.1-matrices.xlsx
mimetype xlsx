--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -2080,69 +2080,61 @@
     <t>Service Exhaustion Flood</t>
   </si>
   <si>
     <t>Direct Network Flood</t>
   </si>
   <si>
     <t>Reflection Amplification</t>
   </si>
   <si>
     <t>Bandwidth Hijacking</t>
   </si>
   <si>
     <t>Cloud Service Hijacking</t>
   </si>
   <si>
     <t>Compute Hijacking</t>
   </si>
   <si>
     <t>SMS Pumping</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
@@ -2158,66 +2150,63 @@
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6328,51 +6317,51 @@
       <c r="F1" s="3"/>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="L1" s="3"/>
       <c r="M1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="3"/>
       <c r="Q1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="R1" s="3"/>
-      <c r="S1" s="5" t="s">
+      <c r="S1" t="s">
         <v>12</v>
       </c>
       <c r="T1" s="3" t="s">
         <v>13</v>
       </c>
       <c r="U1" s="3"/>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>109</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>155</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>175</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>280</v>
@@ -6889,54 +6878,54 @@
     <row r="1" spans="1:22">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="L1" s="3"/>
-      <c r="M1" s="5" t="s">
+      <c r="M1" t="s">
         <v>8</v>
       </c>
-      <c r="N1" s="5" t="s">
+      <c r="N1" t="s">
         <v>9</v>
       </c>
       <c r="O1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="P1" s="3"/>
       <c r="Q1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="R1" s="3"/>
       <c r="S1" s="3" t="s">
         <v>12</v>
       </c>
       <c r="T1" s="3"/>
       <c r="U1" s="3" t="s">
         <v>13</v>
       </c>
       <c r="V1" s="3"/>
     </row>
     <row r="2" spans="1:22">
       <c r="A2" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>110</v>
@@ -7466,51 +7455,51 @@
     <row r="1" spans="1:17">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3"/>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="L1" s="3"/>
-      <c r="M1" s="5" t="s">
+      <c r="M1" t="s">
         <v>8</v>
       </c>
       <c r="N1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="O1" s="3"/>
       <c r="P1" s="3" t="s">
         <v>13</v>
       </c>
       <c r="Q1" s="3"/>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" s="1" t="s">
         <v>93</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>111</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>155</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>177</v>
       </c>
       <c r="G2" s="1" t="s">
@@ -15953,51 +15942,51 @@
       <c r="H1" s="3"/>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="3"/>
       <c r="K1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="L1" s="3"/>
       <c r="M1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="N1" s="3"/>
       <c r="O1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="3"/>
       <c r="Q1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="R1" s="3"/>
       <c r="S1" s="3" t="s">
         <v>12</v>
       </c>
       <c r="T1" s="3"/>
-      <c r="U1" s="5" t="s">
+      <c r="U1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>155</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>269</v>
       </c>
@@ -16732,51 +16721,51 @@
     <col min="5" max="5" width="20.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="20.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="20.7109375" style="2" customWidth="1"/>
     <col min="8" max="8" width="20.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="20.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="20.7109375" style="2" customWidth="1"/>
     <col min="12" max="12" width="20.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="20.7109375" style="2" customWidth="1"/>
     <col min="14" max="14" width="20.7109375" style="1" customWidth="1"/>
     <col min="15" max="15" width="20.7109375" style="2" customWidth="1"/>
     <col min="16" max="16" width="20.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="20.7109375" style="2" customWidth="1"/>
     <col min="18" max="18" width="20.7109375" style="1" customWidth="1"/>
     <col min="19" max="19" width="20.7109375" style="2" customWidth="1"/>
     <col min="20" max="20" width="20.7109375" style="1" customWidth="1"/>
     <col min="21" max="21" width="20.7109375" style="2" customWidth="1"/>
     <col min="22" max="22" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B1" s="3"/>
-      <c r="C1" s="5" t="s">
+      <c r="C1" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3"/>
       <c r="H1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="3"/>
       <c r="J1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="3"/>
       <c r="L1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="M1" s="3"/>
       <c r="N1" s="3" t="s">
         <v>9</v>
       </c>