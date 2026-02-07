--- v0 (2025-12-24)
+++ v1 (2026-02-07)
@@ -2456,119 +2456,93 @@
     <t>12 November 2025</t>
   </si>
   <si>
     <t>enterprise-attack</t>
   </si>
   <si>
     <t>ics-attack,enterprise-attack</t>
   </si>
   <si>
     <t>ics-attack,mobile-attack,enterprise-attack</t>
   </si>
   <si>
     <t>enterprise-attack,ics-attack</t>
   </si>
   <si>
     <t>mobile-attack,enterprise-attack</t>
   </si>
   <si>
     <t>2.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="3">
+  <fonts count="2">
     <font>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2835,3137 +2809,3137 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0103" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0084" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0071" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0087" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0068" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0066" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0038" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0093" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0090" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0083" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0070" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0069" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0022" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0017" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0064" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0072" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0091" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0077" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0101" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0054" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0042" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0079" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0074" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0055" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0039" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0040" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0059" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0061" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0043" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0044" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0053" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0004" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0099" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0105" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0094" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0015" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0026" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0028" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0036" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0076" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0081" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0075" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0086" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0073" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0080" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0089" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0031" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0067" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0088" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0003" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0016" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0082" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0102" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0085" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0078" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0096" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0019" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0037" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0030" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0035" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0032" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0034" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0020" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0033" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0104" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0106" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0005" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0029" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0060" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0041" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0065" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0057" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0049" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0047" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0062" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0058" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0052" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0002" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0014" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0013" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0010" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0097" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0098" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0095" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0100" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0092" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0006" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0007" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0050" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0056" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0045" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://attack.mitre.org/datacomponents/DC0063" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:9">
-      <c r="A1" s="1" t="s">
+      <c r="A1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>115</v>
       </c>
       <c r="C2" t="s">
         <v>221</v>
       </c>
       <c r="D2" t="s">
         <v>327</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="E2" s="1" t="s">
         <v>433</v>
       </c>
       <c r="F2" t="s">
         <v>539</v>
       </c>
       <c r="G2" t="s">
         <v>540</v>
       </c>
       <c r="H2" t="s">
         <v>542</v>
       </c>
       <c r="I2" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>116</v>
       </c>
       <c r="C3" t="s">
         <v>222</v>
       </c>
       <c r="D3" t="s">
         <v>328</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="1" t="s">
         <v>434</v>
       </c>
       <c r="F3" t="s">
         <v>539</v>
       </c>
       <c r="G3" t="s">
         <v>541</v>
       </c>
       <c r="H3" t="s">
         <v>542</v>
       </c>
       <c r="I3" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>117</v>
       </c>
       <c r="C4" t="s">
         <v>223</v>
       </c>
       <c r="D4" t="s">
         <v>329</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="E4" s="1" t="s">
         <v>435</v>
       </c>
       <c r="F4" t="s">
         <v>539</v>
       </c>
       <c r="G4" t="s">
         <v>540</v>
       </c>
       <c r="H4" t="s">
         <v>542</v>
       </c>
       <c r="I4" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>118</v>
       </c>
       <c r="C5" t="s">
         <v>224</v>
       </c>
       <c r="D5" t="s">
         <v>330</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="E5" s="1" t="s">
         <v>436</v>
       </c>
       <c r="F5" t="s">
         <v>539</v>
       </c>
       <c r="G5" t="s">
         <v>541</v>
       </c>
       <c r="H5" t="s">
         <v>542</v>
       </c>
       <c r="I5" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>119</v>
       </c>
       <c r="C6" t="s">
         <v>225</v>
       </c>
       <c r="D6" t="s">
         <v>331</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="E6" s="1" t="s">
         <v>437</v>
       </c>
       <c r="F6" t="s">
         <v>539</v>
       </c>
       <c r="G6" t="s">
         <v>541</v>
       </c>
       <c r="H6" t="s">
         <v>542</v>
       </c>
       <c r="I6" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>120</v>
       </c>
       <c r="C7" t="s">
         <v>226</v>
       </c>
       <c r="D7" t="s">
         <v>332</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="E7" s="1" t="s">
         <v>438</v>
       </c>
       <c r="F7" t="s">
         <v>539</v>
       </c>
       <c r="G7" t="s">
         <v>541</v>
       </c>
       <c r="H7" t="s">
         <v>542</v>
       </c>
       <c r="I7" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>121</v>
       </c>
       <c r="C8" t="s">
         <v>227</v>
       </c>
       <c r="D8" t="s">
         <v>333</v>
       </c>
-      <c r="E8" s="2" t="s">
+      <c r="E8" s="1" t="s">
         <v>439</v>
       </c>
       <c r="F8" t="s">
         <v>539</v>
       </c>
       <c r="G8" t="s">
         <v>541</v>
       </c>
       <c r="H8" t="s">
         <v>543</v>
       </c>
       <c r="I8" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>122</v>
       </c>
       <c r="C9" t="s">
         <v>228</v>
       </c>
       <c r="D9" t="s">
         <v>334</v>
       </c>
-      <c r="E9" s="2" t="s">
+      <c r="E9" s="1" t="s">
         <v>440</v>
       </c>
       <c r="F9" t="s">
         <v>539</v>
       </c>
       <c r="G9" t="s">
         <v>540</v>
       </c>
       <c r="H9" t="s">
         <v>542</v>
       </c>
       <c r="I9" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>123</v>
       </c>
       <c r="C10" t="s">
         <v>229</v>
       </c>
       <c r="D10" t="s">
         <v>335</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="E10" s="1" t="s">
         <v>441</v>
       </c>
       <c r="F10" t="s">
         <v>539</v>
       </c>
       <c r="G10" t="s">
         <v>541</v>
       </c>
       <c r="H10" t="s">
         <v>542</v>
       </c>
       <c r="I10" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>124</v>
       </c>
       <c r="C11" t="s">
         <v>230</v>
       </c>
       <c r="D11" t="s">
         <v>336</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="E11" s="1" t="s">
         <v>442</v>
       </c>
       <c r="F11" t="s">
         <v>539</v>
       </c>
       <c r="G11" t="s">
         <v>541</v>
       </c>
       <c r="H11" t="s">
         <v>542</v>
       </c>
       <c r="I11" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>19</v>
       </c>
       <c r="B12" t="s">
         <v>125</v>
       </c>
       <c r="C12" t="s">
         <v>231</v>
       </c>
       <c r="D12" t="s">
         <v>337</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="E12" s="1" t="s">
         <v>443</v>
       </c>
       <c r="F12" t="s">
         <v>539</v>
       </c>
       <c r="G12" t="s">
         <v>541</v>
       </c>
       <c r="H12" t="s">
         <v>542</v>
       </c>
       <c r="I12" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>20</v>
       </c>
       <c r="B13" t="s">
         <v>126</v>
       </c>
       <c r="C13" t="s">
         <v>232</v>
       </c>
       <c r="D13" t="s">
         <v>338</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="E13" s="1" t="s">
         <v>444</v>
       </c>
       <c r="F13" t="s">
         <v>539</v>
       </c>
       <c r="G13" t="s">
         <v>541</v>
       </c>
       <c r="H13" t="s">
         <v>542</v>
       </c>
       <c r="I13" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
         <v>127</v>
       </c>
       <c r="C14" t="s">
         <v>233</v>
       </c>
       <c r="D14" t="s">
         <v>339</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="E14" s="1" t="s">
         <v>445</v>
       </c>
       <c r="F14" t="s">
         <v>539</v>
       </c>
       <c r="G14" t="s">
         <v>541</v>
       </c>
       <c r="H14" t="s">
         <v>542</v>
       </c>
       <c r="I14" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>22</v>
       </c>
       <c r="B15" t="s">
         <v>128</v>
       </c>
       <c r="C15" t="s">
         <v>234</v>
       </c>
       <c r="D15" t="s">
         <v>340</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="E15" s="1" t="s">
         <v>446</v>
       </c>
       <c r="F15" t="s">
         <v>539</v>
       </c>
       <c r="G15" t="s">
         <v>541</v>
       </c>
       <c r="H15" t="s">
         <v>542</v>
       </c>
       <c r="I15" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
         <v>129</v>
       </c>
       <c r="C16" t="s">
         <v>235</v>
       </c>
       <c r="D16" t="s">
         <v>341</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="E16" s="1" t="s">
         <v>447</v>
       </c>
       <c r="F16" t="s">
         <v>539</v>
       </c>
       <c r="G16" t="s">
         <v>541</v>
       </c>
       <c r="H16" t="s">
         <v>542</v>
       </c>
       <c r="I16" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>24</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>236</v>
       </c>
       <c r="D17" t="s">
         <v>342</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="E17" s="1" t="s">
         <v>448</v>
       </c>
       <c r="F17" t="s">
         <v>539</v>
       </c>
       <c r="G17" t="s">
         <v>541</v>
       </c>
       <c r="H17" t="s">
         <v>542</v>
       </c>
       <c r="I17" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>25</v>
       </c>
       <c r="B18" t="s">
         <v>131</v>
       </c>
       <c r="C18" t="s">
         <v>237</v>
       </c>
       <c r="D18" t="s">
         <v>343</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="E18" s="1" t="s">
         <v>449</v>
       </c>
       <c r="F18" t="s">
         <v>539</v>
       </c>
       <c r="G18" t="s">
         <v>541</v>
       </c>
       <c r="H18" t="s">
         <v>542</v>
       </c>
       <c r="I18" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>132</v>
       </c>
       <c r="C19" t="s">
         <v>238</v>
       </c>
       <c r="D19" t="s">
         <v>344</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="E19" s="1" t="s">
         <v>450</v>
       </c>
       <c r="F19" t="s">
         <v>539</v>
       </c>
       <c r="G19" t="s">
         <v>541</v>
       </c>
       <c r="H19" t="s">
         <v>542</v>
       </c>
       <c r="I19" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>27</v>
       </c>
       <c r="B20" t="s">
         <v>133</v>
       </c>
       <c r="C20" t="s">
         <v>239</v>
       </c>
       <c r="D20" t="s">
         <v>345</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="E20" s="1" t="s">
         <v>451</v>
       </c>
       <c r="F20" t="s">
         <v>539</v>
       </c>
       <c r="G20" t="s">
         <v>541</v>
       </c>
       <c r="H20" t="s">
         <v>544</v>
       </c>
       <c r="I20" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
         <v>134</v>
       </c>
       <c r="C21" t="s">
         <v>240</v>
       </c>
       <c r="D21" t="s">
         <v>346</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="E21" s="1" t="s">
         <v>452</v>
       </c>
       <c r="F21" t="s">
         <v>539</v>
       </c>
       <c r="G21" t="s">
         <v>541</v>
       </c>
       <c r="H21" t="s">
         <v>542</v>
       </c>
       <c r="I21" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" t="s">
         <v>135</v>
       </c>
       <c r="C22" t="s">
         <v>241</v>
       </c>
       <c r="D22" t="s">
         <v>347</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="E22" s="1" t="s">
         <v>453</v>
       </c>
       <c r="F22" t="s">
         <v>539</v>
       </c>
       <c r="G22" t="s">
         <v>541</v>
       </c>
       <c r="H22" t="s">
         <v>542</v>
       </c>
       <c r="I22" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>30</v>
       </c>
       <c r="B23" t="s">
         <v>136</v>
       </c>
       <c r="C23" t="s">
         <v>242</v>
       </c>
       <c r="D23" t="s">
         <v>348</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="E23" s="1" t="s">
         <v>454</v>
       </c>
       <c r="F23" t="s">
         <v>539</v>
       </c>
       <c r="G23" t="s">
         <v>540</v>
       </c>
       <c r="H23" t="s">
         <v>542</v>
       </c>
       <c r="I23" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>31</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>243</v>
       </c>
       <c r="D24" t="s">
         <v>349</v>
       </c>
-      <c r="E24" s="2" t="s">
+      <c r="E24" s="1" t="s">
         <v>455</v>
       </c>
       <c r="F24" t="s">
         <v>539</v>
       </c>
       <c r="G24" t="s">
         <v>540</v>
       </c>
       <c r="H24" t="s">
         <v>542</v>
       </c>
       <c r="I24" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>32</v>
       </c>
       <c r="B25" t="s">
         <v>138</v>
       </c>
       <c r="C25" t="s">
         <v>244</v>
       </c>
       <c r="D25" t="s">
         <v>350</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="E25" s="1" t="s">
         <v>456</v>
       </c>
       <c r="F25" t="s">
         <v>539</v>
       </c>
       <c r="G25" t="s">
         <v>541</v>
       </c>
       <c r="H25" t="s">
         <v>542</v>
       </c>
       <c r="I25" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>33</v>
       </c>
       <c r="B26" t="s">
         <v>139</v>
       </c>
       <c r="C26" t="s">
         <v>245</v>
       </c>
       <c r="D26" t="s">
         <v>351</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="E26" s="1" t="s">
         <v>457</v>
       </c>
       <c r="F26" t="s">
         <v>539</v>
       </c>
       <c r="G26" t="s">
         <v>541</v>
       </c>
       <c r="H26" t="s">
         <v>543</v>
       </c>
       <c r="I26" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" t="s">
         <v>140</v>
       </c>
       <c r="C27" t="s">
         <v>246</v>
       </c>
       <c r="D27" t="s">
         <v>352</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="E27" s="1" t="s">
         <v>458</v>
       </c>
       <c r="F27" t="s">
         <v>539</v>
       </c>
       <c r="G27" t="s">
         <v>541</v>
       </c>
       <c r="H27" t="s">
         <v>545</v>
       </c>
       <c r="I27" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" t="s">
         <v>141</v>
       </c>
       <c r="C28" t="s">
         <v>247</v>
       </c>
       <c r="D28" t="s">
         <v>353</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="E28" s="1" t="s">
         <v>459</v>
       </c>
       <c r="F28" t="s">
         <v>539</v>
       </c>
       <c r="G28" t="s">
         <v>541</v>
       </c>
       <c r="H28" t="s">
         <v>542</v>
       </c>
       <c r="I28" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>36</v>
       </c>
       <c r="B29" t="s">
         <v>142</v>
       </c>
       <c r="C29" t="s">
         <v>248</v>
       </c>
       <c r="D29" t="s">
         <v>354</v>
       </c>
-      <c r="E29" s="2" t="s">
+      <c r="E29" s="1" t="s">
         <v>460</v>
       </c>
       <c r="F29" t="s">
         <v>539</v>
       </c>
       <c r="G29" t="s">
         <v>540</v>
       </c>
       <c r="H29" t="s">
         <v>542</v>
       </c>
       <c r="I29" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>37</v>
       </c>
       <c r="B30" t="s">
         <v>143</v>
       </c>
       <c r="C30" t="s">
         <v>249</v>
       </c>
       <c r="D30" t="s">
         <v>355</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="E30" s="1" t="s">
         <v>461</v>
       </c>
       <c r="F30" t="s">
         <v>539</v>
       </c>
       <c r="G30" t="s">
         <v>541</v>
       </c>
       <c r="H30" t="s">
         <v>543</v>
       </c>
       <c r="I30" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>38</v>
       </c>
       <c r="B31" t="s">
         <v>144</v>
       </c>
       <c r="C31" t="s">
         <v>250</v>
       </c>
       <c r="D31" t="s">
         <v>356</v>
       </c>
-      <c r="E31" s="2" t="s">
+      <c r="E31" s="1" t="s">
         <v>462</v>
       </c>
       <c r="F31" t="s">
         <v>539</v>
       </c>
       <c r="G31" t="s">
         <v>541</v>
       </c>
       <c r="H31" t="s">
         <v>543</v>
       </c>
       <c r="I31" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>39</v>
       </c>
       <c r="B32" t="s">
         <v>145</v>
       </c>
       <c r="C32" t="s">
         <v>251</v>
       </c>
       <c r="D32" t="s">
         <v>357</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="E32" s="1" t="s">
         <v>463</v>
       </c>
       <c r="F32" t="s">
         <v>539</v>
       </c>
       <c r="G32" t="s">
         <v>541</v>
       </c>
       <c r="H32" t="s">
         <v>543</v>
       </c>
       <c r="I32" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>40</v>
       </c>
       <c r="B33" t="s">
         <v>146</v>
       </c>
       <c r="C33" t="s">
         <v>252</v>
       </c>
       <c r="D33" t="s">
         <v>358</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="E33" s="1" t="s">
         <v>464</v>
       </c>
       <c r="F33" t="s">
         <v>539</v>
       </c>
       <c r="G33" t="s">
         <v>541</v>
       </c>
       <c r="H33" t="s">
         <v>543</v>
       </c>
       <c r="I33" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>41</v>
       </c>
       <c r="B34" t="s">
         <v>147</v>
       </c>
       <c r="C34" t="s">
         <v>253</v>
       </c>
       <c r="D34" t="s">
         <v>359</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="E34" s="1" t="s">
         <v>465</v>
       </c>
       <c r="F34" t="s">
         <v>539</v>
       </c>
       <c r="G34" t="s">
         <v>541</v>
       </c>
       <c r="H34" t="s">
         <v>543</v>
       </c>
       <c r="I34" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>42</v>
       </c>
       <c r="B35" t="s">
         <v>148</v>
       </c>
       <c r="C35" t="s">
         <v>254</v>
       </c>
       <c r="D35" t="s">
         <v>360</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="E35" s="1" t="s">
         <v>466</v>
       </c>
       <c r="F35" t="s">
         <v>539</v>
       </c>
       <c r="G35" t="s">
         <v>540</v>
       </c>
       <c r="H35" t="s">
         <v>542</v>
       </c>
       <c r="I35" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>43</v>
       </c>
       <c r="B36" t="s">
         <v>149</v>
       </c>
       <c r="C36" t="s">
         <v>255</v>
       </c>
       <c r="D36" t="s">
         <v>361</v>
       </c>
-      <c r="E36" s="2" t="s">
+      <c r="E36" s="1" t="s">
         <v>467</v>
       </c>
       <c r="F36" t="s">
         <v>539</v>
       </c>
       <c r="G36" t="s">
         <v>541</v>
       </c>
       <c r="H36" t="s">
         <v>542</v>
       </c>
       <c r="I36" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>44</v>
       </c>
       <c r="B37" t="s">
         <v>150</v>
       </c>
       <c r="C37" t="s">
         <v>256</v>
       </c>
       <c r="D37" t="s">
         <v>362</v>
       </c>
-      <c r="E37" s="2" t="s">
+      <c r="E37" s="1" t="s">
         <v>468</v>
       </c>
       <c r="F37" t="s">
         <v>539</v>
       </c>
       <c r="G37" t="s">
         <v>540</v>
       </c>
       <c r="H37" t="s">
         <v>542</v>
       </c>
       <c r="I37" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>45</v>
       </c>
       <c r="B38" t="s">
         <v>151</v>
       </c>
       <c r="C38" t="s">
         <v>257</v>
       </c>
       <c r="D38" t="s">
         <v>363</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="E38" s="1" t="s">
         <v>469</v>
       </c>
       <c r="F38" t="s">
         <v>539</v>
       </c>
       <c r="G38" t="s">
         <v>540</v>
       </c>
       <c r="H38" t="s">
         <v>542</v>
       </c>
       <c r="I38" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>46</v>
       </c>
       <c r="B39" t="s">
         <v>152</v>
       </c>
       <c r="C39" t="s">
         <v>258</v>
       </c>
       <c r="D39" t="s">
         <v>364</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="E39" s="1" t="s">
         <v>470</v>
       </c>
       <c r="F39" t="s">
         <v>539</v>
       </c>
       <c r="G39" t="s">
         <v>540</v>
       </c>
       <c r="H39" t="s">
         <v>543</v>
       </c>
       <c r="I39" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>47</v>
       </c>
       <c r="B40" t="s">
         <v>153</v>
       </c>
       <c r="C40" t="s">
         <v>259</v>
       </c>
       <c r="D40" t="s">
         <v>365</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="E40" s="1" t="s">
         <v>471</v>
       </c>
       <c r="F40" t="s">
         <v>539</v>
       </c>
       <c r="G40" t="s">
         <v>540</v>
       </c>
       <c r="H40" t="s">
         <v>542</v>
       </c>
       <c r="I40" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>48</v>
       </c>
       <c r="B41" t="s">
         <v>154</v>
       </c>
       <c r="C41" t="s">
         <v>260</v>
       </c>
       <c r="D41" t="s">
         <v>366</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="E41" s="1" t="s">
         <v>472</v>
       </c>
       <c r="F41" t="s">
         <v>539</v>
       </c>
       <c r="G41" t="s">
         <v>540</v>
       </c>
       <c r="H41" t="s">
         <v>542</v>
       </c>
       <c r="I41" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>49</v>
       </c>
       <c r="B42" t="s">
         <v>155</v>
       </c>
       <c r="C42" t="s">
         <v>261</v>
       </c>
       <c r="D42" t="s">
         <v>367</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="E42" s="1" t="s">
         <v>473</v>
       </c>
       <c r="F42" t="s">
         <v>539</v>
       </c>
       <c r="G42" t="s">
         <v>540</v>
       </c>
       <c r="H42" t="s">
         <v>542</v>
       </c>
       <c r="I42" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>50</v>
       </c>
       <c r="B43" t="s">
         <v>156</v>
       </c>
       <c r="C43" t="s">
         <v>262</v>
       </c>
       <c r="D43" t="s">
         <v>368</v>
       </c>
-      <c r="E43" s="2" t="s">
+      <c r="E43" s="1" t="s">
         <v>474</v>
       </c>
       <c r="F43" t="s">
         <v>539</v>
       </c>
       <c r="G43" t="s">
         <v>541</v>
       </c>
       <c r="H43" t="s">
         <v>546</v>
       </c>
       <c r="I43" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>51</v>
       </c>
       <c r="B44" t="s">
         <v>157</v>
       </c>
       <c r="C44" t="s">
         <v>263</v>
       </c>
       <c r="D44" t="s">
         <v>369</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="E44" s="1" t="s">
         <v>475</v>
       </c>
       <c r="F44" t="s">
         <v>539</v>
       </c>
       <c r="G44" t="s">
         <v>541</v>
       </c>
       <c r="H44" t="s">
         <v>542</v>
       </c>
       <c r="I44" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>52</v>
       </c>
       <c r="B45" t="s">
         <v>158</v>
       </c>
       <c r="C45" t="s">
         <v>264</v>
       </c>
       <c r="D45" t="s">
         <v>370</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="E45" s="1" t="s">
         <v>476</v>
       </c>
       <c r="F45" t="s">
         <v>539</v>
       </c>
       <c r="G45" t="s">
         <v>540</v>
       </c>
       <c r="H45" t="s">
         <v>542</v>
       </c>
       <c r="I45" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>53</v>
       </c>
       <c r="B46" t="s">
         <v>159</v>
       </c>
       <c r="C46" t="s">
         <v>265</v>
       </c>
       <c r="D46" t="s">
         <v>371</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="E46" s="1" t="s">
         <v>477</v>
       </c>
       <c r="F46" t="s">
         <v>539</v>
       </c>
       <c r="G46" t="s">
         <v>541</v>
       </c>
       <c r="H46" t="s">
         <v>542</v>
       </c>
       <c r="I46" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>54</v>
       </c>
       <c r="B47" t="s">
         <v>160</v>
       </c>
       <c r="C47" t="s">
         <v>266</v>
       </c>
       <c r="D47" t="s">
         <v>372</v>
       </c>
-      <c r="E47" s="2" t="s">
+      <c r="E47" s="1" t="s">
         <v>478</v>
       </c>
       <c r="F47" t="s">
         <v>539</v>
       </c>
       <c r="G47" t="s">
         <v>540</v>
       </c>
       <c r="H47" t="s">
         <v>542</v>
       </c>
       <c r="I47" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>55</v>
       </c>
       <c r="B48" t="s">
         <v>161</v>
       </c>
       <c r="C48" t="s">
         <v>267</v>
       </c>
       <c r="D48" t="s">
         <v>373</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="E48" s="1" t="s">
         <v>479</v>
       </c>
       <c r="F48" t="s">
         <v>539</v>
       </c>
       <c r="G48" t="s">
         <v>541</v>
       </c>
       <c r="H48" t="s">
         <v>542</v>
       </c>
       <c r="I48" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>56</v>
       </c>
       <c r="B49" t="s">
         <v>162</v>
       </c>
       <c r="C49" t="s">
         <v>268</v>
       </c>
       <c r="D49" t="s">
         <v>374</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="E49" s="1" t="s">
         <v>480</v>
       </c>
       <c r="F49" t="s">
         <v>539</v>
       </c>
       <c r="G49" t="s">
         <v>541</v>
       </c>
       <c r="H49" t="s">
         <v>542</v>
       </c>
       <c r="I49" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>57</v>
       </c>
       <c r="B50" t="s">
         <v>163</v>
       </c>
       <c r="C50" t="s">
         <v>269</v>
       </c>
       <c r="D50" t="s">
         <v>375</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="E50" s="1" t="s">
         <v>481</v>
       </c>
       <c r="F50" t="s">
         <v>539</v>
       </c>
       <c r="G50" t="s">
         <v>540</v>
       </c>
       <c r="H50" t="s">
         <v>542</v>
       </c>
       <c r="I50" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>58</v>
       </c>
       <c r="B51" t="s">
         <v>164</v>
       </c>
       <c r="C51" t="s">
         <v>270</v>
       </c>
       <c r="D51" t="s">
         <v>376</v>
       </c>
-      <c r="E51" s="2" t="s">
+      <c r="E51" s="1" t="s">
         <v>482</v>
       </c>
       <c r="F51" t="s">
         <v>539</v>
       </c>
       <c r="G51" t="s">
         <v>541</v>
       </c>
       <c r="H51" t="s">
         <v>542</v>
       </c>
       <c r="I51" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>59</v>
       </c>
       <c r="B52" t="s">
         <v>165</v>
       </c>
       <c r="C52" t="s">
         <v>271</v>
       </c>
       <c r="D52" t="s">
         <v>377</v>
       </c>
-      <c r="E52" s="2" t="s">
+      <c r="E52" s="1" t="s">
         <v>483</v>
       </c>
       <c r="F52" t="s">
         <v>539</v>
       </c>
       <c r="G52" t="s">
         <v>540</v>
       </c>
       <c r="H52" t="s">
         <v>542</v>
       </c>
       <c r="I52" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>60</v>
       </c>
       <c r="B53" t="s">
         <v>166</v>
       </c>
       <c r="C53" t="s">
         <v>272</v>
       </c>
       <c r="D53" t="s">
         <v>378</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="E53" s="1" t="s">
         <v>484</v>
       </c>
       <c r="F53" t="s">
         <v>539</v>
       </c>
       <c r="G53" t="s">
         <v>541</v>
       </c>
       <c r="H53" t="s">
         <v>542</v>
       </c>
       <c r="I53" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>61</v>
       </c>
       <c r="B54" t="s">
         <v>167</v>
       </c>
       <c r="C54" t="s">
         <v>273</v>
       </c>
       <c r="D54" t="s">
         <v>379</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="E54" s="1" t="s">
         <v>485</v>
       </c>
       <c r="F54" t="s">
         <v>539</v>
       </c>
       <c r="G54" t="s">
         <v>540</v>
       </c>
       <c r="H54" t="s">
         <v>542</v>
       </c>
       <c r="I54" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>62</v>
       </c>
       <c r="B55" t="s">
         <v>168</v>
       </c>
       <c r="C55" t="s">
         <v>274</v>
       </c>
       <c r="D55" t="s">
         <v>380</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="E55" s="1" t="s">
         <v>486</v>
       </c>
       <c r="F55" t="s">
         <v>539</v>
       </c>
       <c r="G55" t="s">
         <v>540</v>
       </c>
       <c r="H55" t="s">
         <v>542</v>
       </c>
       <c r="I55" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>63</v>
       </c>
       <c r="B56" t="s">
         <v>169</v>
       </c>
       <c r="C56" t="s">
         <v>275</v>
       </c>
       <c r="D56" t="s">
         <v>381</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="E56" s="1" t="s">
         <v>487</v>
       </c>
       <c r="F56" t="s">
         <v>539</v>
       </c>
       <c r="G56" t="s">
         <v>541</v>
       </c>
       <c r="H56" t="s">
         <v>543</v>
       </c>
       <c r="I56" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>64</v>
       </c>
       <c r="B57" t="s">
         <v>170</v>
       </c>
       <c r="C57" t="s">
         <v>276</v>
       </c>
       <c r="D57" t="s">
         <v>382</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="E57" s="1" t="s">
         <v>488</v>
       </c>
       <c r="F57" t="s">
         <v>539</v>
       </c>
       <c r="G57" t="s">
         <v>541</v>
       </c>
       <c r="H57" t="s">
         <v>543</v>
       </c>
       <c r="I57" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>65</v>
       </c>
       <c r="B58" t="s">
         <v>171</v>
       </c>
       <c r="C58" t="s">
         <v>277</v>
       </c>
       <c r="D58" t="s">
         <v>383</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="E58" s="1" t="s">
         <v>489</v>
       </c>
       <c r="F58" t="s">
         <v>539</v>
       </c>
       <c r="G58" t="s">
         <v>540</v>
       </c>
       <c r="H58" t="s">
         <v>542</v>
       </c>
       <c r="I58" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>66</v>
       </c>
       <c r="B59" t="s">
         <v>172</v>
       </c>
       <c r="C59" t="s">
         <v>278</v>
       </c>
       <c r="D59" t="s">
         <v>384</v>
       </c>
-      <c r="E59" s="2" t="s">
+      <c r="E59" s="1" t="s">
         <v>490</v>
       </c>
       <c r="F59" t="s">
         <v>539</v>
       </c>
       <c r="G59" t="s">
         <v>540</v>
       </c>
       <c r="H59" t="s">
         <v>542</v>
       </c>
       <c r="I59" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>67</v>
       </c>
       <c r="B60" t="s">
         <v>173</v>
       </c>
       <c r="C60" t="s">
         <v>279</v>
       </c>
       <c r="D60" t="s">
         <v>385</v>
       </c>
-      <c r="E60" s="2" t="s">
+      <c r="E60" s="1" t="s">
         <v>491</v>
       </c>
       <c r="F60" t="s">
         <v>539</v>
       </c>
       <c r="G60" t="s">
         <v>541</v>
       </c>
       <c r="H60" t="s">
         <v>543</v>
       </c>
       <c r="I60" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>68</v>
       </c>
       <c r="B61" t="s">
         <v>174</v>
       </c>
       <c r="C61" t="s">
         <v>280</v>
       </c>
       <c r="D61" t="s">
         <v>386</v>
       </c>
-      <c r="E61" s="2" t="s">
+      <c r="E61" s="1" t="s">
         <v>492</v>
       </c>
       <c r="F61" t="s">
         <v>539</v>
       </c>
       <c r="G61" t="s">
         <v>540</v>
       </c>
       <c r="H61" t="s">
         <v>542</v>
       </c>
       <c r="I61" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>69</v>
       </c>
       <c r="B62" t="s">
         <v>175</v>
       </c>
       <c r="C62" t="s">
         <v>281</v>
       </c>
       <c r="D62" t="s">
         <v>387</v>
       </c>
-      <c r="E62" s="2" t="s">
+      <c r="E62" s="1" t="s">
         <v>493</v>
       </c>
       <c r="F62" t="s">
         <v>539</v>
       </c>
       <c r="G62" t="s">
         <v>541</v>
       </c>
       <c r="H62" t="s">
         <v>544</v>
       </c>
       <c r="I62" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>70</v>
       </c>
       <c r="B63" t="s">
         <v>176</v>
       </c>
       <c r="C63" t="s">
         <v>282</v>
       </c>
       <c r="D63" t="s">
         <v>388</v>
       </c>
-      <c r="E63" s="2" t="s">
+      <c r="E63" s="1" t="s">
         <v>494</v>
       </c>
       <c r="F63" t="s">
         <v>539</v>
       </c>
       <c r="G63" t="s">
         <v>541</v>
       </c>
       <c r="H63" t="s">
         <v>543</v>
       </c>
       <c r="I63" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>71</v>
       </c>
       <c r="B64" t="s">
         <v>177</v>
       </c>
       <c r="C64" t="s">
         <v>283</v>
       </c>
       <c r="D64" t="s">
         <v>389</v>
       </c>
-      <c r="E64" s="2" t="s">
+      <c r="E64" s="1" t="s">
         <v>495</v>
       </c>
       <c r="F64" t="s">
         <v>539</v>
       </c>
       <c r="G64" t="s">
         <v>540</v>
       </c>
       <c r="H64" t="s">
         <v>544</v>
       </c>
       <c r="I64" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>72</v>
       </c>
       <c r="B65" t="s">
         <v>178</v>
       </c>
       <c r="C65" t="s">
         <v>284</v>
       </c>
       <c r="D65" t="s">
         <v>390</v>
       </c>
-      <c r="E65" s="2" t="s">
+      <c r="E65" s="1" t="s">
         <v>496</v>
       </c>
       <c r="F65" t="s">
         <v>539</v>
       </c>
       <c r="G65" t="s">
         <v>541</v>
       </c>
       <c r="H65" t="s">
         <v>544</v>
       </c>
       <c r="I65" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>73</v>
       </c>
       <c r="B66" t="s">
         <v>179</v>
       </c>
       <c r="C66" t="s">
         <v>285</v>
       </c>
       <c r="D66" t="s">
         <v>391</v>
       </c>
-      <c r="E66" s="2" t="s">
+      <c r="E66" s="1" t="s">
         <v>497</v>
       </c>
       <c r="F66" t="s">
         <v>539</v>
       </c>
       <c r="G66" t="s">
         <v>541</v>
       </c>
       <c r="H66" t="s">
         <v>544</v>
       </c>
       <c r="I66" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>74</v>
       </c>
       <c r="B67" t="s">
         <v>180</v>
       </c>
       <c r="C67" t="s">
         <v>286</v>
       </c>
       <c r="D67" t="s">
         <v>392</v>
       </c>
-      <c r="E67" s="2" t="s">
+      <c r="E67" s="1" t="s">
         <v>498</v>
       </c>
       <c r="F67" t="s">
         <v>539</v>
       </c>
       <c r="G67" t="s">
         <v>540</v>
       </c>
       <c r="H67" t="s">
         <v>542</v>
       </c>
       <c r="I67" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>75</v>
       </c>
       <c r="B68" t="s">
         <v>181</v>
       </c>
       <c r="C68" t="s">
         <v>287</v>
       </c>
       <c r="D68" t="s">
         <v>393</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="E68" s="1" t="s">
         <v>499</v>
       </c>
       <c r="F68" t="s">
         <v>539</v>
       </c>
       <c r="G68" t="s">
         <v>540</v>
       </c>
       <c r="H68" t="s">
         <v>542</v>
       </c>
       <c r="I68" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>76</v>
       </c>
       <c r="B69" t="s">
         <v>182</v>
       </c>
       <c r="C69" t="s">
         <v>288</v>
       </c>
       <c r="D69" t="s">
         <v>394</v>
       </c>
-      <c r="E69" s="2" t="s">
+      <c r="E69" s="1" t="s">
         <v>500</v>
       </c>
       <c r="F69" t="s">
         <v>539</v>
       </c>
       <c r="G69" t="s">
         <v>540</v>
       </c>
       <c r="H69" t="s">
         <v>542</v>
       </c>
       <c r="I69" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>77</v>
       </c>
       <c r="B70" t="s">
         <v>183</v>
       </c>
       <c r="C70" t="s">
         <v>289</v>
       </c>
       <c r="D70" t="s">
         <v>395</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="E70" s="1" t="s">
         <v>501</v>
       </c>
       <c r="F70" t="s">
         <v>539</v>
       </c>
       <c r="G70" t="s">
         <v>540</v>
       </c>
       <c r="H70" t="s">
         <v>542</v>
       </c>
       <c r="I70" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>78</v>
       </c>
       <c r="B71" t="s">
         <v>184</v>
       </c>
       <c r="C71" t="s">
         <v>290</v>
       </c>
       <c r="D71" t="s">
         <v>396</v>
       </c>
-      <c r="E71" s="2" t="s">
+      <c r="E71" s="1" t="s">
         <v>502</v>
       </c>
       <c r="F71" t="s">
         <v>539</v>
       </c>
       <c r="G71" t="s">
         <v>541</v>
       </c>
       <c r="H71" t="s">
         <v>542</v>
       </c>
       <c r="I71" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>79</v>
       </c>
       <c r="B72" t="s">
         <v>185</v>
       </c>
       <c r="C72" t="s">
         <v>291</v>
       </c>
       <c r="D72" t="s">
         <v>397</v>
       </c>
-      <c r="E72" s="2" t="s">
+      <c r="E72" s="1" t="s">
         <v>503</v>
       </c>
       <c r="F72" t="s">
         <v>539</v>
       </c>
       <c r="G72" t="s">
         <v>541</v>
       </c>
       <c r="H72" t="s">
         <v>544</v>
       </c>
       <c r="I72" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>80</v>
       </c>
       <c r="B73" t="s">
         <v>186</v>
       </c>
       <c r="C73" t="s">
         <v>292</v>
       </c>
       <c r="D73" t="s">
         <v>398</v>
       </c>
-      <c r="E73" s="2" t="s">
+      <c r="E73" s="1" t="s">
         <v>504</v>
       </c>
       <c r="F73" t="s">
         <v>539</v>
       </c>
       <c r="G73" t="s">
         <v>541</v>
       </c>
       <c r="H73" t="s">
         <v>544</v>
       </c>
       <c r="I73" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>81</v>
       </c>
       <c r="B74" t="s">
         <v>187</v>
       </c>
       <c r="C74" t="s">
         <v>293</v>
       </c>
       <c r="D74" t="s">
         <v>399</v>
       </c>
-      <c r="E74" s="2" t="s">
+      <c r="E74" s="1" t="s">
         <v>505</v>
       </c>
       <c r="F74" t="s">
         <v>539</v>
       </c>
       <c r="G74" t="s">
         <v>541</v>
       </c>
       <c r="H74" t="s">
         <v>542</v>
       </c>
       <c r="I74" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>82</v>
       </c>
       <c r="B75" t="s">
         <v>188</v>
       </c>
       <c r="C75" t="s">
         <v>294</v>
       </c>
       <c r="D75" t="s">
         <v>400</v>
       </c>
-      <c r="E75" s="2" t="s">
+      <c r="E75" s="1" t="s">
         <v>506</v>
       </c>
       <c r="F75" t="s">
         <v>539</v>
       </c>
       <c r="G75" t="s">
         <v>541</v>
       </c>
       <c r="H75" t="s">
         <v>544</v>
       </c>
       <c r="I75" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>83</v>
       </c>
       <c r="B76" t="s">
         <v>189</v>
       </c>
       <c r="C76" t="s">
         <v>295</v>
       </c>
       <c r="D76" t="s">
         <v>401</v>
       </c>
-      <c r="E76" s="2" t="s">
+      <c r="E76" s="1" t="s">
         <v>507</v>
       </c>
       <c r="F76" t="s">
         <v>539</v>
       </c>
       <c r="G76" t="s">
         <v>541</v>
       </c>
       <c r="H76" t="s">
         <v>542</v>
       </c>
       <c r="I76" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>84</v>
       </c>
       <c r="B77" t="s">
         <v>190</v>
       </c>
       <c r="C77" t="s">
         <v>296</v>
       </c>
       <c r="D77" t="s">
         <v>402</v>
       </c>
-      <c r="E77" s="2" t="s">
+      <c r="E77" s="1" t="s">
         <v>508</v>
       </c>
       <c r="F77" t="s">
         <v>539</v>
       </c>
       <c r="G77" t="s">
         <v>540</v>
       </c>
       <c r="H77" t="s">
         <v>542</v>
       </c>
       <c r="I77" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>85</v>
       </c>
       <c r="B78" t="s">
         <v>191</v>
       </c>
       <c r="C78" t="s">
         <v>297</v>
       </c>
       <c r="D78" t="s">
         <v>403</v>
       </c>
-      <c r="E78" s="2" t="s">
+      <c r="E78" s="1" t="s">
         <v>509</v>
       </c>
       <c r="F78" t="s">
         <v>539</v>
       </c>
       <c r="G78" t="s">
         <v>541</v>
       </c>
       <c r="H78" t="s">
         <v>543</v>
       </c>
       <c r="I78" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>86</v>
       </c>
       <c r="B79" t="s">
         <v>192</v>
       </c>
       <c r="C79" t="s">
         <v>298</v>
       </c>
       <c r="D79" t="s">
         <v>404</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="E79" s="1" t="s">
         <v>510</v>
       </c>
       <c r="F79" t="s">
         <v>539</v>
       </c>
       <c r="G79" t="s">
         <v>541</v>
       </c>
       <c r="H79" t="s">
         <v>545</v>
       </c>
       <c r="I79" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>87</v>
       </c>
       <c r="B80" t="s">
         <v>193</v>
       </c>
       <c r="C80" t="s">
         <v>299</v>
       </c>
       <c r="D80" t="s">
         <v>405</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="E80" s="1" t="s">
         <v>511</v>
       </c>
       <c r="F80" t="s">
         <v>539</v>
       </c>
       <c r="G80" t="s">
         <v>540</v>
       </c>
       <c r="H80" t="s">
         <v>543</v>
       </c>
       <c r="I80" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>88</v>
       </c>
       <c r="B81" t="s">
         <v>194</v>
       </c>
       <c r="C81" t="s">
         <v>300</v>
       </c>
       <c r="D81" t="s">
         <v>406</v>
       </c>
-      <c r="E81" s="2" t="s">
+      <c r="E81" s="1" t="s">
         <v>512</v>
       </c>
       <c r="F81" t="s">
         <v>539</v>
       </c>
       <c r="G81" t="s">
         <v>541</v>
       </c>
       <c r="H81" t="s">
         <v>543</v>
       </c>
       <c r="I81" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>89</v>
       </c>
       <c r="B82" t="s">
         <v>195</v>
       </c>
       <c r="C82" t="s">
         <v>301</v>
       </c>
       <c r="D82" t="s">
         <v>407</v>
       </c>
-      <c r="E82" s="2" t="s">
+      <c r="E82" s="1" t="s">
         <v>513</v>
       </c>
       <c r="F82" t="s">
         <v>539</v>
       </c>
       <c r="G82" t="s">
         <v>541</v>
       </c>
       <c r="H82" t="s">
         <v>543</v>
       </c>
       <c r="I82" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>90</v>
       </c>
       <c r="B83" t="s">
         <v>196</v>
       </c>
       <c r="C83" t="s">
         <v>302</v>
       </c>
       <c r="D83" t="s">
         <v>408</v>
       </c>
-      <c r="E83" s="2" t="s">
+      <c r="E83" s="1" t="s">
         <v>514</v>
       </c>
       <c r="F83" t="s">
         <v>539</v>
       </c>
       <c r="G83" t="s">
         <v>541</v>
       </c>
       <c r="H83" t="s">
         <v>543</v>
       </c>
       <c r="I83" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>91</v>
       </c>
       <c r="B84" t="s">
         <v>197</v>
       </c>
       <c r="C84" t="s">
         <v>303</v>
       </c>
       <c r="D84" t="s">
         <v>409</v>
       </c>
-      <c r="E84" s="2" t="s">
+      <c r="E84" s="1" t="s">
         <v>515</v>
       </c>
       <c r="F84" t="s">
         <v>539</v>
       </c>
       <c r="G84" t="s">
         <v>541</v>
       </c>
       <c r="H84" t="s">
         <v>543</v>
       </c>
       <c r="I84" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>92</v>
       </c>
       <c r="B85" t="s">
         <v>198</v>
       </c>
       <c r="C85" t="s">
         <v>304</v>
       </c>
       <c r="D85" t="s">
         <v>410</v>
       </c>
-      <c r="E85" s="2" t="s">
+      <c r="E85" s="1" t="s">
         <v>516</v>
       </c>
       <c r="F85" t="s">
         <v>539</v>
       </c>
       <c r="G85" t="s">
         <v>541</v>
       </c>
       <c r="H85" t="s">
         <v>542</v>
       </c>
       <c r="I85" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>93</v>
       </c>
       <c r="B86" t="s">
         <v>199</v>
       </c>
       <c r="C86" t="s">
         <v>305</v>
       </c>
       <c r="D86" t="s">
         <v>411</v>
       </c>
-      <c r="E86" s="2" t="s">
+      <c r="E86" s="1" t="s">
         <v>517</v>
       </c>
       <c r="F86" t="s">
         <v>539</v>
       </c>
       <c r="G86" t="s">
         <v>540</v>
       </c>
       <c r="H86" t="s">
         <v>542</v>
       </c>
       <c r="I86" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>94</v>
       </c>
       <c r="B87" t="s">
         <v>200</v>
       </c>
       <c r="C87" t="s">
         <v>306</v>
       </c>
       <c r="D87" t="s">
         <v>412</v>
       </c>
-      <c r="E87" s="2" t="s">
+      <c r="E87" s="1" t="s">
         <v>518</v>
       </c>
       <c r="F87" t="s">
         <v>539</v>
       </c>
       <c r="G87" t="s">
         <v>540</v>
       </c>
       <c r="H87" t="s">
         <v>542</v>
       </c>
       <c r="I87" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>95</v>
       </c>
       <c r="B88" t="s">
         <v>201</v>
       </c>
       <c r="C88" t="s">
         <v>307</v>
       </c>
       <c r="D88" t="s">
         <v>413</v>
       </c>
-      <c r="E88" s="2" t="s">
+      <c r="E88" s="1" t="s">
         <v>519</v>
       </c>
       <c r="F88" t="s">
         <v>539</v>
       </c>
       <c r="G88" t="s">
         <v>540</v>
       </c>
       <c r="H88" t="s">
         <v>542</v>
       </c>
       <c r="I88" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>96</v>
       </c>
       <c r="B89" t="s">
         <v>202</v>
       </c>
       <c r="C89" t="s">
         <v>308</v>
       </c>
       <c r="D89" t="s">
         <v>414</v>
       </c>
-      <c r="E89" s="2" t="s">
+      <c r="E89" s="1" t="s">
         <v>520</v>
       </c>
       <c r="F89" t="s">
         <v>539</v>
       </c>
       <c r="G89" t="s">
         <v>540</v>
       </c>
       <c r="H89" t="s">
         <v>542</v>
       </c>
       <c r="I89" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>97</v>
       </c>
       <c r="B90" t="s">
         <v>203</v>
       </c>
       <c r="C90" t="s">
         <v>309</v>
       </c>
       <c r="D90" t="s">
         <v>415</v>
       </c>
-      <c r="E90" s="2" t="s">
+      <c r="E90" s="1" t="s">
         <v>521</v>
       </c>
       <c r="F90" t="s">
         <v>539</v>
       </c>
       <c r="G90" t="s">
         <v>540</v>
       </c>
       <c r="H90" t="s">
         <v>542</v>
       </c>
       <c r="I90" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>98</v>
       </c>
       <c r="B91" t="s">
         <v>204</v>
       </c>
       <c r="C91" t="s">
         <v>310</v>
       </c>
       <c r="D91" t="s">
         <v>416</v>
       </c>
-      <c r="E91" s="2" t="s">
+      <c r="E91" s="1" t="s">
         <v>522</v>
       </c>
       <c r="F91" t="s">
         <v>539</v>
       </c>
       <c r="G91" t="s">
         <v>541</v>
       </c>
       <c r="H91" t="s">
         <v>543</v>
       </c>
       <c r="I91" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>99</v>
       </c>
       <c r="B92" t="s">
         <v>205</v>
       </c>
       <c r="C92" t="s">
         <v>311</v>
       </c>
       <c r="D92" t="s">
         <v>417</v>
       </c>
-      <c r="E92" s="2" t="s">
+      <c r="E92" s="1" t="s">
         <v>523</v>
       </c>
       <c r="F92" t="s">
         <v>539</v>
       </c>
       <c r="G92" t="s">
         <v>541</v>
       </c>
       <c r="H92" t="s">
         <v>542</v>
       </c>
       <c r="I92" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>100</v>
       </c>
       <c r="B93" t="s">
         <v>206</v>
       </c>
       <c r="C93" t="s">
         <v>312</v>
       </c>
       <c r="D93" t="s">
         <v>418</v>
       </c>
-      <c r="E93" s="2" t="s">
+      <c r="E93" s="1" t="s">
         <v>524</v>
       </c>
       <c r="F93" t="s">
         <v>539</v>
       </c>
       <c r="G93" t="s">
         <v>541</v>
       </c>
       <c r="H93" t="s">
         <v>542</v>
       </c>
       <c r="I93" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>101</v>
       </c>
       <c r="B94" t="s">
         <v>207</v>
       </c>
       <c r="C94" t="s">
         <v>313</v>
       </c>
       <c r="D94" t="s">
         <v>419</v>
       </c>
-      <c r="E94" s="2" t="s">
+      <c r="E94" s="1" t="s">
         <v>525</v>
       </c>
       <c r="F94" t="s">
         <v>539</v>
       </c>
       <c r="G94" t="s">
         <v>540</v>
       </c>
       <c r="H94" t="s">
         <v>542</v>
       </c>
       <c r="I94" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>102</v>
       </c>
       <c r="B95" t="s">
         <v>208</v>
       </c>
       <c r="C95" t="s">
         <v>314</v>
       </c>
       <c r="D95" t="s">
         <v>420</v>
       </c>
-      <c r="E95" s="2" t="s">
+      <c r="E95" s="1" t="s">
         <v>526</v>
       </c>
       <c r="F95" t="s">
         <v>539</v>
       </c>
       <c r="G95" t="s">
         <v>541</v>
       </c>
       <c r="H95" t="s">
         <v>542</v>
       </c>
       <c r="I95" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>103</v>
       </c>
       <c r="B96" t="s">
         <v>209</v>
       </c>
       <c r="C96" t="s">
         <v>315</v>
       </c>
       <c r="D96" t="s">
         <v>421</v>
       </c>
-      <c r="E96" s="2" t="s">
+      <c r="E96" s="1" t="s">
         <v>527</v>
       </c>
       <c r="F96" t="s">
         <v>539</v>
       </c>
       <c r="G96" t="s">
         <v>541</v>
       </c>
       <c r="H96" t="s">
         <v>542</v>
       </c>
       <c r="I96" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>104</v>
       </c>
       <c r="B97" t="s">
         <v>210</v>
       </c>
       <c r="C97" t="s">
         <v>316</v>
       </c>
       <c r="D97" t="s">
         <v>422</v>
       </c>
-      <c r="E97" s="2" t="s">
+      <c r="E97" s="1" t="s">
         <v>528</v>
       </c>
       <c r="F97" t="s">
         <v>539</v>
       </c>
       <c r="G97" t="s">
         <v>541</v>
       </c>
       <c r="H97" t="s">
         <v>542</v>
       </c>
       <c r="I97" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>105</v>
       </c>
       <c r="B98" t="s">
         <v>211</v>
       </c>
       <c r="C98" t="s">
         <v>317</v>
       </c>
       <c r="D98" t="s">
         <v>423</v>
       </c>
-      <c r="E98" s="2" t="s">
+      <c r="E98" s="1" t="s">
         <v>529</v>
       </c>
       <c r="F98" t="s">
         <v>539</v>
       </c>
       <c r="G98" t="s">
         <v>540</v>
       </c>
       <c r="H98" t="s">
         <v>542</v>
       </c>
       <c r="I98" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>106</v>
       </c>
       <c r="B99" t="s">
         <v>212</v>
       </c>
       <c r="C99" t="s">
         <v>318</v>
       </c>
       <c r="D99" t="s">
         <v>424</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="E99" s="1" t="s">
         <v>530</v>
       </c>
       <c r="F99" t="s">
         <v>539</v>
       </c>
       <c r="G99" t="s">
         <v>541</v>
       </c>
       <c r="H99" t="s">
         <v>542</v>
       </c>
       <c r="I99" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>107</v>
       </c>
       <c r="B100" t="s">
         <v>213</v>
       </c>
       <c r="C100" t="s">
         <v>319</v>
       </c>
       <c r="D100" t="s">
         <v>425</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="E100" s="1" t="s">
         <v>531</v>
       </c>
       <c r="F100" t="s">
         <v>539</v>
       </c>
       <c r="G100" t="s">
         <v>540</v>
       </c>
       <c r="H100" t="s">
         <v>542</v>
       </c>
       <c r="I100" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>108</v>
       </c>
       <c r="B101" t="s">
         <v>214</v>
       </c>
       <c r="C101" t="s">
         <v>320</v>
       </c>
       <c r="D101" t="s">
         <v>426</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="E101" s="1" t="s">
         <v>532</v>
       </c>
       <c r="F101" t="s">
         <v>539</v>
       </c>
       <c r="G101" t="s">
         <v>541</v>
       </c>
       <c r="H101" t="s">
         <v>542</v>
       </c>
       <c r="I101" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>109</v>
       </c>
       <c r="B102" t="s">
         <v>215</v>
       </c>
       <c r="C102" t="s">
         <v>321</v>
       </c>
       <c r="D102" t="s">
         <v>427</v>
       </c>
-      <c r="E102" s="2" t="s">
+      <c r="E102" s="1" t="s">
         <v>533</v>
       </c>
       <c r="F102" t="s">
         <v>539</v>
       </c>
       <c r="G102" t="s">
         <v>541</v>
       </c>
       <c r="H102" t="s">
         <v>542</v>
       </c>
       <c r="I102" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>110</v>
       </c>
       <c r="B103" t="s">
         <v>216</v>
       </c>
       <c r="C103" t="s">
         <v>322</v>
       </c>
       <c r="D103" t="s">
         <v>428</v>
       </c>
-      <c r="E103" s="2" t="s">
+      <c r="E103" s="1" t="s">
         <v>534</v>
       </c>
       <c r="F103" t="s">
         <v>539</v>
       </c>
       <c r="G103" t="s">
         <v>541</v>
       </c>
       <c r="H103" t="s">
         <v>542</v>
       </c>
       <c r="I103" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
         <v>111</v>
       </c>
       <c r="B104" t="s">
         <v>217</v>
       </c>
       <c r="C104" t="s">
         <v>323</v>
       </c>
       <c r="D104" t="s">
         <v>429</v>
       </c>
-      <c r="E104" s="2" t="s">
+      <c r="E104" s="1" t="s">
         <v>535</v>
       </c>
       <c r="F104" t="s">
         <v>539</v>
       </c>
       <c r="G104" t="s">
         <v>541</v>
       </c>
       <c r="H104" t="s">
         <v>542</v>
       </c>
       <c r="I104" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>112</v>
       </c>
       <c r="B105" t="s">
         <v>218</v>
       </c>
       <c r="C105" t="s">
         <v>324</v>
       </c>
       <c r="D105" t="s">
         <v>430</v>
       </c>
-      <c r="E105" s="2" t="s">
+      <c r="E105" s="1" t="s">
         <v>536</v>
       </c>
       <c r="F105" t="s">
         <v>539</v>
       </c>
       <c r="G105" t="s">
         <v>541</v>
       </c>
       <c r="H105" t="s">
         <v>542</v>
       </c>
       <c r="I105" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
         <v>113</v>
       </c>
       <c r="B106" t="s">
         <v>219</v>
       </c>
       <c r="C106" t="s">
         <v>325</v>
       </c>
       <c r="D106" t="s">
         <v>431</v>
       </c>
-      <c r="E106" s="2" t="s">
+      <c r="E106" s="1" t="s">
         <v>537</v>
       </c>
       <c r="F106" t="s">
         <v>539</v>
       </c>
       <c r="G106" t="s">
         <v>540</v>
       </c>
       <c r="H106" t="s">
         <v>543</v>
       </c>
       <c r="I106" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
         <v>114</v>
       </c>
       <c r="B107" t="s">
         <v>220</v>
       </c>
       <c r="C107" t="s">
         <v>326</v>
       </c>
       <c r="D107" t="s">
         <v>432</v>
       </c>
-      <c r="E107" s="2" t="s">
+      <c r="E107" s="1" t="s">
         <v>538</v>
       </c>
       <c r="F107" t="s">
         <v>539</v>
       </c>
       <c r="G107" t="s">
         <v>541</v>
       </c>
       <c r="H107" t="s">
         <v>543</v>
       </c>
       <c r="I107" t="s">
         <v>547</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId1"/>
     <hyperlink ref="E3" r:id="rId2"/>
     <hyperlink ref="E4" r:id="rId3"/>
     <hyperlink ref="E5" r:id="rId4"/>
     <hyperlink ref="E6" r:id="rId5"/>
     <hyperlink ref="E7" r:id="rId6"/>
     <hyperlink ref="E8" r:id="rId7"/>
     <hyperlink ref="E9" r:id="rId8"/>